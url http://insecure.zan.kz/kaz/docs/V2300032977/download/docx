--- v0 (2025-10-12)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e172512" w14:textId="e172512">
+    <w:p w14:paraId="3bf85b5" w14:textId="3bf85b5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4481,387 +4481,273 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z35" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес белгіленген нысан бойынша мүдделі орталық мемлекеттік органдар айқындайды.</w:t>
+        <w:t>
+      21. Инвестициялық басым жобалар үшін кадрлардағы жергілікті қамту жөніндегі шарттарды аумағында жобалар іске асырылатын жергілікті атқарушы органмен және халықты жұмыспен қамту мәселелері жөніндегі уәкілетті органмен келісім бойынша осы Қағидаларға 7-қосымшаға сәйкес белгіленген нысан бойынша мүдделі орталық мемлекеттік органдар айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z36" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Рұқсатты бергені және (немесе) ұзартқаны үшін жұмыс берушілерден Қазақстан Республикасының Үкіметі белгілеген Қазақстан Республикасына шетелдік жұмыс күшін тартуға рұқсатты бергені және (немесе) ұзартқаны үшін алым мөлшерлемелеріне сәйкес салық алымы (бұдан әрі – алым) алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасына шетелдік жұмыс күшін тартуға рұқсат алу немесе ұзарту кезінде біреуден артық әкімшілік-аумақтық бірлік шегінде алым рұқсатта көрсетілген әрбір әкімшілік-аумақтық бірлік бюджетіне төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Корпоративішілік ауыстыру шеңберінде біреуден артық әкімшілік-аумақтық бірлік шегінде берілетін рұқсаттар тегін негізде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 302</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...220 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="48"/>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Жұмыс беруші рұқсат беру туралы хабарламаны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес алған күннен бастап он жұмыс күні ішінде жергілікті атқарушы органға рұқсат бергені үшін алымның енгізілгенін растайтын құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жұмыс беруші хабарламаны алған күннен бастап он жұмыс күні ішінде алымның енгізілгенін растайтын құжаттарды жергілікті атқарушы органға ұсынбаған кезде, жергілікті атқарушы органның рұқсат беру туралы шешімі, сондай-ақ рұқсаттың қолданылуы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4894,90 +4780,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Бас тарту туралы хабарлама осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жергілікті атқарушы орган басшысының ЭЦҚ қойылған электрондық құжат нысанында жұмыс берушінің "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="49"/>
+    <w:bookmarkStart w:name="z38" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Жергілікті атқарушы орган рұқсат бергені үшін алымның енгізілгенін растайтын құжаттарды алған күннен бастап бір жұмыс күні ішінде жергілікті атқарушы орган басшысының ЭЦҚ қойылған электрондық құжат нысанында рұқсатты қалыптастырады және жұмыс берушінің "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z137" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z137" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24-1. Жұмыс берушілер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасы Еңбек кодексінің (бұдане әрі – Кодекс) 23-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5092,70 +4978,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="51"/>
+    <w:bookmarkStart w:name="z39" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Шетелдік жұмыс күшін тартуға рұқсаттар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірінші санат үшін – рұқсат мерзімін бір, екі немесе үш жылға ұзартумен, жұмыс берушінің өтініші негізінде бір, екі немесе үш жылға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5266,90 +5152,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="52"/>
+    <w:bookmarkStart w:name="z40" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Осы Қағидалардың шетелдік қызметкерлерге қолданылатын ережесі корпоративішілік ауыстыру шеңберінде немесе осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>39-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасында жұмыс істеу үшін тартылатын шетелдіктер мен азаматтығы жоқ адамдарға да қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5398,70 +5284,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="53"/>
+    <w:bookmarkStart w:name="z138" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27-1. Егер халықаралық шартта немесе Қазақстан Республикасының заңнамасында өзгеше тәртіп көзделмесе, жергілікті атқарушы орган білім туралы құжаттардағы заңдастыру мөртабанының немесе апостильдің түпнұсқалығын белгілеу мақсатында Қазақстан Республикасының Сыртқы істер министрлігіне тиісті сұрау салуларды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5500,148 +5386,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="54"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z42" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Басқа шетелдік қызметкерге бұрын берілген рұқсатты қайта ресімдеуге рұқсат берілген шетелдік қызметкер жұмыс орнына келмеген немесе онымен еңбек шартын бұзған, хаттың немесе ауысу туралы келісімнің қолданылу мерзімі аяқталғанға дейін мерзімінен бұрын тоқтатылған, шетелдік жұмыс күшін тартуға арналған рұқсаттың қолданылу мерзімі аяқталғанға дейін, оның біліктілік талаптарына сәйкес жаңа нөмір берілген кезде жол беріледі. Кодексінің 16-бабының 16-1) тармақшасында көзделген тәртіппен, осы Қағидаларда белгіленген тәртіппен бастапқыда берілген рұқсаттың қолданылу мерзімі өткенге дейін қалған мерзімге осы кәсіп үшін белгіленген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте жұмыс беруші жергілікті атқарушы органға осы Қағидаларда көзделген рұқсат қайта ресімделетін шетелдік қызметкерге құжаттарды жібереді. Бастапқыда берілген рұқсат осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>41-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6) тармақшасына сәйкес тоқтатылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="55"/>
+    <w:bookmarkStart w:name="z43" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Басқа шетелдік жұмыскерге бұрын берілген рұқсатты қайта ресімдеу туралы шешімді жергілікті атқарушы орган құжаттар қабылданған күннен бастап бес жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы органның рұқсатты қайта ресімдеу бойынша қабылданған шешімі туралы хабарлама жергілікті атқарушы орган басшысының ЭЦҚ қойылған электрондық құжат нысанында жұмыс берушінің "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5698,90 +5564,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="56"/>
+    <w:bookmarkStart w:name="z44" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Рұқсаттың қолданылу мерзімін ұзартуға күнтізбелік алпыс күннен ерте емес және рұқсаттың қолданылу мерзімі аяқталғанға дейін күнтізбелік отыз күннен кешіктірілмей жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z45" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z45" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Жергілікті атқарушы орган ұсынылған құжаттар негізінде құжаттарды қабылдаған күннен бастап екі жұмыс күні ішінде шетелдік жұмыс күшін тартуға рұқсат беру мерзімін ұзарту немесе ұзартудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жергілікті атқарушы органның рұқсаттың қолданылу мерзімін ұзарту туралы оң шешімі болған кезде рұқсат осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5868,207 +5734,207 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="58"/>
+    <w:bookmarkStart w:name="z47" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Жергілікті атқарушы орган жұмыс берушіге рұқсат беру мерзімін ұзарту туралы не ұзартудан бас тарту туралы хабарламаны электрондық құжат нысанында жұмыс берушінің "жеке кабинетіне" ұзарту туралы шешім қабылданған күннен кейін бір жұмыс күні ішінде не шетелдік жұмыс күшін тартуға рұқсат беру мерзімін ұзартудан бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z48" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z48" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Жұмыс беруші рұқсатты ұзарту туралы хабарламаны алған күннен бастап он жұмыс күні ішінде жергілікті атқарушы органға рұқсатты ұзартқаны үшін алым енгізілгенін растайтын құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z49" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z49" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Жұмыс беруші хабарламаны алған күннен бастап он жұмыс күні ішінде алымның енгізілгенін растайтын құжаттарды жергілікті атқарушы органға ұсынбаған жағдайда, жергілікті атқарушы орган шетелдік жұмыс күшін тартуға арналған рұқсаттың қолданылуын тоқтату туралы шешім қабылдайды және жұмыс берушінің "жеке кабинетіне" бас тарту туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z50" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z50" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Жергілікті атқарушы орган рұқсатты ұзартқаны үшін алымның енгізілгенін растайтын құжаттарды алған күннен бастап бір жұмыс күні ішінде жергілікті атқарушы орган басшысының ЭЦҚ қойылған электрондық құжат нысанында рұқсатты қалыптастырады және жұмыс берушінің "жеке кабинетіне" жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z51" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z51" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Жергілікті атқарушы орган ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="63"/>
+    <w:bookmarkStart w:name="z52" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Жергілікті атқарушы орган берген рұқсат басқа жұмыс берушілерге берілмейді, тек тиісті әкімшілік-аумақтық бірліктің аумағында ғана қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жұмыс берушінің рұқсаттар алынған шетелдік жұмыскерлерді басқа әкімшілік-аумақтық бірліктердің аумағындағы кәсіпорындарға, ұйымдарға іссапарға жіберуіне бір күнтізбелік жыл ішінде күнтізбелік тоқсан күннен аспайтын мерзімге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="64"/>
+    <w:bookmarkStart w:name="z53" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Қызметін Қазақстан Республикасында филиал, өкілдік құрмай жүзеге асыратын шетелдік заңды тұлға – жұмыс беруші өз жұмыскерлерін жұмыстарды орындауға, жабдықты монтаждау және пайдалануға беру бойынша қызметтерді көрсетуге арналған келісімшарт бойынша Қазақстан Республикасына жіберген жағдайда не шетелдік заңды тұлға – жұмыс беруші өз жұмыскерлерін Қазақстан Республикасына жұмыстарды орындау, қызметтерді көрсету үшін онда мұндай шетелдік заңды тұлға – жұмыс берушінің тікелей немесе жанама қатысу акциясы немесе үлесі бар шетелдік заңды тұлғаның еншілес ұйымына, өкілдігіне, филиалына жіберген жағдайда, пайдасына жұмыстар орындалатын ұйымның уәкілетті адамы ЭҮП арқылы шетелдік жұмыс күшінің еңбек қызметін жүзеге асыру орны бойынша жергілікті атқарушы органға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6083,51 +5949,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызметін көрсету үшін қажетті құжаттар тізбесінде көрсетілген құжаттарды қоса бере отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтінішті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6166,70 +6032,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="65"/>
+    <w:bookmarkStart w:name="z54" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Шетелдік жұмыс күшін тартуға рұқсат:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рұқсатта көрсетілген лауазымға сәйкес келмейтін кәсіп немесе мамандық бойынша шетелдік жұмыскерді тарту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6380,70 +6246,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="66"/>
+    <w:bookmarkStart w:name="z55" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Шетелдік жұмыс күшін тартуға рұқсат мынадай жағдайларда өзінің қолданылуын тоқтатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ол берілген мерзім өткеннен кейін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6526,90 +6392,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) басқа шетелдік қызметкерге рұқсатты қайта ресімдеу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы орган осы тармақтың 2), 4) және 6) тармақшаларында көзделген рұқсаттың қолданылуын тоқтату туралы шешім қабылданған күннен бастап үш жұмыс күні ішінде облыстың, республикалық маңызы бар қаланың, астананың Қазақстан Республикасы Ішкі істер министрлігінің (бұдан әрі – ҚР ІІМ) аумақтық органына рұқсаттың қолданылуын тоқтату туралы ақпарат жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="67"/>
+    <w:bookmarkStart w:name="z139" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41-1. "Халықтың көші-қоны туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру талап етілмейтін шетелдіктер мен азаматтығы жоқ адамдарды қоспағанда, жұмыс берушінің рұқсатынсыз шетелдік жұмыскерлерді тартуға, сондай-ақ рұқсатта көрсетілген кәсіпке немесе мамандыққа сәйкес келмейтін кәсіп немесе мамандық бойынша шетелдік жұмыскерді тартуға жол берілмейді. Мұндай жағдайларда осындай факт анықталған күннен бастап он екі ай ішінде жаңа рұқсаттар берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6648,168 +6514,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="68"/>
+    <w:bookmarkStart w:name="z56" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Осы Қағидалардың жұмыс берушілерге қолданылатын ережесі корпоративішілік ауыстыру шеңберінде немесе осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес шетелдік жұмыс күшін тартатын, Қазақстан Республикасының аумағында тіркелген шетелдік заңды тұлғаның заңды тұлғаларына, филиалдарына, өкілдіктеріне де қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z57" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z57" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-параграф. Корпоративішілік ауыстыру шеңберінде жүзеге асырылатын шетелдік жұмыс күшін тартуға рұқсаттарды беру немесе ұзарту шарттары мен тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z58" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z58" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Корпоративішілік ауыстыру кезеңінде шетелдік қызметкерге жұмыс уақыты мен демалыс уақыты режимі, сондай-ақ қабылдаушы тараптың еңбек қауіпсіздігі мен еңбекті қорғау жөніндегі талаптары қолданылады, бұл ретте еңбек қатынастары шетелдік қызметкер мен корпоративішілік ауыстыру жүзеге асырылатын заңды тұлға арасында келісілген еңбек шартымен (немесе еңбек қатынастарын растайтын өзге де құжатпен) реттеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z59" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z59" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Корпоративішілік ауыстыру шеңберінде жүзеге асырылатын шетелдік жұмыс күшін тартуға рұқсаттарды беру немесе ұзарту тегін негізде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z60" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z60" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Корпоративішілік ауыстыру шеңберінде шетелдік қызметкерлерді тарту шарттарын айқындау мақсатында қызметкерлердің мынадай санаттары белгіленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) басшылар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6820,89 +6686,89 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) менеджерлер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мамандар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="73"/>
+    <w:bookmarkStart w:name="z61" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартуға рұқсат басшының, менеджердің және маманның ел аумағында құрылған заңды тұлғада кемінде бір жыл жұмыс тәжірибесі болған жағдайда беріледі – корпоративішілік ауыстыру жүзеге асырылатын Қазақстан Республикасының аумағынан тыс жерде орналасқан және жұмыс істейтін Дүниежүзілік сауда ұйымының мүшесі және шетелдік жұмыскерлердің Қазақстан Республикасында қолданылатын басшылар, мамандар және басқа да қызметшілер лауазымдарының біліктілік анықтамалығына, басшылар, мамандар және басқа да қызметшілер лауазымдарының үлгілік біліктілік сипаттамаларына, сондай-ақ Қазақстан Республикасының 01-99 "Қызмет сыныптауышы" мемлекеттік ссыныптауышына сәйкес біліктілік талаптарына сәйкестігі қызметкердің біліктілігі мен кәсіби тәжірибесі туралы корпоративішілік ауыстыру жүзеге асырылатын заңды тұлғаның хатымен, сондай-ақ қызметкердің қажетті біліктілігі мен кәсіби жұмыс тәжірибесі бар екенін растайтын қабылдаушы Тараптың хатымен расталған кезде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корпоративішілік ауыстыру шеңберінде ауыстырылатын басшылар мен менеджерлердің лауазымдары басшылар, мамандар және басқа да қызметшілер лауазымдарының біліктілік анықтамалығына, басшылар, мамандар және басқа да қызметшілер лауазымдарының үлгілік біліктілік сипаттамаларына, сондай-ақ Қазақстан Республикасының 01-99 "Қызмет сыныптауышы" Мемлекеттік сыныптауышына сәйкес басшылар лауазымдары үшін белгіленген біліктілікке қойылатын талаптарға сәйкес келуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="74"/>
+    <w:bookmarkStart w:name="z62" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартуға рұқсат алу үшін жұмыс беруші не ол уәкілеттік берген тұлға ЭҮП арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6917,108 +6783,108 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесінде көрсетілген құжаттарды қоса бере отырып, шетелдік жұмыс күшінің еңбек қызметін жүзеге асыру орны бойынша жергілікті атқарушы органға өтінішті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ұсынады осы Қағидаларға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z63" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z63" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Жергілікті атқарушы орган құжаттар келіп түскен күні оларды қабылдауды және тіркеуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс беруші жұмыс уақыты аяқталғаннан кейін, еңбек заңнамасына сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және Мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс беруші құжаттарды берген кезде жұмыс берушінің "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алған күнін көрсете отырып, мемлекеттік қызмет көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="76"/>
+    <w:bookmarkStart w:name="z64" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Өтінішті қабылдаған жергілікті атқарушы органның қызметкері құжаттарды тіркеу күнін қоспағанда, екі жұмыс күні ішінде жұмыс берушіден қабылданатын құжаттар топтамасының толықтығы мен дұрыстығын тексереді және осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7033,71 +6899,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген құжаттар толық көлемде ұсынылмаған және (немесе) белгіленген нысан бойынша толтырылмаған, сондай-ақ ұсынылған құжаттардың және (немесе) құжаттардың дұрыс емесігі анықталған жағдайларда осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтінішті одан әрі қараудан бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z65" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z65" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартуға рұқсат беру не беруден бас тарту туралы шешімді жергілікті атқарушы орган Жұмыс берушінің құжаттары қабылданған күннен бастап жеті жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7136,150 +7002,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="78"/>
+    <w:bookmarkStart w:name="z66" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Жергілікті атқарушы орган корпоративішілік ауыстыру шеңберінде рұқсат беру не беруден бас тарту туралы қабылданған шешім туралы жұмыс берушіні ол қабылданған күннен кейін бір жұмыс күні ішінде хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z67" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z67" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартуға рұқсат беру туралы шешім қабылданған жағдайда, жергілікті атқарушы орган осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жергілікті атқарушы орган басшысының ЭЦҚ қойылған электрондық құжат нысанында жұмыс берушінің "Жеке кабинетіне" хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z68" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z68" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       53. Рұқсатты беру және ұзарту бойынша жергілікті атқарушы орган қабылдаған шешім туралы нәтиже осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электрондық құжат нысанында жұмыс берушінің "жеке кабинетіне" жергілікті атқарушы орган басшысының қол қойылған ЭЦҚ-мен жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартуға рұқсат беруден бас тарту туралы шешім қабылдаған кезде жергілікті атқарушы орган жұмыс берушінің "жеке кабинетіне" мемлекеттік қызметті көрсетуге қойылатын талаптар тізбесінің 9-тармағына сәйкес негіздемесін көрсете отырып, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7356,70 +7222,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="81"/>
+    <w:bookmarkStart w:name="z69" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Рұқсат беру кезінде жұмыс беруші өз таңдауы бойынша мынадай ерекше шарттардың бірін таңдап алады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тартылатын шетелдік жұмыскер мамандығы бойынша Қазақстан Республикасының азаматтары арасынан өз жұмыскерлерін кәсіптік даярлау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7480,140 +7346,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 54-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="82"/>
+    <w:bookmarkStart w:name="z70" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Жұмыс берушіде кадрларда жергілікті қамтуды ұлғайту жөніндегі бағдарлама болған кезде ерекше шарттарды қабылдау талап етілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z71" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z71" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Корпоративішілік аудару кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       менеджерді алса - жұмыс беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7646,110 +7512,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       маманды алса -жұмыс беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>54-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 3) және 4) тармақшаларында көзделген шарттардың бірін таңдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="84"/>
+    <w:bookmarkStart w:name="z72" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Жұмыс беруші шетелдік жұмыс күшін тартуға берілетін рұқсаттар санына сәйкес ерекше шарттардың санын қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z73" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z73" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Рұқсат алу үшін қабылданатын ерекше шарттар туралы ақпарат Қағидаларға 8-қосымшаға сәйкес нысан бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z74" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z74" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Көзделген шетелдік жұмыс күшін тартуға арналған рұқсаттардың шарттарын орындау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7782,814 +7648,814 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>54-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) және 2) тармақшаларымен рұқсаттың қолданылу мерзімінің алғашқы алты айы ішінде басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="87"/>
+    <w:bookmarkStart w:name="z75" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартатын жұмыс беруші корпоративішілік ауыстыру шеңберінде тартылатын, тиісті санаттағы қазақстандық кадрлар санына елу пайыздан аспайтын шетелдік жұмыскерлер (менеджерлер мен мамандар) санының пайыздық арақатынасын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Корпоративішілік ауыстыру шеңберінде шетелдік қызметкерлерді тарту кезінде кадрлардағы жергілікті қамту туралы ақпаратты жұмыс беруші осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жергілікті атқарушы органға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="88"/>
+    <w:bookmarkStart w:name="z76" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Шетелдік қызметкерді басшы лауазымдарына тарту кезінде Қазақстан Республикасы азаматтарының санына арақатынасты сақтау жөніндегі талаптар қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">62. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="89"/>
+    <w:bookmarkStart w:name="z78" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Басқа шетелдік қызметкерге корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға бұрын берілген рұқсатты қайта ресімдеу біліктілік талаптарына сәйкес болған кезде жаңа нөмір бере отырып, шетелдік жұмыс күшін тарту, осы Қағидаларға 3-қосымшаға сәйкес мемлекеттік қызмет көрсету үшін қажетті мемлекеттік қызмет стандартының құжаттар тізбесінде көрсетілген құжаттармен расталған шетелдік жұмыс күшін тартуға рұқсат берілген шетелдік қызметкер жұмыс орнына келмеген немесе онымен еңбек шартын бұзған, хаттың немесе ауыстыру туралы келісімнің қолданылу мерзімі рұқсаттың қолданылу мерзімі аяқталғанға дейін мерзімінен бұрын тоқтатылған жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайта ресімделген рұқсат бастапқыда берілген рұқсаттың қолданылу мерзімі аяқталғанға дейін қалған мерзімге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="90"/>
+    <w:bookmarkStart w:name="z79" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға бұрын берілген рұқсатты басқа шетелдік жұмыскерге қайта ресімдеу туралы шешімді жергілікті атқарушы орган құжаттар қабылданған күннен бастап бес жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 64-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="91"/>
+    <w:bookmarkStart w:name="z80" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға арналған рұқсаттың қолданылу мерзімін ұзартуға күнтізбелік алпыс күннен ерте емес және рұқсаттың қолданылу мерзімі аяқталғанға дейін күнтізбелік отыз күннен кешіктірілмей жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z81" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z81" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Корпоративішілік ауыстыру шеңберінде рұқсатты ұзарту туралы шешімді жергілікті атқарушы орган Қағидаларға сәйкес құжаттар қабылданған күннен бастап бес жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 66-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="93"/>
+    <w:bookmarkStart w:name="z82" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Жергілікті атқарушы орган жұмыс берушіге рұқсат беру мерзімін ұзарту не ұзартудан бас тарту туралы хабарламаны" корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға рұқсат беру мерзімін ұзарту туралы не ұзартудан бас тарту туралы шешім қабылданған күннен кейін бір жұмыс күні ішінде электрондық құжат нысанында жұмыс берушінің жеке кабинетіне жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z83" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z83" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       68. Жергілікті атқарушы орган осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>37-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z84" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z84" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       69. Рұқсатты ұзарту кезінде жұмыс беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>54-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өз таңдау бойынша ерекше шарттардың бірін таңдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z85" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z85" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       70. Рұқсатты ұзарту үшін қабылданатын ерекше жағдайлар туралы ақпарат осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z86" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z86" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. Шетелдік жұмыс күшін тартуға рұқсат беру шарттарын орындау осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>59-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z87" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z87" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыскерлерді тартатын жұмыс беруші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>60-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес пайыздық арақатынасты қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">73. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="99"/>
+    <w:bookmarkStart w:name="z89" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Жергілікті атқарушы орган мынадай жағдайларда корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға қолданыстағы рұқсаттарды кері қайтарып алуды жүргізеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) рұқсатта көрсетілген кәсіпке немесе мамандыққа сәйкес келмейтін кәсіп немесе мамандық бойынша шетелдік жұмыскерді тарту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8710,140 +8576,140 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 74-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="100"/>
+    <w:bookmarkStart w:name="z140" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       74-1. "Халықтың көші-қоны туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру талап етілмейтін шетелдіктер мен азаматтығы жоқ адамдарды қоспағанда, жұмыс берушінің рұқсатынсыз шетелдік жұмыскерлерді корпоративішілік ауыстыру шеңберінде тартуға, сондай-ақ рұқсатта көрсетілген кәсіпке немесе мамандыққа сәйкес келмейтін кәсіп немесе мамандық бойынша шетелдік жұмыскерді тартуға жол берілмейді. Мұндай жағдайларда осындай факт анықталған күннен бастап он екі ай ішінде жаңа рұқсаттар берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8882,128 +8748,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="101"/>
+    <w:bookmarkStart w:name="z90" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға арналған рұқсаттар еңбек шартында көрсетілген, бірақ он екі айға бір реттен аспайтын мерзімге ұзарту құқығымен үш жылдан аспайтын мерзімге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңбек шарты болмаған кезде корпоративішілік ауыстыру мерзімі корпоративішілік ауыстыру туралы хатпен немесе келісіммен (шартпен) айқындалады, бірақ он екі айға бір реттен артық емес ұзарту құқығымен үш жылдан аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="102"/>
+    <w:bookmarkStart w:name="z91" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Жергілікті атқарушы орган берген рұқсат басқа жұмыс берушілерге берілуге жатпайды, жұмыс беруші рұқсаттар алған шетелдік жұмыскерлерді өзге әкімшілік-аумақтық бірліктердің аумағындағы кәсіпорындарға, ұйымдарға іссапарға жіберуді қоспағанда, тиісті әкімшілік-аумақтық бірліктің аумағында күнтізбелік тоқсан күннен аспайтын мерзімге ғана қолданылады. бір күнтізбелік жыл ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z92" w:id="103"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z92" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға рұқсат мынадай жағдайларда өзінің қолданылуын тоқтатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ол берілген мерзім өткеннен кейін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9032,70 +8898,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке тұлға-жұмыс берушінің қызметі тоқтатылған, заңды тұлға – жұмыс беруші таратылған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жұмыс берушінің рұқсатты жергілікті атқарушы органға ерікті түрде қайтаруы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="104"/>
+    <w:bookmarkStart w:name="z93" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Жергілікті атқарушы орган:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) корпоративішілік ауыстыру шеңберінде жұмыс істейтін шетелдік қызметкерлердің есебін жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9150,51 +9016,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="105"/>
+    <w:bookmarkStart w:name="z94" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Шетелдік қызметкердің тегі, аты, әкесінің аты, жеке басын куәландыратын құжаттың нөмірі мен сериясының өзгеруіне байланысты және жұмыс беруші-Қазақстан Республикасының заңды тұлғасы немесе шетелдік заңды тұлға филиалы (өкілдігі) бірігу, қосылу, бөліну, бөліну немесе қайта құру нысанында қайта ұйымдастырылған жағдайда, сондай-ақ оның атауы немесе атауы өзгерген жағдайда рұқсатты қайта ресімдеу үшін шетелдік жұмыс күшін тартуға арналған рұқсатта көрсетілген деректемелерді, не ол уәкілеттік берген тұлға ЭҮП арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9209,387 +9075,387 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесінде көрсетілген құжаттарды қоса бере отырып, шетелдік жұмыс күшінің еңбек қызметін жүзеге асыру орны бойынша жергілікті атқарушы органға өтінішті ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы орган өтініш берілген күннен бастап бес жұмыс күні ішінде жаңа нөмір бере отырып, рұқсатты қайта ресімдейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рұқсатты қайта ресімдеу бойынша жергілікті атқарушы органның қабылданған шешімі туралы хабарлама жергілікті атқарушы орган басшысының ЭЦҚ қойылған электрондық құжат нысанында жұмыс берушінің "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="106"/>
+    <w:bookmarkStart w:name="z95" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80. Шетелдік жұмыс күшін тартуға рұқсат алған жұмыс берушілер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес migration.enbek.kz ақпараттық жүйесіне ерекше шарттардың және тартылатын шетелдік жұмыс күші туралы мәліметтерді енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 80-тармақ жаңа редакцияда көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="107"/>
+    <w:bookmarkStart w:name="z96" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Шетелдік жұмыскер шетелдік жұмыс күшін тартуға рұқсат берілген жұмыс орнына келмеген жағдайда жұмыс беруші ерекше шартты орындамайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, жұмыс беруші шетелдік қызметкердің келмегені туралы хабарламаны жергілікті атқарушы органға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="108"/>
+    <w:bookmarkStart w:name="z97" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселесі бойынша жергілікті атқарушы органның немесе оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z98" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z98" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Мемлекеттік қызметтер көрсету мәселелері бойынша жергілікті атқарушы органның және (немесе) оның лауазымды адамдарының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану: шағым тиісті облыс, республикалық маңызы бар қалалар, астана әкімінің аппаратына беріледі, ол 5 (бес) жұмыс күні ішінде қаралады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 82-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="110"/>
+    <w:bookmarkStart w:name="z99" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Көрсетілген мемлекеттік қызметтің нәтижелерімен келіспеген жағдайларда жұмыс беруші Халықты жұмыспен қамту мәселелері жөніндегі уәкілетті органға немесе Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9941,68 +9807,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(заңды немесе жеке тұлғаның</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>толық атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="111"/>
+    <w:bookmarkStart w:name="z101" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шетелдік жұмыс күшін тартуға рұқсатты (ларды) беруді/ұзартуды/қайта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11940,68 +11806,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мен шарттарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="112"/>
+    <w:bookmarkStart w:name="z103" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру немесе ұзарту" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12013,51 +11879,91 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 302</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік көрсетілетін қызметтің атауы: "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру немесе ұзарту".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12967,170 +12873,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қызмет көрсету нәтижесін ұсыну нысаны – электрондық</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...118 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -13174,140 +12960,162 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету кезінде жұмыс берушіден алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет жеке және заңды тұлғаларға ақылы/тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...36 lines deleted...]
-          </w:p>
+          <w:bookmarkEnd w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) шетелдік жұмыс күшін тартуға бұрын берілген рұқсаттарды қайта ресімдеу, сондай-ақ корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға рұқсаттарды беру, ұзарту немесе қайта ресімдеу жөніндегі мемлекеттік көрсетілетін қызмет жұмыс берушіге тегін негізде көрсетіледі.</w:t>
+1) шетелдік жұмыс күшін тартуға арналған рұқсаттарды беру немесе ұзарту жөніндегі мемлекеттік көрсетілетін қызмет Қазақстан Республикасының Үкіметі белгілеген Қазақстан Республикасына шетелдік жұмыс күшін тартуға арналған рұқсатты бергені немесе ұзартқаны үшін алым мөлшерлемелерінің мөлшеріне сәйкес ақылы негізде көрсетіледі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салық алымын төлеу осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының Қазақстан Республикасына шетелдік жұмыс күшін тартуға рұқсат беру не ұзарту туралы шешім қабылдағаны туралы хабарламаны алған күннен бастап 10 (он) жұмыс күні ішінде екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол емес нысандарда жүзеге асырылады.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) шетелдік жұмыс күшін тартуға бұрын берілген рұқсаттарды қайта ресімдеу, сондай-ақ корпоративішілік ауыстыру шеңберінде шетелдік жұмыс күшін тартуға рұқсаттарды беру, ұзарту немесе қайта ресімдеу жөніндегі мемлекеттік көрсетілетін қызмет жұмыс берушіге тегін негізде көрсетіледі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Салық алымын төлеу осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының Қазақстан Республикасына шетелдік жұмыс күшін тартуға рұқсат беру не ұзарту туралы шешім қабылдағаны туралы хабарламаны алған күннен бастап 10 (он) жұмыс күні ішінде екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы қолма-қол және қолма-қол емес нысандарда жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Корпоративішілік ауыстыру шеңберінде жүзеге асырылатын шетелдік жұмыс күшін тартуға рұқсаттарды беру немесе ұзарту тегін негізде жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -15199,68 +15007,68 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________________________________________________  (рұқсат беруші органның толық атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="113"/>
+    <w:bookmarkStart w:name="z105" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шетелдік жұмыс күшін тартуға  РҰҚСАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16096,68 +15904,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>толық атауы және мекен-жайы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z107" w:id="114"/>
+    <w:bookmarkStart w:name="z107" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16741,68 +16549,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">мен шарттарына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="115"/>
+    <w:bookmarkStart w:name="z109" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Рұқсат беру кезінде шетелдік жұмыскерлерді қазақстандық азаматтарға ауыстыруды жұмыс берушімен келісу нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 28.036.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17638,70 +17446,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 6-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 302</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="116"/>
+    <w:bookmarkStart w:name="z157" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Облыстардың, республикалық маңызы бар қалалардың және астананың жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: www.enbek.gov.kz</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19901,68 +19709,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деректерін жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="117"/>
+    <w:bookmarkStart w:name="z159" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Кадрлардағы жергілікті қамту туралы ақпарат" әкімшілік деректерді  өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме (индексі – КЖҚ-1, кезеңділігі – жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реті бойынша нөмір көрсетіледі, бұл ретте кейінгі ақпарат реті бойынша нөмірлеуді үзбейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20289,68 +20097,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="118"/>
+    <w:bookmarkStart w:name="z113" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кадрлардағы жергілікті қамту шарттары инвестициялық басым жобалар үшін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -23045,68 +22853,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әкімшілік деректерін жинауға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>арналған нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z161" w:id="119"/>
+    <w:bookmarkStart w:name="z161" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Рұқсаттарды алу немесе ұзарту үшін қабылданатын ерекше шарттар туралы ақпарат" әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме (индексі – РАҰҮҚЕШ-2, кезеңділігі – жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реті бойынша нөмір көрсетіледі, бұл ретте кейінгі ақпарат реті бойынша нөмірлеуді үзбейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25665,68 +25473,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деректерін жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="120"/>
+    <w:bookmarkStart w:name="z163" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Корпоративішілік ауыстыру шеңберінде шетелдік қызметкерлерді тарту кезінде кадрлардағы жергілікті қамту туралы ақпарат" әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме (индексі – КАШШҚТККЖҚ-3, кезеңділігі – жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реті бойынша нөмір көрсетіледі, бұл ретте кейінгі ақпарат реті бойынша нөмірлеуді үзбейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -26235,68 +26043,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">жергілікті атқарушы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>органының атауы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z119" w:id="121"/>
+    <w:bookmarkStart w:name="z119" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шетелдіктерді жұмыс күшін тартуға кері қайтарып алынған рұқсаттар туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шетелдік жұмыс күшін тартуға, сондай-ақ корпоративішілік ауыстыруды жүзеге </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29158,68 +28966,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деректерін жинауға арналған</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z165" w:id="122"/>
+    <w:bookmarkStart w:name="z165" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Ерекше шарттарды орындау және тартылатын шетелдік жұмыс күші туралы ақпарат" әкімшілік деректерді өтеусіз негізінде жинауға арналған нысанын толтыру жөніндегі түсіндірме (индексі – ЕШОТШЖК-4, кезеңділігі – жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1-бағанда реті бойынша нөмір көрсетіледі, бұл ретте кейінгі ақпарат реті бойынша нөмірлеуді үзбейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29620,402 +29428,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 279 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="123"/>
+    <w:bookmarkStart w:name="z123" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z124" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z124" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру және (немесе) ұзарту, сондай-ақ корпоративішілік ауыстыруды жүзеге асыру қағидалары мен шарттарын бекіту туралы Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің м.а. 2016 жылғы 27 маусымдағы № 559 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14170 тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z125" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z125" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру және (немесе) ұзарту, сондай-ақ корпоративішілік ауыстыруды жүзеге асыру қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің міндетін атқарушының 2016 жылғы 27 маусымдағы № 559 бұйрығына өзгерістер енгізу туралы Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 15 желтоқсандағы № 1069 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14555 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z126" w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z126" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру және (немесе) ұзарту, сондай-ақ корпоративішілік ауыстыруды жүзеге асыру қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің міндетін атқарушының 2016 жылғы 27 маусымдағы № 559 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2017 жылғы 28 маусымдағы № 181 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 15472 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z127" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z127" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру және (немесе) ұзарту, сондай-ақ корпоративішілік ауыстыруды жүзеге асыру қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының 2016 жылғы 27 маусымдағы № 559 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы 28 ақпандағы № 75 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16542 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z128" w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z128" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы 14 маусымдағы № 242 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер мен толықтыру енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17194 болып тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z129" w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z129" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру және (немесе) ұзарту, сондай-ақ корпоративішілік ауыстыруды жүзеге асыру қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің міндетін атқарушының 2016 жылғы 27 маусымдағы № 559 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 17 сәуірдегі № 138 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20429 тіркелген);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z130" w:id="130"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z130" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсат беру және (немесе) ұзарту, сондай-ақ корпоративішілік ауыстыруды жүзеге асыру қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің міндетін атқарушының 2016 жылғы 27 маусымдағы № 559 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 30 қыркүйектегі № 386 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21353 тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>