--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c9a2438" w14:textId="c9a2438">
+    <w:p w14:paraId="392121d" w14:textId="392121d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2037,2882 +2037,2366 @@
         </w:rPr>
         <w:t xml:space="preserve"> 1-параграф. Қазақстан Республикасы азаматының паспортын ресімдеу және беру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасы азаматының паспортын ресімдеу үшін өтініш иесі уәкілетті органға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>671-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында белгіленген жеңілдетілген санатты айқындайтын құжатты ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемі 3,5 х 4,5 сантиметр (қағаз бланкідегі формулярды ресімдеген кезде) екі фотосуретті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мынадай құжаттардың біреуін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туу туралы куәлікті (16 жасқа дейін паспорт алған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының паспортын (паспортты ауыстырған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының жеке куәлігін (16 жасқа толуына байланысты паспортты алғаш алған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ішкі істер органдары беретін белгіленген нысандағы Қазақстан Республикасының азаматтығына қабылданғаны туралы анықтаманы (Қазақстан Республикасының азаматтығына қабылдануына байланысты паспорт алған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шетелдік мекемелері беретін қайта оралуға арналған куәлікті (шетелде уақытша болатындар Қазақстан Республикасы азаматының паспортын жоғалтқан кезде) жеке ұсынады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 731</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазақстан Республикасы азаматының паспортын уәкілетті мемлекеттік орган ХҚТ ТП пайдалана отырып, сондай-ақ бланкілердің формулярларында ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазақстан Республикасының мына азаматтарына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасынан тыс жерлерде тұрақты тұратындарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шет мемлекеттердің аумағында орналасқан оқу орындарында білім алатындарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) шет мемлекеттерде еңбек шарты бойынша жұмыс істейтіндерге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасынан тыс жерлерде туған жағдайда кәмелетке толмағандарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) көрсетілген адамдармен бірге тұратын отбасы мүшелеріне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазақстан Республикасынан тыс жерлерде тұратын шетелдіктің отбасы мүшелері болып табылатындарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) шетелдегі дипломатиялық қызмет персоналымен бірге тұратын дипломатиялық қызмет персоналының туыстарына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жасының егде тартуына байланысты өзіне-өзі күтім жасауға қабілетсіз адамдарға (қарттар) және организм функциялары бұзылып, тұрмыс-тіршілігін шектейтіндей тұрақты денсаулығы нашарлаған адамдарға, сондай-ақ өзіне-өзі қызмет көрсете алмайтын жақын туыстарын күтуді жүзеге асыратын адамдарға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) шет мемлекеттің аумағында ұсталғандарға немесе күзетпен ұсталатындарға, қамауға алынатындарға, сондай-ақ пенитенциарлық мекемелерде жазасын өтеушілерге Қазақстан Республикасы азаматының паспорты Қазақстан Республикасының шетелдік мекемелері арқылы ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Қазақстан Республикасы азаматының паспортын толтырған кезде тегі, аты, әкесінің аты (ол болған жағдайда) және басқа да деректер Қазақстан Республикасының заңдарында және Қазақстан Республикасы Президентінің актілерінде көзделген жағдайларды қоспағанда, оларды беру үшін негіз болған құжатқа сәйкес жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Неке (ерлі-зайыптылық) және отбасы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан Республикасының кодексінде, "Жаппай саяси қуғын-сүргiндер құрбандарын ақтау туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің "Ұлты қазақ азаматтардың тегi мен әкесiнiң атын жазуға байланысты мәселелердi шешу тәртiбi туралы" 1996 жылғы 2 сәуірдегі № 2923 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, Қазақстан Республикасы азаматының паспортын толтыру кезінде тегі, аты, әкесінің аты (ол болған кезде), туған күні, туған жері және ұлты оларды беруге негіз болған құжатқа сәйкес жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қазақстан Республикасы азаматының паспорты қазақ тілінде немесе иесінің қалауы бойынша орыс тілінде, сондай-ақ ағылшын тілінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазақстан Республикасы азаматының паспорты Қазақстан Республикасының азаматтарына жасына қарамастан, олардың қалауы бойынша беріледі және Қазақстан Республикасының аумағында және одан тыс жерлерде Қазақстан Республикасы азаматының жеке басын куәландырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қазақстан Республикасы азаматының паспорты қолданылу мерзімі он жылға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z55" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Қазақстан Республикасы азаматының жеке куәлігін ресімдеу және беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Қазақстан Республикасы азаматының жеке куәлігін ресімдеу үшін өтініш иесі уәкілетті органға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Қазақстан Республикасының Салық кодексінің 671-бабының 4) тармақшасында белгіленген жеңілдетілген санатты айқындайтын құжатты ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемі 3,5 х 4,5 сантиметр (қағаз бланкідегі формулярды ресімдеген кезде) екі фотосуретті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мынадай құжаттардың біреуін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туу туралы куәлікті (16 жасқа толуына байланысты жеке куәлік алған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының паспортын (жеке куәлікті алғаш алған кезде, жеке куәлікті жоғалтқан кезде, Қазақстан Республикасына тұрақты тұруға қайта оралған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы азаматының жеке куәлігін (жеке куәлікті ауыстырған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1974 жылғы үлгідегі паспортты (бұрынғы Кеңестік Социалистік Республикалар Одағы) (Қазақстан Республикасының азаматтығын растаған кезде жеке куәлікті алғаш алу үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Ішкі істер министрлігі белгілеген нысандағы Қазақстан Республикасының азаматтығына қабылданғаны туралы анықтаманы (Қазақстан Республикасының азаматтығына қабылдануына байланысты жеке куәлік алған кезде) жеке ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 731</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. қараңыз) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Қазақстан Республикасы азаматының жеке куәліктерін уәкілетті мемлекеттік орган ХҚТ ТП пайдалана отырып, сондай-ақ бланкілердің формулярларында ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Қазақстан Республикасының азаматтарына жеке куәлік он алты жастан бастап ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z62" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Неке (ерлі-зайыптылық) және отбасы туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" Қазақстан Республикасының кодексінде, "Жаппай саяси қуғын-сүргiндер құрбандарын ақтау туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Президентінің "Ұлты қазақ азаматтардың тегi мен әкесiнiң атын жазуға байланысты мәселелердi шешу тәртiбi туралы" 1996 жылғы 2 сәуірдегі № 2923 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жарлығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, Қазақстан Республикасы азаматының жеке куәлігін толтыру кезінде тегі, аты, әкесінің аты (ол болған кезде), туған күні, туған жері және ұлты оларды беруге негіз болған құжатқа сәйкес жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z63" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Қазақстан Республикасы азаматының жеке куәлігі қолданылу мерзімі он жылға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z64" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты ресімдеу және беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z65" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты ресімдеу үшін шетелдіктер уәкілетті мемлекеттік органға мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z135" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>671-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында белгіленген жеңілдетілген санатты айқындайтын құжатты ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z136" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемі 3,5х4,5 сантиметр (қағаз бланкідегі формулярды ресімдеген кезде) екі фотосуретті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z137" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жарамды шетелдік паспортты жеке ұсынуы қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Ішкі істер министрінің 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 731</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты толтырған кезде тегі, аты, әкесінің аты (ол болған жағдайда) және басқа да деректер оларды беру үшін негіз болған құжатқа сәйкес жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z70" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Шетелдіктің Қазақстан Республикасында тұруына ықтиярхат Қазақстан Республикасының аумағында тұрақты тұратын шетелдіктерге он алты жастан бастап қолданылу мерзімі он жылға, бірақ олар азаматы болып табылатын ел паспортының қолданылу мерзімінен аспайтын мерзімге беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z71" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-параграф. Азаматтығы жоқ адамның куәлігін ресімдеу және беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z72" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Азаматтығы жоқ адамның куәлігін ресімдеу үшін уәкілетті мемлекеттік органға мынадай құжаттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>671-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында белгіленген жеңілдетілген санатты айқындайтын құжатты ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z74" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемі 3,5х4,5 сантиметр (қағаз бланкідегі формулярды ресімдеген кезде) үш фотосуретті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z75" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) мынадай құжаттардың біреуі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолданылу мерзімі өтіп кеткен шетелдік паспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азаматтығы жоқ адамның куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1974 жылғы үлгідегі паспорт (бұрынғы Кеңестік Социалистік Республикалар Одағы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әскери билет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бас бостандығынан айыру орындарынан босатылғаны туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының азаматтығынан шыққаны және Қазақстан Республикасы Президентінің Жарлығы бойынша азаматтығын өзгерткені, сондай-ақ Қазақстан Республикасы ратификациялаған халықаралық шарттарға сәйкес азаматтығын өзгерткені туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туу туралы куәлік (он алты жасқа дейінгі адамдарға ресімдеген кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шетелдік мекемелері беретін қайта оралуға арналған куәлік (шетелде уақытша болатындар Қазақстан Республикасы азаматының паспортын жоғалтқан кезде) ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); өзгеріс енгізілді - ҚР Ішкі істер министрінің 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 731</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Азаматтығы жоқ адамның куәлігін толтырған кезде тегі, аты, әкесінің аты (ол болған жағдайда), туған күні, туған жері және ұлты оны беру үшін негіз болған құжатқа сәйкес жазылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z77" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Азаматтығы жоқ адамның куәлігі Қазақстан Республикасының аумағында тұрақты тұратын, он алты жасқа толған азаматтығы жоқ адамдарға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z78" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Азаматтығы жоқ адамның куәлігі Қазақстан Республикасының аумағында және одан тыс жерлерде иесінің жеке басын растау үшін қолданылу мерзімі бес жылға беріледі. Шетелге ата-аналарынсыз, қамқоршыларынсыз, қорғаншыларынсыз шыққан кезде азаматтығы жоқ адамның куәлігі он алты жасқа дейінгі адамдарға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z79" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-параграф. Жол жүру құжатын ресімдеу және беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z80" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Жол жүру құжатын ресімдеу үшін шетелдіктер мен азаматтығы жоқ адамдар (балалары және сот әрекетке қабілетсіз деп таныған азаматтар үшін олардың заңды өкілдері (ата-аналары, қамқоршылары, қорғаншылары) өкілдікке өкілеттіктерін растайтын құжаттарды ұсына отырып) өздері уәкілетті мемлекеттік органға мынадай құжаттардың бірін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      туу туралы куәлікті (16 жасқа толмаған босқындар жол жүру құжатын алған кезде);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      азаматтығы жоқ адамның куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      шетелдік паспорт;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтінімді берген күнге кемінде 3 ай босқын мәртебесінің әрекет ету мерзімімен босқын куәлігін ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 603</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Жол жүру құжатын уәкілетті мемлекеттік орган "Шетелдіктерді құжаттандыру және тіркеу" тіркеу пункті" ақпараттық жүйесін пайдалана отырып ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z82" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Жол жүру құжаты:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының аумағынан тыс жерде жүріп-тұруы үшін босқын мәртебесі берілген адамға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">2) алып тасталды - ҚР Ішкі істер министрінің 01.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 603</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      1) тармақшасы жаңа редакцияда көзделген - </w:t>
-[...69 lines deleted...]
-        <w:t>) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармаққа өзгеріс енгізілді - ҚР Ішкі істер министрінің 01.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 603</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...166 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Жол жүру құжаты қазақ және ағылшын тілдерінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Жол жүру құжатының жарамдылық мерзімі босқын куәлігінің қолданылу мерзімінен аспауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 146</w:t>
+        <w:t xml:space="preserve">      Ескерту. 29-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 01.08.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 603</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="45"/>
-[...361 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="52"/>
+    <w:bookmarkStart w:name="z87" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-параграф. Қазақстан Республикасы азаматының жеке куәлігін ресімдеу және беру тәртібі</w:t>
-[...1914 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қазақстан Республикасы азаматының паспортын, Қазақстан Республикасы азаматының жеке куәлігін, шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты, азаматтығы жоқ адамның куәлігін және жол жүру құжатын ауыстыру, тапсыру, алып қою және жою тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z88" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Жеке басты куәландыратын құжаттар, "Төтенше жағдай туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайлардан басқа, жарамсыз болып табылады, тапсыруға және ауыстыруға жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z89" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) онда осы Қағидалардың 3-тармағының 1), 2), 5), 6), 7), 8) және 10) тармақшаларында көрсетілген деректер болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z90" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) олардың қолданылу мерзімі өткен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z91" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Қағидалардың 3-тармағының 1), 2), 5), 6), 7), 8) және 10) тармақшаларында көрсетілген деректерді сәйкестендіру не құжатты қорғау дәрежесі мүмкін болмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z92" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) құжат жоғалғанда, өтініш иесі уәкілетті мемлекеттік органға өтініш берген күннен бастап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z93" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) иесінің құқықтық мәртебесі сәйкес келмеген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z94" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жынысын өзгерткен жағдайларда жарамсыз болып табылады және ауыстыруға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4931,70 +4415,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="88"/>
+    <w:bookmarkStart w:name="z133" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-1. Жеке басты куәландыратын құжаттар, егер төтенше жағдай енгізілген жерлерде Қазақстан Республикасының заңнамасында белгіленген тәртіппен оларды ұзартуды немесе ауыстыруды жүзеге асыру мүмкін болмаған жағдайларда, олардың қолданылу мерзіміне, иесінің мәртебесі өзгергеніне және өзге де елеулі мән-жайларға қарамастан, төтенше жағдай кезеңі ішінде, сондай-ақ ол аяқталғаннан кейін күнтізбелік отыз күн ішінде жарамды болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5013,70 +4497,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="89"/>
+    <w:bookmarkStart w:name="z134" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30-2. Осы Қағидалардың 30-1-тармағында көзделген норма төтенше жағдай режимі қолданысқа енгізілгенге дейін қолданылуы аяқталған жеке басты куәландыратын құжаттарға қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5095,70 +4579,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="90"/>
+    <w:bookmarkStart w:name="z95" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Қазақстан Республикасының азаматтары жеке басты куәландыратын құжаттарды жоғалтқан, олар одан әрі пайдалануға жарамсыз болған, жеке тұлғаны сәйкестендірумен байланысты өзгерістер енгізу қажеттілігі туындаған, осы Қағидалардың 30-тармағының 1), 2), 3), 4), 5) және 6) тармақшаларында көрсетілген деректерді сәйкестендіру мүмкін болмаған жағдайларда, сондай-ақ анықтамалық деректерінің ауысуына, өзгеруіне, құжаттарды әзірлеудің жаңа технологиясына сәйкес олардың түр өзгерісіне байланысты жаңа құжаттар алу үшін тұрақты тіркелген жері бойынша, сондай-ақ жеке басты куәландыратын құжаттары жоғалған, олар одан әрі пайдалануға жарамсыз болған, азаматтық хал актілерінің жазбасы ақпараттық жүйесінен келіп түскен тегінің, атының, әкесінің атының өзгеруі, неке қию (бұзуы) бойынша тегін өзгертуі туралы мәліметтер ХҚТ ТП-да болған жағдайда оларды өзгертуіне, құжаттарды әзірлеудің жаңа технологиясына сәйкес олардың түр өзгерісіне байланысты, Қазақстан Республикасы азаматының жеке куәлігі негізінде алғаш рет Қазақстан Республикасы азаматының паспортын алумен, кәмелеттік жасқа толмаған балалардың туу туралы куәлігі негізінде Қазақстан Республикасы азаматының паспорты мен (немесе) жеке куәлігін алуына байланысты жағдайларда тұрақты тіркелген орны, сондай-ақ нақты болатын жері бойынша уәкілетті мемлекеттік органға өтініш білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасында тұрақты тұратын шетелдіктер мен азаматтығы жоқ адамдар жеке басты куәландыратын құжаттарды жоғалтқан, олар одан әрі пайдалануға жарамсыз болған, жеке тұлғаны сәйкестендірумен байланысты өзгерістер енгізу қажеттілігі туындаған, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5233,856 +4717,588 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="91"/>
+    <w:bookmarkStart w:name="z96" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Қолданылу мерзімінің өтуіне, одан әрі пайдалануға жарамсыз болуына, құжаттарды әзірлеудің жаңа технологиясына сәйкес олардың түр өзгерісіне байланысты Қазақстан Республикасы азаматының паспортын, Қазақстан Республикасы азаматының жеке куәлігін ауыстыру үшін өтініш иесі мынадай құжаттарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>671-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында белгіленген жеңілдетілген санатты айқындайтын құжатты ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z98" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемі 3,5 х 4,5 сантиметр (қағаз бланкідегі формулярды ресімдеген кезде) екі фотосуретті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ауыстыруға жататын жеке басты куәландыратын құжатты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жаңа Қазақстан Республикасы азаматының паспортын, Қазақстан Республикасы азаматының жеке куәлігін жеке басты куәландыратын құжаттардың қолданылу мерзімі өткенге дейін бір ай бұрын ресімдеуге жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органға тапсыруға жататын паспортта шет мемлекеттің қолданыстағы визасы болған кезде азаматтың өтініші бойынша паспорт алынбайды. Бұл ретте жарамсыз паспорт өтеуге (паспорттың бір жақ шетін тескішпен тесу арқылы) жатады және иесіне қажеттілігі өткенге дейін қайтарылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 146</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 731</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...93 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Қолданылу мерзімінің өтіп кетуіне, одан әрі пайдалануға жарамсыз болуына байланысты шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты, азаматтығы жоқ адамның куәлігін ауыстыру үшін өтініш иесі мынадай құжаттарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z101" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік баж төленгені туралы құжатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z102" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) көлемі 3,5х4,5 сантиметр үш фотосуретті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z103" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ауыстыруға жататын жеке басты куәландыратын құжатты;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z104" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жарамды шетелдік паспортты (шетелдіктер үшін) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z105" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Қазақстан Республикасы азаматының паспортына, Қазақстан Республикасы азаматының жеке куәлігіне, шетелдіктің Қазақстан Республикасында тұруына ықтиярхатқа, азаматтығы жоқ адамның куәлігіне жеке тұлғаны сәйкестендірумен байланысты, осы Қағидалардың 30-тармағының 1), 2), 3), 4) 5), 6) тармақшаларында көрсетілген деректерді сәйкестендіру мүмкін болмаған жағдайда, сондай-ақ анықтамалық деректерін ауыстыруына, өзгертуіне байланысты өзгерістер енгізу үшін өтініш иесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z106" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) еркін нысандағы жазбаша өтінішті (неке қию (бұзу) бойынша тегін өзгертуге байланысты жүгінгендерден басқа);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z107" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Салық кодексінің 622-бабының </w:t>
-[...484 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="101"/>
+      2) мемлекеттік баждың төленгені туралы құжат (төлем екінші деңгейдегі банктердің кассаларында немесе олардың мобильді қосымшалары арқылы электрондық түрде жүзеге асырылуы мүмкін). Мемлекеттік баж төлеуден босатылған адамдар ақпараттық жүйеде оларға мәліметтер болмаған жағдайда Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>671-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тармақшасында белгіленген жеңілдетілген санатты айқындайтын құжатты ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) көлемі 3,5 х 4,5 сантиметр (қағаз бланкідегі формулярды ресімдеген кезде) екі фотосуретті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z109" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ауыстыруға жататын Қазақстан Республикасы азаматының жеке куәлігін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z110" w:id="103"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z110" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасы азаматының паспортын (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z111" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты (шетелдіктер үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z112" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жарамды шетелдік паспортты (шетелдіктер үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z113" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) азаматтығы жоқ адамның куәлігін (азаматтығы жоқ адамдар үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өтініш білдірудің негізділігін растайтын құжатты ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Ұлты қазақ азаматтардың тегі мен әкесінің атын жазуға байланысты мәселелерді шешу тәртібі туралы" Қазақстан Республикасы Президентінің 1996 жылғы 2 сәуірдегі № 2923 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6113,110 +5329,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тектерде тегі мен әкесінің атының түбір негіздерін сақтай отырып, қазақ тіліне тән емес аффикстер алынып тасталады, онымен бір мезгілде әкесінің атын жазу кезінде қазақ тіліне тән емес аффикстердің орнына әкесінің есіміне адамның жынысына қарай "ұлы" немесе "қызы" деген жалғау жалғанады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішке мына құжаттардың бірі қосымша беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:bookmarkStart w:name="z115" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) туу туралы куәлік (жеке басты куәландыратын құжаттарды алғаш рет алған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z116" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ауыстыруға жататын жеке куәлік, паспорт;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z117" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасы Ішкі істер министрлігі белгілеген нысандағы Қазақстан Республикасының азаматтығына қабылданғаны туралы анықтаманы (Қазақстан Республикасының азаматтығына қабылдануына байланысты жеке куәлік алған кезде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тектері мен әкесінің атының жазылуы қазақ халқының қалыптасқан дәстүрлеріне сәйкес өзгертілген ұлты қазақ адамдар өтініш білдірген жағдайда, паспорттар мен жеке куәліктерді олардың бұрынғы тектері мен әкелерінің аттарын ұсынылған туу туралы куәліктерге сәйкес бұрынғыдай жаза отырып ресімдеуге болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6236,207 +5452,227 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 34-тармаққа өзгеріс енгізілді – ҚР Ішкі істер министрінің 20.02.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 146</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 29.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 731</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Жоғалтуына байланысты Қазақстан Республикасы азаматының паспортын, Қазақстан Республикасы азаматының жеке куәлігін ауыстыру үшін иесі уәкілетті мемлекеттік органға осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2) тармақшаларында көзделген құжаттардан басқа жоғалтудың мән-жайларын көрсете отырып, жеке басты куәландыратын құжатты қалпына келтіру туралы жазбаша өтініш ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z119" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Жоғалтуына байланысты шетелдіктің Қазақстан Республикасында тұруына ықтиярхатты, азаматтығы жоқ адамның куәлігін ауыстыру үшін иесі уәкілетті мемлекеттік органға осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3) және 5) тармақшаларында (шетелдіктер үшін) көзделген құжаттардан басқа, жоғалтудың мән-жайларын көрсете отырып, жеке басты куәландыратын құжатты қалпына келтіру туралы жазбаша өтініш ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z120" w:id="113"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z120" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Қазақстан Республикасы азаматының паспортын немесе азаматтығы жоқ адамның куәлігін жоғалтқан кезде шетелде жүрген адамдар Қазақстан Республикасының шетелдегі мекемелеріне өтініш білдіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z121" w:id="114"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z121" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Шетелге тұрақты тұруға шығатын Қазақстан Республикасының азаматтары, Қазақстан Республикасында тұруына ықтиярхаты бар шетелдіктер жеке куәліктерін, шетелдіктің Қазақстан Республикасында тұруына ықтиярхаттарды уәкілетті мемлекеттік органға тапсырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z122" w:id="115"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z122" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Табылған жеке басты куәландыратын құжаттар уәкілетті мемлекеттік органға тапсырылады. Жоғалған жеке басты куәландыратын құжатты иесі қалпына келтірген, уәкілетті мемлекеттік органға келіп түскен күннен бастап бір жыл ішінде иесі оны талап етпеген жағдайда, табылған құжат осы Қағидалардың 43-1 және 43-2-тармақтарында көзделген тәртіппен жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6455,70 +5691,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="116"/>
+    <w:bookmarkStart w:name="z123" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Қайтыс болған, сот қайтыс болды деп жариялаған адамдардың уәкілетті мемлекеттік органға тапсырылған жеке басын куәландыратын құжаттары осы Қағидалардың 43-1 және 43-2-тармақтарында көзделген тәртіппен жойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уәкілетті мемлекеттік органның лауазымды адамдары формулярларда иелерінің қайтыс болғаны туралы белгі қояды және ақпарат деректер базасына түзетулер енгізу үшін Қазақстан Республикасы Ішкі істер министрлігі Көші-қон қызметіне (бұдан әрі – ІІМ КҚҚК) жолданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6555,168 +5791,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="117"/>
+    <w:bookmarkStart w:name="z124" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Қазақстан Республикасының заңдарында белгіленген жағдайларда және тәртіпте жеке басты куәландыратын құжаттарды алдын ала тергеу, анықтау органдарының лауазымды адамдары, сондай-ақ әкімшілік іс жүргізу және азаматтықты жоғалтуды және одан айыруды ресімдеу барысында лауазымды адамдар алып қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өзге органдар мен лауазымды адамдардың жеке басты куәландыратын құжаттарды алып қоюына тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="118"/>
+    <w:bookmarkStart w:name="z125" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Қазақстан Республикасы аумағында бас бостандығынан айыруға сотталған адамдардың жеке басын куәландыратын құжаттары алып қойылады және үкімдерді орындайтын мекемелерде сақталады. Жазаны өтеуден босатылған кезде жеке басты куәландыратын құжаттар иелеріне қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z126" w:id="119"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z126" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1), 2), 3), 4), 5), 6) тармақшаларына сәйкес жарамсыз құжаттарды уәкілетті мемлекеттік органның, Қазақстан Республикасының Мемлекеттік шекарасын жеке басты куәландыратын жарамсыз құжаттар бойынша кесіп өткен кезде Қазақстан Республикасы ҰҚК Шекара қызметінің алып қоюына жатады. Жарамсыз және ауыстырған кезде тапсырылған жеке басты куәландыратын құжаттар жойылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z138" w:id="120"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z138" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43-1. Жарамсыз жеке басты куәландыратын құжаттарды жоятын аумақтық ішкі істер органы басшысының бұйрығымен комиссия құрылады, оның саны мен құрамын Полиция басқармасының (бөлімінің) бастығы немесе оның орынбасары айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6735,90 +5971,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="121"/>
+    <w:bookmarkStart w:name="z139" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43-2. Жеке басты куәландыратын құжаттарды жоюды комиссия жойылатын құжаттың нөмірі мен түрін, оның иесі туралы мәліметтерді, құжаттың жарамсыз болу себептерін қамтитын, Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жою туралы акті жасай отырып, он күн сайын жүргізеді. Егер тапсыруға жататын құжатты иесі тапсырмаған жағдайда, актіде құжаттың нөмірі, түрі, оның иесі туралы мәліметтер, жарамсыз болу себебі, ескертпеде құжат тапсырылмағандығы көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке басты куәландыратын құжаттарды жоятын актіге комиссия мүшелері қол қояды және Полиция басқармасының (бөлімінің) бастығы немесе оның орынбасары бекітеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -6855,70 +6091,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:bookmarkStart w:name="z140" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43-3. Көші-қон қызметінің аумақтық бөлімшелері он күн сайын жарамсыздық туралы мәліметтерді деректер базасына енгізу үшін жарамсыз құжаттарды жою туралы актілерді Қазақстан Республикасы Ішкі істер министрлігінің "Ақпараттық-өндірістік орталық" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8395,55 +7631,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>