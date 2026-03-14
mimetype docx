--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8d45437" w14:textId="8d45437">
+    <w:p w14:paraId="2c80b7d" w14:textId="2c80b7d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4089,50 +4089,148 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша зейнетақы мен жәрдемақы тағайындау жөніндегі уәкілетті орган шешімінің Заңның 5-2-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негізінде мәліметтер, соның ішінде ақпараттық жүйелерден келіп түскен кейінгі айдың бірінші күнінен бастап тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәрдемақы төлеуді уақтылы тоқтата тұруды қамтамасыз ету мақсатында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Бас прокуратурасының Құқықтық статистика және арнайы есепке алу жөніндегі комитеті осы Қағидаларға 15-1-қосымшаға сәйкес іздестіруде жүрген хабарсыз жоғалған адамдардың электрондық тізімдерін ай сайын Мемлекеттік корпорацияға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z74" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Мемлекеттік корпорацияның бөлімшесі жәрдемақыны төлеуді жәрдемақы төлеуді тоқтата тұруды тудырған жағдайлардан болуын растайтын соның ішінде ақпараттық жүйелерден алынған құжаттар мен (немесе) мәліметтер негізінде өтініш бойынша қалпына келтіреді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
     <w:bookmarkStart w:name="z75" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4145,51 +4243,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Мемлекеттік корпорацияның бөлімшесі жәрдемақыны төлеуді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша зейнетақы мен жәрдемақы тағайындау жөніндегі уәкілетті органның шешімінің Заңның 5-2-бабының 3-тармағында көзделген негізінде мәліметтер, өтініштер мен сұратулардың келіп түскен кейінгі айдың бірінші күнінен бастап тоқтатады.</w:t>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша зейнетақы мен жәрдемақы тағайындау жөніндегі уәкілетті органның шешімінің Заңның 5-2-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген негізінде мәліметтер, өтініштер мен сұратулардың келіп түскен кейінгі айдың бірінші күнінен бастап тоқтатады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушінің негізсіз бастапқы тағайындауға алып келген дәйексіз мәліметтерді ұсыну фактісі анықталу себебі бойынша жәрдемақыны төлеу тоқтатылғанда осы Қағидаларда көзделген тәртіппен жаңа тағайындау процедурасы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4201,50 +4319,148 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Зейнетақы мен жәрдемақы тағайындау жөніндегі уәкілетті орган өтініш берушінің негізсіз бастапқы тағайындауға алып келген дәйексіз мәліметтерді ұсыну фактісі анықталу себебі бойынша төлемді тоқтату туралы шешім бекітілген кезде алушы тарапынан заңсыз жәрдемақы алуда қылмыс құрамының болуы немесе болмауы фактісін белгілеу үшін құқық қорғау органдарына жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалған құжаттар ұсыну туралы сот шешімін шығарған кезде жәрдемақыны төлеу бастапқы тағайындау кезінен бастап тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәрдемақы төлеуді уақтылы тоқтатуды қамтамасыз ету мақсатында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының шет елдегі мекемелері (бұдан әрі-шет елдегі мекемелер) осы Қағидаларға 16-1-қосымшаға сәйкес Қазақстан Республикасынан тыс жерде уақытша тұратын Қазақстан Республикасы азаматының қайтыс болуы туралы мәліметтерді шет елдегі мекемелерге келіп түсуіне қарай Мемлекеттік корпорацияға ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 41-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z76" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Мемлекеттік корпорацияның бөлімшесі жәрдемақыдан ұстап қалуға атқарушылық іс жүргізу құжаттары келіп түскен жағдайда "Атқарушылық iс жүргiзу және сот орындаушыларының мәртебесi туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -5208,145 +5424,183 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды _______________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
+        <w:t>
+      Қазақстан Республикасы Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің ________________ облысы (қаласы) бойынша департаменті</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат _______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
+      (өтініш берушінің тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туған күні: ____________________ жылғы "___" ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6379,51 +6633,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (құжаттарды қабылдаған адамның тегі, аты, әкесінің аты (бар болса) және қолы)</w:t>
+      (құжаттарды қабылдаған адамның тегі, аты, әкесінің аты (ол болған жағдайда) және қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6628,68 +6882,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (ұйым)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы "___" ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:bookmarkStart w:name="z97" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнайы жәрдемақы тағайындау үшiн жұмыстың сипатын немесе еңбек жағдайларын растайтын анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат ___________________________________________________________ берілді,  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7360,50 +7614,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7540,51 +7832,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігі Еңбек және әлеуметтік қорғау комитетінің аумақтық бөлімшелері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігі Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің аумақтық бөлімшелері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7671,51 +7963,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік корпорация);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) мемлекеттік арнайы жәрдемақы (бұдан әрі – жәрдемақы) тағайындау туралы ақпарат алу кезінде www.​egov.​kz "электрондық үкімет" веб-порталы (бұдан әрі – портал)</w:t>
+2) мемлекеттік арнайы жәрдемақы (бұдан әрі – жәрдемақы) тағайындау туралы ақпарат алу кезінде www.egov.kz "электрондық үкімет" веб-порталы (бұдан әрі – портал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8081,72 +8373,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес нысан бойынша жәрдемақы тағайындау (тағайындаудан бас тарту) туралы хабарлама.</w:t>
+              <w:t>
+ Мемлекеттік қызметті көрсету нәтижесі: осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша жәрдемақы тағайындау (тағайындаудан бас тарту) туралы хабарлама.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызметті көрсету нәтижесін ұсыну нысаны: электрондық және (немесе) қағаз түрінде.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8400,71 +8672,71 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Көрсетілетін қызметті берушіде – Қазақстан Республикасының </w:t>
+ 1) Көрсетілетін қызметті берушіде – Қазақстан Республикасының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сәйкес сенбі және жексенбі және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, жұмыс графигіне сәйкес сағат 9.00-ден 18.30-ға дейін, түскі асқа үзіліс 13.00-ден 14.30-ға дейін.</w:t>
+              <w:t xml:space="preserve"> сәйкес сенбі және жексенбі және мереке күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда, жұмыс графигіне сәйкес сағат 8.00-ден 17.30-ға дейін, түскі асқа үзіліс 13.00-ден 14.30-ға дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2) Мемлекеттік корпорацияда – Қазақстан Республикасының Еңбек кодексіне сәйкес мереке және демалыс күндерінен басқа, дүйсенбіден бастап жұманы қоса алғанда 9.00-ден 18.00-ге дейін үзіліссіз, Мемлекеттік корпорацияның кезекші бөлімдері дүйсенбіден бастап жұманы қоса алғанда 9.00-ден 20.00-ге дейін және сенбіде 9.00-ден 13.00-ге дейін.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8492,69 +8764,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мемлекеттік қызмет көрсетілетін орындардың мекенжайлары интернет-ресурстарда орналастырылған:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Министрлік www.​enbek.​gov.​kz, "Мемлекеттік көрсетілетін қызметтер" бөлімі</w:t>
+1) Министрлік www.enbek.gov.kz, "Мемлекеттік көрсетілетін қызметтер" бөлімі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Мемлекеттік корпорация – www.​gov4c.​kz</w:t>
+2) Мемлекеттік корпорация – www.gov4c.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8623,51 +8895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті алушы (немесе нотариат куәландырған сенімхат бойынша оның өкілі) мемлекеттік қызметті көрсету үшін жүгінген кезде осы Қағидаларға </w:t>
+ Көрсетілетін қызметті алушы (немесе нотариат куәландырған сенімхат бойынша оның өкілі) мемлекеттік қызметті көрсету үшін жүгінген кезде осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді және мынадай құжаттар ұсынады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -8697,51 +8969,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) жеке басты куәландыратын құжат (Қазақстан Республикасы азаматының паспорты, Қазақстан Республикасы азаматының жеке куәлігі (жеке басын сәйкестендіру үшін қажет);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) осы Қағидаларға </w:t>
+ 2) осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша мемлекеттік әлеуметтік жәрдемақыны тағайындау үшін жұмыс сипаты мен еңбек жағдайы туралы анықтама;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -8753,51 +9025,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйым таратылғанда жұмыс істеген орны, лауазымы, кәсібі, жұмыс істеген кезеңі, архивтік істің нөмірі, оның беттері мәліметтер көрсетілген мемлекеттік архивтің немесе ведомстволық архивтің уәкілетті қызметкерінің электрондық цифрлық қолтаңбасымен куәландырылған архивтік анықтама ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Архивтік құжаттар болмаған кезде, жұмыс сипаты немесе еңбек жағдайлары және олардың Қазақстан Республикасы Үкіметінің 1999 жылғы 19 желтоқсандағы № 1930 </w:t>
+ Архивтік құжаттар болмаған кезде, жұмыс сипаты немесе еңбек жағдайлары және олардың Қазақстан Республикасы Үкіметінің 1999 жылғы 19 желтоқсандағы № 1930 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаулысымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> бекітілген Жерасты және ашық кен жұмыстарындағы, еңбек жағдайлары ерекше зиянды және ерекше ауыр жұмыстардағы өндірістердің, жұмыстардың, кәсіптердің лауазымдар мен көрсеткіштердің № 1 тізіміне немесе Еңбек жағдайлары зиянды және ауыр жұмыстардағы өндірістердің, жұмыстардың, кәсіптердің, лауазымдар мен көрсеткіштердің № 2 тізіміне сәйкестігі сот органдары арқылы белгіленеді;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -8863,51 +9135,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 балалардың туу туралы куәліктері (азаматтық хал актілерін жазу органдары берген туу туралы актілік жазбадан үзінді көшірме немесе азаматтық хал актілерін тіркеу туралы анықтама);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Қазақстан Республикасы Заңының </w:t>
+ "Жаппай саяси қуғын-сүргіндер құрбандарын ақтау туралы" Қазақстан Республикасы Заңының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес прокуратура органдары берген ақталуы туралы анықтама; әскери ұрыс қимылдарына қатысқаны туралы әскери комиссариаттың анықтамасы; бірінші топтағы мүгедектігі бар адамға, екінші топтағы жалғызілікті мүгедектігі бар адамға және бөгде адамның көмегіне мұқтаж жасына байланысты зейнеткерге, сексен жасқа толған қарттарға, он сегіз жасқа дейінгі мүгедектігі бар балаға күтімді жүзеге асыру фактісін және кезеңін растайтын соттың шешімі; бұрынғы кеңестік мекемелер, Қазақстан Республикасының мекемелері, халықаралық ұйым қызметкері жұбайының (зайыбының) шетелде тұрғанын растайтын құжат; әскери қызметшінің, арнаулы мемлекеттік орган қызметкері жұбайының (зайыбының) мамандығы бойынша жұмысқа орналасу мүмкіндігі болмаған жерлерде тұрғанын растайтын құжат.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
@@ -9009,89 +9281,89 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қорғаншылық (қамқоршылық) белгіленгенгенде, қорғаншылық (қамқоршылық) белгіленгенін растайтын құжат ұсынылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Егер заңдар мен халықаралық шарттармен өзгеше көзделмесе, "Құжаттарды заңдастыру қағидаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрі міндетін атқарушының 2017 жылғы 6 желтоқсандағы № 11-1-2/576 </w:t>
+ Егер заңдар мен халықаралық шарттармен өзгеше көзделмесе, "Құжаттарды заңдастыру қағидаларын бекіту туралы" Қазақстан Республикасы Сыртқы істер министрі міндетін атқарушының 2017 жылғы 6 желтоқсандағы № 11-1-2/576 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығында</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> көзделген тәртіпте (Нормативті құқықтық актілерді мемлекеттік тіркеудің тізбесінде № 16116 тіркелген) шет мемлекеттің құзыретті мекемесі берген немесе куәландырған не осы тұлғаға арнайы уәкілеттік берілген, оның құзыреті шегінде және ол белгілеген нысан бойынша шет мемлекеттің ресми мөрімен бекітілген құжаттар арнайы куәландыру рәсімінен (заңдастыру немесе апостильдеу) өткеннен кейін ғана қабылданады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Шет тілінде жасалған құжаттарды ұсыну барысында нотариус "Нотариат туралы" Қазақстан Республикасы Заңының 34-бабы 1-тармағының </w:t>
+ Шет тілінде жасалған құжаттарды ұсыну барысында нотариус "Нотариат туралы" Қазақстан Республикасы Заңының 34-бабы 1-тармағының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) тармақшасына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9308,109 +9580,89 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағында көзделген тізбеге сәйкес құжаттар жиынтығын толық бермеген және (немесе) мерзімі өтіп кеткен құжаттарды ұсынған, жәрдемақы тағайындауға құқығы болмағанда Мемлекеттік корпорацияның осы Қағидаларға </w:t>
+ Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің 8-тармағында көзделген тізбеге сәйкес құжаттар жиынтығын толық бермеген және (немесе) мерзімі өтіп кеткен құжаттарды ұсынған, жәрдемақы тағайындауға құқығы болмағанда Мемлекеттік корпорацияның осы Қағидаларға </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымшаға</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес нысан бойынша тағайындауға өтінішті қабылдаудан бас тарту туралы қолхат береді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті қабылдаудан бас тарту туралы қолхатты өтініш берушіге тапсырады.</w:t>
+              <w:t>
+ Тиісті төлемді тағайындауға өтініш беру немесе төлеу фактісін растайтын мәліметтерді ақпараттық жүйелерден алғанда Мемлекеттік корпорацияның қызметкері осы Қағидаларға 4-қосымшаға сәйкес нысан бойынша өтінішті қабылдаудан бас тарту туралы қолхатты өтініш берушіге тапсырады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көрсетілетін қызметті көрсетуші мынадай негіздер бойынша мемлекеттік қызмет көрсетуден бас тартады:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9803,80 +10055,80 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="95"/>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнаулы жәрдемақыға</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>өтініш қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__жылғы "___" _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10169,80 +10421,80 @@
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнаулы жәрдемақы тағайындауға</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>өтініш қабылдаудан бас тарту туралы № ______ қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы "___" __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10571,80 +10823,80 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнаулы жәрдемақыға тағайындау (қайта есептеу) туралы азаматтардың</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>өтiнiштерiн тіркеудің электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
         <w:gridCol w:w="879"/>
@@ -12377,51 +12629,113 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Нысан</w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12431,107 +12745,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еңбек және әлеуметтiк қорғау комитетінің __________________________</w:t>
-[...17 lines deleted...]
-      облысы (қаласы) бойынша департаментінің 20__ жылғы "___" _________ № ___________ шешімі</w:t>
+      Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің __________________________ облысы (қаласы) бойынша департаментінің 20__ жылғы "___" _________ № ___________ шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Істің № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="98"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. № 1, № 2 тізімдер бойынша мемлекеттік арнайы жәрдемақы тағайындау (өзгерту, төлемді қалпына келтіру, тағайындаудан бас тарту) туралы</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат (ша) _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12556,52 +12852,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берген күні 20__ ж. "___" _________ № ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Талап етілетін еңбек өтілі ___________ жыл____ жыл ______ ай ______ күн (01.01.1998 ж. дейін) расталды. </w:t>
+        <w:t>
+      Талап етілетін еңбек өтілі ___________ жыл____ жыл ______ ай ______ күн (01.01.1998 ж. дейін) расталды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № 1 (№ 2) тізім бойынша өтілі ________ жыл _________ ай ____ күн</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12610,286 +12906,286 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жәрдемақы Қазақстан Республикасының ____ жылғы "___" _______ № ____ Заңы ________ -бабының _______ -тармағына сәйкес тағайындалсын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      алғанда___________________________________________________ теңге.  </w:t>
+        <w:t>
+      Айлық жәрдемақының мөлшері ____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      теңге 20__ жылғы "___" ___________ бастап 20__ жылғы "___" _________ қоса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алғанда___________________________________________________ теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (сомасы жазбаша)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="99"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жәрдемақы тағайындаудан бас тартылсын</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      __________________________________________________________________  </w:t>
+        <w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (негіздеме)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...90 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t>
+      Департамент басшысы ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма (бөлiм) басшысы __________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешiмнiң жобасын дайындаған:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12898,232 +13194,232 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация филиалының директоры</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...180 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13274,134 +13570,134 @@
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хабарлама</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>20__ жылғы "___" ___________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушінің тегі, аты, әкесінің аты (бар болса) __________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш берушінің туған күні ______ жылғы "___" _________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="101"/>
+    <w:bookmarkStart w:name="z113" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__ жылғы "___" ___________ дейін төмендегі құжаттарды ұсыну қажеттігі туралы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13640,80 +13936,80 @@
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнаулы жәрдемақының sms-хабарлар журналы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Мемлекеттік корпорацияның ____________ бөлімшесі бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -15161,92 +15457,92 @@
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="103"/>
+    <w:bookmarkStart w:name="z115" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнаулы жәрдемақы тағайындау</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(тағайындаудан бас тарту) туралы</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>№ ________ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20__ жылғы "___" ___________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15647,68 +15943,68 @@
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="104"/>
+    <w:bookmarkStart w:name="z117" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік арнаулы  жәрдемақының хабарламалар журналы Мемлекеттік корпорацияның ____________ бөлімшесі бойынша</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -19125,68 +19421,68 @@
               </w:rPr>
               <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="105"/>
+    <w:bookmarkStart w:name="z120" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Куәлiктерді тiркеу журналы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -20110,98 +20406,131 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тоқтату және оны төлеу туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">шешімді қайта қарау </w:t>
+              <w:t>шешімді қайта қарау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">қағидаларына </w:t>
+              <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-       Нысан</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 14-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -20211,89 +20540,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еңбек және әлеуметтiк қорғау комитетінің ________________________ облысы (қаласы) бойынша департаментiнің 20__ жылғы "___" _________ № _______ шешiмі</w:t>
+      Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің ________________________ облысы (қаласы) бойынша департаментiнің 20__ жылғы "___" _________ № _______ шешiмі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Істің № __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="106"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Мемлекеттік арнайы жәрдемақының мөлшерін арттыру туралы</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат (ша) _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20426,394 +20755,394 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жәрдемақының мөлшері 20____ жылғы "___" _________________ бастап</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...144 lines deleted...]
-      Шешiмнiң жобасын дайындаған: </w:t>
+        <w:t>
+      _______________________________________________________________ теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сомасы жазбаша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент басшысы ____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма (бөлiм) басшысы _________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешiмнiң жобасын дайындаған:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация филиалының директоры</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...162 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң маманы _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20961,51 +21290,113 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Нысан</w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 15-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -21015,89 +21406,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала)______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еңбек және әлеуметтік қорғау комитетінің ____________________ облысы (қаласы) бойынша департаментiнiң 20__ жылғы "___" __________ № _______ шешiмi</w:t>
-[...37 lines deleted...]
-    <w:bookmarkEnd w:id="107"/>
+      Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің ____________________ облысы (қаласы) бойынша департаментiнiң 20__ жылғы "___" __________ № _______ шешiмi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Iстің № __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік арнаулы жәрдемақы төлеудi тоқтата тұру туралы</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат__________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -21122,412 +21513,412 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлем 20_____ жылғы "___" ____________ бастап тоқтатыла тұрсын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...360 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса)</w:t>
+        <w:t>
+      Негiздеме ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (себебi көрсетiлсiн)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент басшысы ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма (бөлiм) басшысы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда) \</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешiмнiң жобасын дайындаған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының директоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21654,594 +22045,926 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>16-қосымша</w:t>
+              <w:t>15-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Нысан</w:t>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z126" w:id="108"/>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z137" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік арнаулы жәрдемақы төлеудi тоқтату туралы</w:t>
-[...68 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> Іздеудегі жоғалған адамдардың тізімі 202 ____ жылғы____ ай үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Негiздеме ______________________________________________________  </w:t>
-[...359 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса)</w:t>
+      Ескерту. Қағидалар 15-1-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туған күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұрақты тұрғылықты мекен жайы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Іздеу туралы хабарландыру күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекеменің мөр</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орыны</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Бас</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Прокуратурасының құқықтық</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      статистика және арнайы есепке алу комитетінің төрағасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты орындаушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (ол болған жағдайда), телефон)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22368,72 +23091,134 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>17-қосымша</w:t>
+              <w:t>16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       Нысан</w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Код ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -22443,591 +23228,519 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Еңбек және әлеуметтік қорғау комитетінің__________________ облысы (қаласы) бойынша департаментiнiң 20__ жылғы "___" _____________ № ___________ шешiмi</w:t>
-[...539 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса)</w:t>
+      Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің _________________________ облысы (қаласы) бойынша департаментiнің 20__ жылғы "___" _____________ № ___________ шешiмi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Iстің №____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік арнаулы жәрдемақы төлеудi тоқтату туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азамат ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жынысы _____ Туған күнi ___ жылғы "___" _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем 20______ жылғы "___" __________ бастап тоқтатылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Негiздеме ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (себебi көрсетiлсiн)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент басшысы _____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма (бөлiм) басшысы _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешiмнiң жобасын дайындаған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының директоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23154,71 +23867,1999 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>18-қосымша</w:t>
+              <w:t>16-1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z139" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (шет елдегі мекеменің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар 16-1-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Консулдық есепте тұрған Қазақстан Республикасынан тыс жерде уақытша тұратын Қазақстан Республикасының қайтыс болған азаматтарының тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкесінің аты (ол болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Туған күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қайтыс болған күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұратын елі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шет елдегі мекеменің басшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (тегі, аты, әкесінің аты (ол болған жағдайда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мөр орыны (шет елдегі мекеме)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жауапты орындаушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік арнаулы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жәрдемақыны тағайындау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге асыру, тоқтата тұру,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қайта есептеу, қайта бастау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тоқтату және оны төлеу туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">шешімді қайта қарау </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 439</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Код ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыс (қала) ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықты әлеуметтік қорғау саласындағы реттеу және бақылау комитетінің _________________ облысы (қаласы) бойынша департаментiнiң 20__ жылғы "___" _____________ № ___________ шешiмi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Iстің № __________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Соманы мемлекеттік арнаулы жәрдемақының ұстап қалу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Азамат _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жынысы ______________ Туған күнi _____ жылғы "___" ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәрдемақы мөлшері ____________________ теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________ теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (сомасы жазбаша)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20_____ жылғы "___" __________бастап өтініш негізінде ұстап қалу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________ жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұстап қалу мөлшері ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (ұстап қалу сомасы) 20__ жылғы "___" _________бастап толық өтеуге дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Департамент басшысы________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басқарма (бөлiм) басшысы ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Маман _____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешiмнiң жобасын дайындаған:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының директоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация филиалының маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң бастығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация бөлiмшесiнiң маманы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік арнаулы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жәрдемақыны тағайындау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүзеге асыру, тоқтата тұру,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қайта есептеу, қайта бастау,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тоқтату және оны төлеу туралы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">шешімді қайта қарау </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -23250,68 +25891,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның____________________ облысы (қаласы) бойынша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________ бөлімшесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="110"/>
+    <w:bookmarkStart w:name="z130" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат ____________________________________________________________  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24323,80 +26964,80 @@
               </w:rPr>
               <w:t>19-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="111"/>
+    <w:bookmarkStart w:name="z132" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__ жылғы "____" ____________№ _______ </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>анықтама-аттестат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат мемлекеттік арнаулы жәрдемақыны Мемлекеттік корпорацияның бөлімшесінде _________________ алып отырды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27391,68 +30032,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның____________________ облысы (қаласы) бойынша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________ бөлімшесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат ________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28303,55 +30944,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>