--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ff5c701" w14:textId="ff5c701">
+    <w:p w14:paraId="32bc9fa" w14:textId="32bc9fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,156 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 01.07.2023 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің 246-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,192 +356,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының 14-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-1 тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Бірыңғай төлемнің артық (қате) төленген және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомаларын төлеу, аудару және бөлу, сондай-ақ қайтару қағидалары айқындалсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Бірыңғай төлемді төлеу, аудару және бөлу, сондай-ақ қайтару қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 30 қаңтардағы № 28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31819 болып тіркелген) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Әлеуметтік қамсыздандыру және әлеуметтің сақтандыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелген күннен бастап он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -451,91 +555,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтер ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...15 lines deleted...]
-      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау вице-министріне жүктелсін.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Осы бұйрық 2023 жылғы 1 шілдеден бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1307,87 +1411,192 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірыңғай төлемнің артық (қате) төленген және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомаларын төлеу, аудару және бөлу, сондай-ақ қайтару қағидалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Бірыңғай төлемнің артық (қате) төленген және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомаларын төлеу, аудару және бөлу, сондай-ақ қайтару қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Кодекс) 246-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1442,493 +1651,606 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 14-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-1 тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және бірыңғай төлемді есептеу, төлеу, аудару және бөлу тәртібін, сондай-ақ оны қайтару қағидалары.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аударымдар – жұмыс берушілер өз қаражаты есебінен әлеуметтік медициналық сақтандыру қорына төлейтін, өздеріне аударымдар төлеу жүзеге асырылған медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) әлеуметтік медициналық сақтандыру қоры (бұдан әрі – ӘМСҚ) –аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алу мен оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік төлемдер – міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, әлеуметтік кодекске сәйкес төленетін әлеуметтік аударымдар, заңға сәйкес төленетін міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – бірыңғай жинақтаушы зейнетақы қоры – зейнетақы жарналарын тарту және зейнетақы төлемдері жөніндегі қызметті, сондай-ақ Әлеуметтік Кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...15 lines deleted...]
-      5) әлеуметтік төлемдер – міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, әлеуметтік кодекске сәйкес төленетін әлеуметтік аударымдар, заңға сәйкес төленетін міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналар;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бірыңғай төлем бойынша берешек – заңнамада белгіленген мерзімдерде есептелген және төленбеген бірыңғай төлем сомалары, сондай-ақ олар бойынша төленбеген өсімпұл сомалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бірыңғай төлем төлеуші (бұдан әрі – төлеуші) – Cалық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған салық агенті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) жарналар – Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жарналарды төлеушілер қорға төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жұмыс берушінің міндетті зейнетақы жарналары – агенттер Қазақстан Республикасының заңнамасында белгіленген тәртіппен шартты зейнетақы шотына өз қаражаты есебінен аударған ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекмині ААЖ) – зейнетақы мен әлеуметтік аударымдарды және төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ведомстволық ақпараттық жүйесі (бұдан әрі – ҚР Қаржымині МКК АЖ) – Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ішкі құжаттарымен реттелетін ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      10) жұмыс берушінің міндетті зейнетақы жарналары – агенттер Қазақстан Республикасының заңнамасында белгіленген тәртіппен шартты зейнетақы шотына өз қаражаты есебінен аударған ақша;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) мемлекеттік кіріс органы – өз құзыреті шегінде бюджетке салықтар мен төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның қарауына жатқызылған әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу және ашу жөніндегі өкілеттіктерді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді орындайтын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z25" w:id="23"/>
-[...15 lines deleted...]
-      11) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекмині ААЖ) – зейнетақы мен әлеуметтік аударымдарды және төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – МӘСҚ) – құрылтайшысы және жалғыз акционері мемлекет болып табылатын, асыраушысынан айырылған жағдайда асырауындағы отбасы мүшелерін қоса алғанда, оларға қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік аударымдарды шоғырландыруды, әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z26" w:id="24"/>
-[...15 lines deleted...]
-      12) Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ведомстволық ақпараттық жүйесі (бұдан әрі – ҚР Қаржымині МКК АЖ) – Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ішкі құжаттарымен реттелетін ақпараттық жүйе;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) міндетті зейнетақы жарналары – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Бірыңғай жинақтаушы зейнетақы қорына Әлеуметтік кодекске сәйкес енгізілетін ақша.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z27" w:id="25"/>
-[...15 lines deleted...]
-      13) мемлекеттік кіріс органы – өз құзыреті шегінде бюджетке салықтар мен төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның қарауына жатқызылған әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу және ашу жөніндегі өкілеттіктерді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді орындайтын мемлекеттік орган;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бірыңғай төлем құрамында төлеуге жататын әрбір қызметкер үшін бір айдағы жарналар (бұдан әрі – шектер) белгіленген шектерден аспайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z28" w:id="26"/>
-[...120 lines deleted...]
-    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       әлеуметтік Кодекстің 249-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2037,148 +2359,262 @@
         </w:rPr>
         <w:t xml:space="preserve">
       міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналар үшін – Заңның 29-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес табыс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлемді және (немесе) өсімпұлды төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлемді және (немесе) өсімпұлды төлеуді төлеуші "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын ескере отырып, банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы мемлекеттік корпорацияның банктік шотына қолма-қол ақшамен не қолма-қол ақшасыз тәсілмен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Төлеушілердің бірыңғай төлем және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл бойынша берешекті төлеуі кезеңге (ай (айлар), жыл (жылдар)) Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында айқындалған нысан бойынша жиынтық төлем тапсырмасымен және оператор немесе төлем жүйелерінің операциялық орталығы бекіткен хабарламалар форматтарында жүзеге асырылады (бұдан әрі – жиынтық төлем тапсырмасы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бірыңғай төлем және (немесе) өсімпұл төленетін әрбір қызметкер бойынша жиынтық төлем тапсырмасында: тегі, аты, әкесінің аты (ол болған кезде); жеке сәйкестендіру нөмірі; бірыңғай төлемнің және (немесе) өсімпұлдың аударылатын сомасы; бірыңғай төлем және (немесе) өсімпұл төленетін кезең (ай, жыл); бірыңғай төлемнің құрамына енгізілген төлемдер бойынша Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2391,70 +2827,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бірыңғай төлемді уақтылы төлемеген кезде мемлекеттік кіріс органдары Қазақстан Республикасының салық заңнамасында көзделген тәртіппен және мерзімдерде өндіріп алу тәсілдері мен шараларын қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірыңғай төлемді БЖЗҚ, ӘМСҚ, МӘСҚ және Мемлекеттік кірістер органына уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын төлеу кезінде төлеуші банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға Басқарманың қаулысына сәйкес "төлем мақсаты" – "(ай (айлар), жыл (жылдар)) үшін бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл" бағанында төлем мақсатының тиісті кодын көрсете отырып, төлем тапсырмасын ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2607,90 +3043,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Төлеуші есептелген кірістер бойынша бірыңғай төлемді ай сайын, есепті айдан кейінгі айдың 25-күнінен кешіктірмей банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы бірыңғай төлем аударылатын айды көрсете отырып, Мемлекеттік корпорацияның банктік шотына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар бірыңғай төлемнің және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомасын төлеуші бастамашылық жасаған күні Мемлекеттік корпорацияға жиынтық төлем тапсырмасымен аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жөнелтуші банктер қалыптастыратын жиынтық төлем тапсырмасында бірыңғай төлем және (немесе) өсімпұл төленетін кезең "ААЖЖЖ" форматындағы "Prd" тиісті жолағында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2747,70 +3183,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Төлеуші жиынтық төлем тапсырмасында "AddtlRmtInf" жолында қызметкерлер бойынша тиынның (үтірден кейінгі екі белгі) жүздік үлесі шегінде бірыңғай төлемнің және (немесе) өсімпұлдың сомасын және әлеуметтік төлемдер (міндетті зейнетақы кәсіптік жарналарын қоспағанда) және жеке табыс салығы бойынша төлемдерді тағайындау кодтарын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AddtlRmtInf" жолында қызметкерлер бойынша бірыңғай төлем және (немесе) өсімпұл сомалары және жеке табыс салығы мен әлеуметтік төлемдер (міндетті зейнетақы кәсіптік жарналарын қоспағанда) төлемдерін тағайындау кодтары болмаған кезде банк және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым бірыңғай төлемді Мемлекеттік корпорацияның тиісті шотына қабылдау және аудару жөніндегі операцияны жүргізбейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2867,128 +3303,232 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлемнің және (немесе) өсімпұлдың артық (қате) төленген сомаларын аудару және бөлу, сондай-ақ қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. ҚР Еңбекмині ААЖ-ға бірыңғай төлемді аударуды және бөлуді мемлекеттік корпорация Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-6-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мемлекеттік корпорация мемлекеттік корпорацияның шотына келіп түскен бірыңғай төлем және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл сомалары түскен күннен бастап үш операциялық күннен кешіктірмей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 244-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3139,50 +3679,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған міндетті әлеуметтік медициналық сақтандыруға жарналардың үлестерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақтың жетінші абзацы жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Салық кодексінің 776-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3254,52 +3900,149 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z41" w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақтың бірінші абзацы жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3314,145 +4057,250 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кәсіпкерлік субъектілерінің санаттарына жататындығын қоспағанда, Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-1-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тұлғалар санатына төлеушілердің тиесілігі туралы мәліметтер ҚР Қаржымині МКК АЖ-дан ҚР Еңбекмині ААЖ-ға ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Кәсіпкерлік кодексінің 24-бабына сәйкес төлеушілердің кәсіпкерлік субъектілерінің санаттарына тиесілігі туралы мәліметтер Ұлттық экономика министрлігінің кәсіпкерлік субъектілерінің тізілімінен Қазақстан Республикасының Еңбекмині ААЖ-ға ұсынылады. Кәсіпкерлік субъектілері бойынша мәліметтерді жаңарту кезеңі ай сайын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік корпорация бөлетін бірыңғай төлем және (немесе) өсімпұл сомалары БЖЗҚ, ӘМСҚ және МӘСҚ-ға тиын шегінде – Басқарманың қаулысына сәйкес төлемді тағайындауда әлеуметтік төлемдер мен жеке табыс салығының тиісті кодтарымен жүзден бір бөлігіне дейін (үтірден кейінгі екі белгі) аударылады. Қалған мыңыншы және одан әрі тиын үлестері (олар болған кезде) жеке табыс салығының пайдасына жинақталады және тиісті мемлекеттік кіріс органына аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бірыңғай төлем шеңберінде жеке табыс салығын бөлуді Мемлекеттік корпорация Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетінен алынатын мемлекеттік кіріс органдарының кодтары анықтамалығының мәліметтеріне сәйкес жүзеге асырады. Мемлекеттік кіріс органдары кодтарының анықтамалығын өзектендіру анықтамалықты ҚР Қаржымині МКК АЖ-дан ҚР Еңбекмині ААЖ-ға жүктеу жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мемлекеттік корпорацияның шотына келіп түскен бірыңғай төлем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірыңғай төлем сомасында қателіктер жіберген;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -3701,90 +4549,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Жеке табыс салығын қоспағанда, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген шектерге сәйкес келетін бірыңғай төлем құрамындағы үлестің және (немесе) үлестің сомасы асып кеткен кезде бірыңғай төлемді төлеушіге ішінара қайтаруды Мемлекеттік корпорация жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация бірыңғай төлемді әлеуметтік төлемдер үлестері бойынша (міндетті кәсіптік зейнетақы жарналарын қоспағанда) бөлуге шектерден аспаған соманың бір бөлігі жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3877,169 +4725,169 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:bookmarkStart w:name="z53" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Төлеушілер заңнамада белгіленген тәртіппен бірыңғай төлемнің және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың есептелген және төленген сомалары туралы, оның ішінде бірыңғай төлемнің және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың қате (артық) төленген сомасын қайтару туралы мәліметтердің бухгалтерлік есеп және қаржылық есептілік туралы заңнамаға сәйкес электрондық немесе қағаз жеткізгіштерде сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің қызметі тоқтатылған кезде бірыңғай төлемді және бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлды есептеу және төлеу туралы құжаттар Мемлекеттік мұрағатқа беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бірыңғай төлемді төлеуші, сондай-ақ қызметкер қажет болған жағдайда Мемлекеттік корпорациядан бірыңғай төлемнің төленген сомалары немесе оның үлестері туралы ақпаратты сұратады және тегін алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z55" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлем және (немесе) өсімпұл сомасын қайтару, артық (қате) төлеген және Мемлекеттік корпорация БЖЗҚ-ға, ӘМСҚ-ға, МӘСҚ-ға және тиісті мемлекеттік кіріс органына бөлген бірыңғай төлем сомасын қайтару осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша төлеушінің Мемлекеттік корпорацияға жіберілген өтініші негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z56" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Артық (қате) төленген бірыңғай төлем сомалары қайтарылуға жатпайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z57" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Әлеуметтік кодекстің 78-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4114,707 +4962,935 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 240-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемдердің мөлшерін есептеу кезінде есепке алынбаған, артық (қате) төленген әлеуметтік аударымдардың сомаларын қоспағанда, әлеуметтік төлемдерді тағайындау кезінде қатысу өтіліне есептелген кезең үшін есептелген әлеуметтік аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z58" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инфляция деңгейін ескере отырып, нақты енгізілген міндетті зейнетақы жарналарының сомасы мен зейнетақы жинақтарының сомасы арасындағы айырманы төлеу сомасын есептеу кезінде ескерілген міндетті зейнетақы жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z59" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) МӘСҚ-дан әлеуметтік төлем тағайындау кезінде ескерілген кірістерден аударылған міндетті зейнетақы жарналары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z60" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін төлеуші артық (қате) төлеген бірыңғай төлем және (немесе) өсімпұл сомаларын қайтаруға арналған өтінішке жұмыс берушінің, зейнетақы төлемдерін алушының міндетті зейнетақы жарналары төленген жеке тұлғаның оның жеке/шартты зейнетақы шотынан есептен шығаруға келісетіні туралы міндетті зейнетақы жарналары салымшысының нотариалды куәландырылған өтініші қоса беріледі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан немесе Мемлекеттік корпорацияға жіберілген соттың шешімі бойынша қате есептелген сомалар.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Банктің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның кінәсінан бірыңғай төлемді аудару кезінде қателіктер жіберілген кезде төлеушінің банкі немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымы осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша қате аударылған сомаларды қайтару туралы өтінішті Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеуші банкінің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымының өтініші қате аударылған бірыңғай төлем сомаларын қайтаруға арналған хаттар мен өтініштерге қол қоюға осы адамдардың өкілеттігін растайтын құжаттың көшірмесін қоса бере отырып, банктің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның уәкілетті тұлғаларының қолы қойылып беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Төлеуші артық (қате) төлеген бірыңғай төлем сомаларын қайтаруға арналған өтініш:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірыңғай төлемді және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлды есептеу фактісі расталмаса немесе бірыңғай төлем сомасы бұрын түзетілсе (банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға қайтарылса);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) төлеушінің өтініші және жұмыс берушінің міндетті зейнетақы жарналары төленген жеке тұлғаның міндетті зейнетақы жарналарының, жұмыс берушінің міндетті зейнетақы жарналарының сомасын жеке/шартты зейнетақы шотынан есептен шығаруға міндетті зейнетақы жарналары салымшысының келісімі осы Қағидаларға 1 және 2-қосымшалардың нысандарына сәйкес келмесе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс берушінің, зейнетақы төлемдерін алушының жеке/шартты зейнетақы шотынан қате есептелген сомаларды есептен шығаруға келісетіні туралы міндетті зейнетақы жарналары салымшысының, жұмыс берушінің, зейнетақы төлемдерін алушының міндетті зейнетақы жарналары төленген жеке тұлғаның нотариат куәландырған өтініші болмаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төлеушінің өтінішінде қайтарудың дұрыс себебі көрсетілмесе (бірнеше себептер таңдау);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
-[...15 lines deleted...]
-      22. Банктің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның кінәсінан бірыңғай төлемді аудару кезінде қателіктер жіберілген кезде төлеушінің банкі немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымы осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша қате аударылған сомаларды қайтару туралы өтінішті Мемлекеттік корпорацияға жібереді.</w:t>
+    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтінішке осы Қағидаларға 1-қосымшада көзделген қайтару себебін растайтын құжаттар қоса берілмесе;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:p>
-[...33 lines deleted...]
-      23. Төлеуші артық (қате) төлеген бірыңғай төлем сомаларын қайтаруға арналған өтініш:</w:t>
+    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтініште көрсетілген бір айда екі және одан да көп рет бірыңғай төлем төлеу себебі расталмаса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z63" w:id="54"/>
-[...119 lines deleted...]
-    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:bookmarkStart w:name="z69" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) әлеуметтік аударымдардың үлесі Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жасқа толған адамдар үшін артық төленгені расталмаса Мемлекеттік корпорацияның қарауына қабылданбайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Бірыңғай төлемді төлеушіден, немесе банктен, немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымнан артық (қате) төленген бірыңғай төлем сомаларын қайтаруға арналған өтініш негізінде Мемлекеттік корпорация өтініш келіп түскен күннен бастап екі жұмыс күні ішінде тиісті мемлекеттік кіріс органына бірыңғай төлемдегі жеке табыс салығының үлесін қайтаруға алдын ала сұрау салуды жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті мемлекеттік кіріс органы 1 жұмыс күні ішінде тиісті мемлекеттік кіріс органының кодын көрсете отырып, алдын ала сұрау салуға жауап жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті мемлекеттік кірістер органынан оң жауап алған кезде Мемлекеттік корпорация екі жұмыс күні ішінде бірыңғай төлем үлестерін қайтаруға БЖЗҚ, ӘМСҚ, МӘСҚ және (немесе) тиісті мемлекеттік кірістер органына негізгі сұрау салуды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Өтінім келіп түскеннен кейін жеті жұмыс күні ішінде БЖЗҚ, ӘМСҚ, МӘСҚ және тиісті мемлекеттік кірістер органы жиынтық төлем тапсырмасын қалыптастырады және оларды кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аударуды жүзеге асырады не бірыңғай төлем үлесін қайтаруды жүзеге асырмайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z87" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеу кезеңі әлеуметтік төлемдерді тағайындау кезінде міндетті әлеуметтік сақтандыру жүйесіне қатысу өтіліне есептелген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z88" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Жұмыс берушінің, зейнетақы төлемдерін алушының міндетті зейнетақы жарналары төленген жеке тұлғаның міндетті зейнетақы жарналары салымшысының жеке/шартты зейнетақы шотындағы соманың жеткіліксіздігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z89" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) егер міндетті зейнетақы жарналарының сомасы тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында зейнетақы төлемдерінің, біржолғы зейнетақы төлемдерінің сомасын есептеу кезінде және зейнетақы жинақтарын сақтандыру ұйымына аудару кезінде ескерілсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z90" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) табыстардан аударылған міндетті зейнетақы жарналарының сомалары МӘСҚ-дан әлеуметтік төлем тағайындау кезінде есепке алынған;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      24. Бірыңғай төлемді төлеушіден, немесе банктен, немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымнан артық (қате) төленген бірыңғай төлем сомаларын қайтаруға арналған өтініш негізінде Мемлекеттік корпорация өтініш келіп түскен күннен бастап екі жұмыс күні ішінде тиісті мемлекеттік кіріс органына бірыңғай төлемдегі жеке табыс салығының үлесін қайтаруға алдын ала сұрау салуды жібереді.</w:t>
+    <w:bookmarkStart w:name="z91" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналарды төлеу кезеңінде медициналық қызметтерді тұтынушы міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алынған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтініште көрсетілген бір айда екі және одан да көп рет бірыңғай төлем төлеу себебі расталмаған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
-[...26 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...139 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-3-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлеуден босатылған тұлға үшін әлеуметтік аударым төленгені расталмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z94" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бірыңғай төлемді Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-1-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бірыңғай төлемді төлеуші деп танылған тұлға төлегені расталмаған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4853,90 +5929,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Қорлардан және тиісті мемлекеттік кіріс органынан бірыңғай төлемнің бір немесе бірнеше үлесін қайтарудан бас тартуды алған кезде Мемлекеттік корпорация үш операциялық күн ішінде бірыңғай төлемнің түскен үлестерін қорларға және тиісті мемлекеттік кіріс органына қайтарады және үш операциялық күн ішінде бірыңғай төлем төлеушіге бас тарту себебін көрсете отырып хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қорлар мен тиісті мемлекеттік кірістер органының оң шешімі кезінде Мемлекеттік корпорация бірыңғай төлемнің барлық үлестерін алғаннан кейін үш операциялық күн ішінде жиынтық төлем тапсырмасын қалыптастырады және төлеушіге артық (қате) төленген бірыңғай төлем және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын аударады және қаражатты төлеушінің банктік шотына аударуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4975,70 +6051,186 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Мемлекеттік корпорация өткен операциялық күн үшін күн сайын мемлекеттік кіріс органына бірыңғай төлемді төлеушілер бойынша банктердің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың аудару күнін көрсете отырып, келіп түскен және қате аударылған бірыңғай төлем және (немесе) өсімпұл үлестерінің қайтарылған тізілімдерін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5301,68 +6493,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қате төленген бірыңғай төлем сомаларын қайтаруға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6714,68 +7906,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сондай-ақ қайтару қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="75"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымшының жұмыс берушінің, міндетті зейнетақы төлемдерін алушының жеке/шартты зейнетақы шотынан қате есептелген сомаларды есебінен шығаруға келісім туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>