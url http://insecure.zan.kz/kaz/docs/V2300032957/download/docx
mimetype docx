--- v1 (2025-11-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="32bc9fa" w14:textId="32bc9fa">
+    <w:p w14:paraId="1a97bee" w14:textId="1a97bee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,156 +152,51 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы бұйрық 01.07.2023 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің 246-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -313,234 +208,327 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 248-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
-[...42 lines deleted...]
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:t xml:space="preserve">, Қазақстан Республикасы Салық Кодексі 823-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағының 2-1 тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Бірыңғай төлемнің артық (қате) төленген және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомаларын төлеу, аудару және бөлу, сондай-ақ қайтару қағидалары айқындалсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Бірыңғай төлемді төлеу, аудару және бөлу, сондай-ақ қайтару қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 30 қаңтардағы № 28 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31819 болып тіркелген) күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Әлеуметтік қамсыздандыру және әлеуметтің сақтандыру департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелген күннен бастап он жұмыс күні ішінде Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -555,91 +543,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтер ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Еңбек және халықты әлеуметтік қорғау вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық 2023 жылғы 1 шілдеден бастап қолданысқа енгізіледі және ресми жариялануға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1411,846 +1399,740 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бірыңғай төлемнің артық (қате) төленген және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомаларын төлеу, аудару және бөлу, сондай-ақ қайтару қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z95" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Осы Бірыңғай төлемнің артық (қате) төленген және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомаларын төлеу, аудару және бөлу, сондай-ақ қайтару қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Әлеуметтік кодекс) 246-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 248-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Қазақстан Республикасының Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>823-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тармағына және "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 14-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-1-тармақшасына сәйкес әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...148 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аударымдар – жұмыс берушілер өз қаражаты есебінен әлеуметтік медициналық сақтандыру қорына төлейтін, өздеріне аударымдар төлеу жүзеге асырылған медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) әлеуметтік медициналық сақтандыру қоры (бұдан әрі – ӘМСҚ) –аударымдар мен жарналарды шоғырландыруды жүргізетін, сондай-ақ медициналық көмек көрсететін денсаулық сақтау субъектілерінің көрсетілетін қызметтерін медициналық көрсетілетін қызметтерді сатып алу шартында көзделген көлемдерде және талаптармен сатып алу мен оларға ақы төлеуді және Қазақстан Республикасының заңдарында айқындалған өзге де функцияларды жүзеге асыратын коммерциялық емес ұйым; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік төлемдер – міндетті зейнетақы жарналары, міндетті кәсіптік зейнетақы жарналары, жұмыс берушінің міндетті зейнетақы жарналары, әлеуметтік кодекске сәйкес төленетін әлеуметтік аударымдар, заңға сәйкес төленетін міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бірыңғай жинақтаушы зейнетақы қоры (бұдан әрі – БЖЗҚ) – бірыңғай жинақтаушы зейнетақы қоры – зейнетақы жарналарын тарту және зейнетақы төлемдері жөніндегі қызметті, сондай-ақ Әлеуметтік Кодексте айқындалған өзге де функцияларды жүзеге асыратын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) бірыңғай төлем бойынша берешек – заңнамада белгіленген мерзімдерде есептелген және төленбеген бірыңғай төлем сомалары, сондай-ақ олар бойынша төленбеген өсімпұл сомалары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...154 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) бірыңғай төлем төлеуші (бұдан әрі – төлеуші) – Cалық кодексінің 820-бабында айқындалған салық агенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) жарналар – Заңның 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген жарналарды төлеушілер қорға төлейтін және медициналық көрсетілетін қызметтерді тұтынушыларға міндетті әлеуметтік медициналық сақтандыру жүйесіндегі медициналық көмекті алу құқығын беретін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жұмыс берушінің міндетті зейнетақы жарналары – агенттер Қазақстан Республикасының заңнамасында белгіленген тәртіппен шартты зейнетақы шотына өз қаражаты есебінен аударған ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің "Төлемдерді өңдеуді ұйымдастыру" ведомстволық автоматтандырылған ақпараттық жүйесі (бұдан әрі – ҚР Еңбекмині ААЖ) – зейнетақы мен әлеуметтік аударымдарды және төлемдерді өңдеуді ұйымдастыру үшін процестерді автоматтандыру жөніндегі ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ведомстволық ақпараттық жүйесі (бұдан әрі – ҚР Қаржымині МКК АЖ) – Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің ішкі құжаттарымен реттелетін ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) мемлекеттік кіріс органы – өз құзыреті шегінде бюджетке салықтар мен төлемдердің түсуін қамтамасыз етуді, Қазақстан Республикасында кедендік реттеуді, Қазақстан Республикасының заңнамасында осы органның қарауына жатқызылған әкімшілік құқық бұзушылықтардың алдын алу, анықтау, жолын кесу және ашу жөніндегі өкілеттіктерді жүзеге асыратын, сондай-ақ Қазақстан Республикасының заңнамасында көзделген өзге де өкілеттіктерді орындайтын мемлекеттік орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – МӘСҚ) – құрылтайшысы және жалғыз акционері мемлекет болып табылатын, асыраушысынан айырылған жағдайда асырауындағы отбасы мүшелерін қоса алғанда, оларға қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік аударымдарды шоғырландыруды, әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) міндетті зейнетақы жарналары – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Бірыңғай жинақтаушы зейнетақы қорына Әлеуметтік кодекске сәйкес енгізілетін ақша.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Бірыңғай төлем құрамында төлеуге жататын әрбір қызметкер үшін бір айдағы жарналар (бұдан әрі – шектер) белгіленген шектерден аспайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       әлеуметтік Кодекстің 249-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2359,356 +2241,242 @@
         </w:rPr>
         <w:t xml:space="preserve">
       міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналар үшін – Заңның 29-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес табыс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="26"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлемді және (немесе) өсімпұлды төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z32" w:id="27"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлемді және (немесе) өсімпұлды төлеуді төлеуші "Төлемдер және төлем жүйелері туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарын ескере отырып, банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы мемлекеттік корпорацияның банктік шотына қолма-қол ақшамен не қолма-қол ақшасыз тәсілмен жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Төлеушілердің бірыңғай төлем және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл бойынша берешекті төлеуі кезеңге (ай (айлар), жыл (жылдар)) Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында айқындалған нысан бойынша жиынтық төлем тапсырмасымен және оператор немесе төлем жүйелерінің операциялық орталығы бекіткен хабарламалар форматтарында жүзеге асырылады (бұдан әрі – жиынтық төлем тапсырмасы).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бірыңғай төлем және (немесе) өсімпұл төленетін әрбір қызметкер бойынша жиынтық төлем тапсырмасында: тегі, аты, әкесінің аты (ол болған кезде); жеке сәйкестендіру нөмірі; бірыңғай төлемнің және (немесе) өсімпұлдың аударылатын сомасы; бірыңғай төлем және (немесе) өсімпұл төленетін кезең (ай, жыл); бірыңғай төлемнің құрамына енгізілген төлемдер бойынша Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 203 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (бұдан әрі – Басқарманың қаулысы) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 болып тіркелген) бекітілген Экономика секторларының және төлемдер белгілеу кодтарын және Салық кодексінің 776-3-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігінің ережелеріне сәйкес әлеуметтік төлемдердің тиісті үлестеріне азайтуды есепке алмағанда есептелген бірыңғай төлем сомасы көрсетіледі. </w:t>
+        <w:t xml:space="preserve"> (бұдан әрі – Басқарманың қаулысы) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14365 болып тіркелген) бекітілген Экономика секторларының және төлемдер белгілеу кодтарын және Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>822-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының екінші бөлігінің ережелеріне сәйкес әлеуметтік төлемдердің тиісті үлестеріне азайтуды есепке алмағанда есептелген бірыңғай төлем сомасы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Бірыңғай төлемнің аударылатын сомасы Салық кодексінің 776-3-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігінің ережелеріне сәйкес әлеуметтік төлемдердің тиісті үлестеріне азайтуды ескере отырып, осы Қағидалардың </w:t>
+      Бірыңғай төлемнің аударылатын сомасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>822-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының екінші бөлігінің ережелеріне сәйкес әлеуметтік төлемдердің тиісті үлестеріне азайтуды ескере отырып, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемдер үлестерінің шегінен асып кетуін есепке ала отырып немесе есепке алмай есептелген мөлшерде көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -2770,127 +2538,127 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 394</w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Бірыңғай төлемді уақтылы төлемеген кезде мемлекеттік кіріс органдары Қазақстан Республикасының салық заңнамасында көзделген тәртіппен және мерзімдерде өндіріп алу тәсілдері мен шараларын қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірыңғай төлемді БЖЗҚ, ӘМСҚ, МӘСҚ және Мемлекеттік кірістер органына уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын төлеу кезінде төлеуші банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға Басқарманың қаулысына сәйкес "төлем мақсаты" – "(ай (айлар), жыл (жылдар)) үшін бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл" бағанында төлем мақсатының тиісті кодын көрсете отырып, төлем тапсырмасын ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3043,90 +2811,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Төлеуші есептелген кірістер бойынша бірыңғай төлемді ай сайын, есепті айдан кейінгі айдың 25-күнінен кешіктірмей банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы бірыңғай төлем аударылатын айды көрсете отырып, Мемлекеттік корпорацияның банктік шотына аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Банктер мен банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар бірыңғай төлемнің және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың сомасын төлеуші бастамашылық жасаған күні Мемлекеттік корпорацияға жиынтық төлем тапсырмасымен аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жөнелтуші банктер қалыптастыратын жиынтық төлем тапсырмасында бірыңғай төлем және (немесе) өсімпұл төленетін кезең "ААЖЖЖ" форматындағы "Prd" тиісті жолағында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3183,70 +2951,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Төлеуші жиынтық төлем тапсырмасында "AddtlRmtInf" жолында қызметкерлер бойынша тиынның (үтірден кейінгі екі белгі) жүздік үлесі шегінде бірыңғай төлемнің және (немесе) өсімпұлдың сомасын және әлеуметтік төлемдер (міндетті зейнетақы кәсіптік жарналарын қоспағанда) және жеке табыс салығы бойынша төлемдерді тағайындау кодтарын көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "AddtlRmtInf" жолында қызметкерлер бойынша бірыңғай төлем және (немесе) өсімпұл сомалары және жеке табыс салығы мен әлеуметтік төлемдер (міндетті зейнетақы кәсіптік жарналарын қоспағанда) төлемдерін тағайындау кодтары болмаған кезде банк және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым бірыңғай төлемді Мемлекеттік корпорацияның тиісті шотына қабылдау және аудару жөніндегі операцияны жүргізбейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3303,232 +3071,210 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлемнің және (немесе) өсімпұлдың артық (қате) төленген сомаларын аудару және бөлу, сондай-ақ қайтару</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...105 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. ҚР Еңбекмині ААЖ-ға бірыңғай төлемді аударуды және бөлуді мемлекеттік корпорация Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-6-бабына</w:t>
+        <w:t>825-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мемлекеттік корпорация мемлекеттік корпорацияның шотына келіп түскен бірыңғай төлем және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл сомалары түскен күннен бастап үш операциялық күннен кешіктірмей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік кодекстің 244-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3679,656 +3425,470 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған міндетті әлеуметтік медициналық сақтандыруға жарналардың үлестерін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Салық кодексінің 822-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған жеке кіріс салығының үлесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...281 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Қазақстан Республикасы Кәсіпкерлік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес кәсіпкерлік субъектілерінің санаттарына жататындығын қоспағанда, Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-1-бабында</w:t>
+        <w:t>820-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген тұлғалар санатына төлеушілердің тиесілігі туралы мәліметтер ҚР Қаржымині МКК АЖ-дан ҚР Еңбекмині ААЖ-ға ұсынылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Кәсіпкерлік кодексінің 24-бабына сәйкес төлеушілердің кәсіпкерлік субъектілерінің санаттарына тиесілігі туралы мәліметтер Ұлттық экономика министрлігінің кәсіпкерлік субъектілерінің тізілімінен Қазақстан Республикасының Еңбекмині ААЖ-ға ұсынылады. Кәсіпкерлік субъектілері бойынша мәліметтерді жаңарту кезеңі ай сайын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік корпорация бөлетін бірыңғай төлем және (немесе) өсімпұл сомалары БЖЗҚ, ӘМСҚ және МӘСҚ-ға тиын шегінде – Басқарманың қаулысына сәйкес төлемді тағайындауда әлеуметтік төлемдер мен жеке табыс салығының тиісті кодтарымен жүзден бір бөлігіне дейін (үтірден кейінгі екі белгі) аударылады. Қалған мыңыншы және одан әрі тиын үлестері (олар болған кезде) жеке табыс салығының пайдасына жинақталады және тиісті мемлекеттік кіріс органына аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Бірыңғай төлем шеңберінде жеке табыс салығын бөлуді Мемлекеттік корпорация Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетінен алынатын мемлекеттік кіріс органдарының кодтары анықтамалығының мәліметтеріне сәйкес жүзеге асырады. Мемлекеттік кіріс органдары кодтарының анықтамалығын өзектендіру анықтамалықты ҚР Қаржымині МКК АЖ-дан ҚР Еңбекмині ААЖ-ға жүктеу жолымен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мемлекеттік корпорацияның шотына келіп түскен бірыңғай төлем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірыңғай төлем сомасында қателіктер жіберген;</w:t>
-      </w:r>
-[...104 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-1-бабында</w:t>
+        <w:t>820-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген төлеушілердің тұлғалар санатына жататындығы туралы мәліметтер болмаған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4532,107 +4092,147 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Жеке табыс салығын қоспағанда, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген шектерге сәйкес келетін бірыңғай төлем құрамындағы үлестің және (немесе) үлестің сомасы асып кеткен кезде бірыңғай төлемді төлеушіге ішінара қайтаруды Мемлекеттік корпорация жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация бірыңғай төлемді әлеуметтік төлемдер үлестері бойынша (міндетті кәсіптік зейнетақы жарналарын қоспағанда) бөлуге шектерден аспаған соманың бір бөлігі жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4725,169 +4325,169 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Төлеушілер заңнамада белгіленген тәртіппен бірыңғай төлемнің және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың есептелген және төленген сомалары туралы, оның ішінде бірыңғай төлемнің және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлдың қате (артық) төленген сомасын қайтару туралы мәліметтердің бухгалтерлік есеп және қаржылық есептілік туралы заңнамаға сәйкес электрондық немесе қағаз жеткізгіштерде сақталуын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің қызметі тоқтатылған кезде бірыңғай төлемді және бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлды есептеу және төлеу туралы құжаттар Мемлекеттік мұрағатқа беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бірыңғай төлемді төлеуші, сондай-ақ қызметкер қажет болған жағдайда Мемлекеттік корпорациядан бірыңғай төлемнің төленген сомалары немесе оның үлестері туралы ақпаратты сұратады және тегін алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін бірыңғай төлем және (немесе) өсімпұл сомасын қайтару, артық (қате) төлеген және Мемлекеттік корпорация БЖЗҚ-ға, ӘМСҚ-ға, МӘСҚ-ға және тиісті мемлекеттік кіріс органына бөлген бірыңғай төлем сомасын қайтару осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша төлеушінің Мемлекеттік корпорацияға жіберілген өтініші негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Артық (қате) төленген бірыңғай төлем сомалары қайтарылуға жатпайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z57" w:id="42"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Әлеуметтік кодекстің 78-баптың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4962,369 +4562,369 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 240-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемдердің мөлшерін есептеу кезінде есепке алынбаған, артық (қате) төленген әлеуметтік аударымдардың сомаларын қоспағанда, әлеуметтік төлемдерді тағайындау кезінде қатысу өтіліне есептелген кезең үшін есептелген әлеуметтік аударымдар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z58" w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) инфляция деңгейін ескере отырып, нақты енгізілген міндетті зейнетақы жарналарының сомасы мен зейнетақы жинақтарының сомасы арасындағы айырманы төлеу сомасын есептеу кезінде ескерілген міндетті зейнетақы жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z59" w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) МӘСҚ-дан әлеуметтік төлем тағайындау кезінде ескерілген кірістерден аударылған міндетті зейнетақы жарналары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z60" w:id="45"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін төлеуші артық (қате) төлеген бірыңғай төлем және (немесе) өсімпұл сомаларын қайтаруға арналған өтінішке жұмыс берушінің, зейнетақы төлемдерін алушының міндетті зейнетақы жарналары төленген жеке тұлғаның оның жеке/шартты зейнетақы шотынан есептен шығаруға келісетіні туралы міндетті зейнетақы жарналары салымшысының нотариалды куәландырылған өтініші қоса беріледі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан немесе Мемлекеттік корпорацияға жіберілген соттың шешімі бойынша қате есептелген сомалар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z61" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Банктің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның кінәсінан бірыңғай төлемді аудару кезінде қателіктер жіберілген кезде төлеушінің банкі немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымы осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша қате аударылған сомаларды қайтару туралы өтінішті Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеуші банкінің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымының өтініші қате аударылған бірыңғай төлем сомаларын қайтаруға арналған хаттар мен өтініштерге қол қоюға осы адамдардың өкілеттігін растайтын құжаттың көшірмесін қоса бере отырып, банктің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымның уәкілетті тұлғаларының қолы қойылып беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Төлеуші артық (қате) төлеген бірыңғай төлем сомаларын қайтаруға арналған өтініш:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z63" w:id="48"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірыңғай төлемді және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұлды есептеу фактісі расталмаса немесе бірыңғай төлем сомасы бұрын түзетілсе (банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға қайтарылса);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z64" w:id="49"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) төлеушінің өтініші және жұмыс берушінің міндетті зейнетақы жарналары төленген жеке тұлғаның міндетті зейнетақы жарналарының, жұмыс берушінің міндетті зейнетақы жарналарының сомасын жеке/шартты зейнетақы шотынан есептен шығаруға міндетті зейнетақы жарналары салымшысының келісімі осы Қағидаларға 1 және 2-қосымшалардың нысандарына сәйкес келмесе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z65" w:id="50"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жұмыс берушінің, зейнетақы төлемдерін алушының жеке/шартты зейнетақы шотынан қате есептелген сомаларды есептен шығаруға келісетіні туралы міндетті зейнетақы жарналары салымшысының, жұмыс берушінің, зейнетақы төлемдерін алушының міндетті зейнетақы жарналары төленген жеке тұлғаның нотариат куәландырған өтініші болмаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z66" w:id="51"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) төлеушінің өтінішінде қайтарудың дұрыс себебі көрсетілмесе (бірнеше себептер таңдау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z67" w:id="52"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтінішке осы Қағидаларға 1-қосымшада көзделген қайтару себебін растайтын құжаттар қоса берілмесе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z68" w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтініште көрсетілген бір айда екі және одан да көп рет бірыңғай төлем төлеу себебі расталмаса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z69" w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) әлеуметтік аударымдардың үлесі Әлеуметтік кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жасқа толған адамдар үшін артық төленгені расталмаса Мемлекеттік корпорацияның қарауына қабылданбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z70" w:id="55"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Бірыңғай төлемді төлеушіден, немесе банктен, немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымнан артық (қате) төленген бірыңғай төлем сомаларын қайтаруға арналған өтініш негізінде Мемлекеттік корпорация өтініш келіп түскен күннен бастап екі жұмыс күні ішінде тиісті мемлекеттік кіріс органына бірыңғай төлемдегі жеке табыс салығының үлесін қайтаруға алдын ала сұрау салуды жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тиісті мемлекеттік кіріс органы 1 жұмыс күні ішінде тиісті мемлекеттік кіріс органының кодын көрсете отырып, алдын ала сұрау салуға жауап жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5399,498 +4999,270 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z71" w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Өтінім келіп түскеннен кейін жеті жұмыс күні ішінде БЖЗҚ, ӘМСҚ, МӘСҚ және тиісті мемлекеттік кірістер органы жиынтық төлем тапсырмасын қалыптастырады және оларды кейіннен төлеушіге аудару үшін Мемлекеттік корпорацияның банк шотына ақша аударуды жүзеге асырады не бірыңғай төлем үлесін қайтаруды жүзеге асырмайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z87" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z87" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеу кезеңі әлеуметтік төлемдерді тағайындау кезінде міндетті әлеуметтік сақтандыру жүйесіне қатысу өтіліне есептелген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z88" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z88" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Жұмыс берушінің, зейнетақы төлемдерін алушының міндетті зейнетақы жарналары төленген жеке тұлғаның міндетті зейнетақы жарналары салымшысының жеке/шартты зейнетақы шотындағы соманың жеткіліксіздігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z89" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z89" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер міндетті зейнетақы жарналарының сомасы тұрғын үй жағдайларын жақсарту және (немесе) емделуге ақы төлеу мақсатында зейнетақы төлемдерінің, біржолғы зейнетақы төлемдерінің сомасын есептеу кезінде және зейнетақы жинақтарын сақтандыру ұйымына аудару кезінде ескерілсе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z90" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z90" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) табыстардан аударылған міндетті зейнетақы жарналарының сомалары МӘСҚ-дан әлеуметтік төлем тағайындау кезінде есепке алынған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z91" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z91" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналарды төлеу кезеңінде медициналық қызметтерді тұтынушы міндетті әлеуметтік медициналық сақтандыру жүйесінде медициналық көмек алынған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z92" w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z92" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өтініште көрсетілген бір айда екі және одан да көп рет бірыңғай төлем төлеу себебі расталмаған;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z93" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-3-бабына</w:t>
+        <w:t>822-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлеуден босатылған тұлға үшін әлеуметтік аударым төленгені расталмаған;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z94" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бірыңғай төлемді Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-1-баптарына</w:t>
+        <w:t>820-баптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бірыңғай төлемді төлеуші деп танылған тұлға төлегені расталмаған.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5912,325 +5284,249 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі); өзгеріс енгізілді -  ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Қорлардан және тиісті мемлекеттік кіріс органынан бірыңғай төлемнің бір немесе бірнеше үлесін қайтарудан бас тартуды алған кезде Мемлекеттік корпорация үш операциялық күн ішінде бірыңғай төлемнің түскен үлестерін қорларға және тиісті мемлекеттік кіріс органына қайтарады және үш операциялық күн ішінде бірыңғай төлем төлеушіге бас тарту себебін көрсете отырып хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Қорлар мен тиісті мемлекеттік кірістер органының оң шешімі кезінде Мемлекеттік корпорация бірыңғай төлемнің барлық үлестерін алғаннан кейін үш операциялық күн ішінде жиынтық төлем тапсырмасын қалыптастырады және төлеушіге артық (қате) төленген бірыңғай төлем және (немесе) бірыңғай төлемді уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын аударады және қаражатты төлеушінің банктік шотына аударуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
-[...121 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="65"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Мемлекеттік корпорация өткен операциялық күн үшін күн сайын мемлекеттік кіріс органына бірыңғай төлемді төлеушілер бойынша банктердің немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың аудару күнін көрсете отырып, келіп түскен және қате аударылған бірыңғай төлем және (немесе) өсімпұл үлестерінің қайтарылған тізілімдерін ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6373,104 +5669,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...52 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -6487,110 +5729,175 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________</w:t>
+              <w:t xml:space="preserve">Нысан </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорация басшысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қате төленген бірыңғай төлем сомаларын қайтаруға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 394</w:t>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -6682,231 +5989,291 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ Р/С</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ Р/С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке сәйкестендіру нөмірі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тегі, Аты, Әкесінің аты (әкесінің аты болған жағдайда)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тегі, Аты, Әкесінің аты (әкесінің аты болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезең ішінде</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кезең ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төленген сома</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төленген сома</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қайтару сомасы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қайтару сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7251,57 +6618,79 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүктеу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       себебі (бір себеп белгілеу керек):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -7331,71 +6720,71 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ жұмыстан босатылған қызметкерлердің аванста алған, қайтаруға жататын табыстарына артық есептелді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ☐ Әлеуметтік кодекстің 207-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> көзделген жасқа жеткен адамдар болып табылатын қатысушылар үшін артық төленді;</w:t>
+      ☐ Әлеуметтік кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>207-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағында көзделген жасқа жеткен адамдар болып табылатын қатысушылар үшін артық төленді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ міндетті әлеуметтік медициналық сақтандыруға аударымдар мен жарналарды төлеуден босатылған адамдар үшін қате аударылды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7460,50 +6849,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ төлеушінің деректемелері дұрыс көрсетілмеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ бірыңғай төлем болып табылмайтын қате төленген қаражат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ☐ Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>820-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалған қызметкерлер үшін бірыңғай төлемді есептеу (есепке жатқызу), аудару жөніндегі агент ретінде тіркелмеген төлеуші төледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қайтаруды келесі деректемелер бойынша жүргізуді сұраймыз:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7906,68 +7333,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сондай-ақ қайтару қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z86" w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Салымшының жұмыс берушінің, міндетті зейнетақы төлемдерін алушының жеке/шартты зейнетақы шотынан қате есептелген сомаларды есебінен шығаруға келісім туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мен, _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8297,55 +7724,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>