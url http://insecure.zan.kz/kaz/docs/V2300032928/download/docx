--- v0 (2025-11-14)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5384ee8" w14:textId="5384ee8">
+    <w:p w14:paraId="655316f" w14:textId="655316f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -111,761 +111,761 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 29 маусымдағы № 715 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 29 маусымда № 32928 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      БҰЙЫРАМЫН:</w:t>
-[...16 lines deleted...]
-        <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 12.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 699</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+        <w:t>
+      БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабы </w:t>
-[...194 lines deleted...]
-      "1. Мыналар:</w:t>
+      1. "Құқықтың (талап етудің) өту жағдайларын қамтитын шарттар бойынша мәліметтер нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 26 ақпандағы № 291 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 16575 болып тіркелген) мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес құқықтың (талап етудің) өту жағдайларын қамтитын шарттар бойынша коллекторлық агенттіктер, екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары мен жекелеген банк операцияларын жүзеге асыратын ұйымдар ұсынатын мәліметтер нысаны;</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіріспе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) осы бұйрыққа </w:t>
-[...38 lines deleted...]
-      3) коллекторлық агенттіктер, екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерiн жүзеге асыратын ұйымдар ұсынатын осы бұйрыққа 3-қосымшаға сәйкес коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша өзіне берілген құқыққа (талап етуге) қатысты кредитордың құқықтарын іске асыратын салық төлеушілер бойынша мәліметтер нысаны бекітілсін.";</w:t>
+      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-1) тармақшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 26-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 28-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы банктер және банк қызметі туралы" Қазақстан Республикасы Заңының 50-бабы 4-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Коллекторлық қызмет туралы" Қазақстан Республикасы Заңының 15-бабы 1-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрыққа </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңа редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес 3-қосымшамен толықтырылсын.</w:t>
+        <w:t>
+      "1. Мыналар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Казақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+        <w:t xml:space="preserve">
+      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құқықтың (талап етудің) өту жағдайларын қамтитын шарттар бойынша коллекторлық агенттіктер, екінші деңгейдегі банктер, Қазақстан Республикасы бейрезидент банктерінің филиалдары мен жекелеген банк операцияларын жүзеге асыратын ұйымдар ұсынатын мәліметтер нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+        <w:t xml:space="preserve">
+      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес құқықтың (талап етудің) өту жағдайларын қамтитын, Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі сатып алынған және өндіріп алынған қарыздардың көлемі бойынша ұсынатын мәліметтер нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+      3) коллекторлық агенттіктер, екінші деңгейдегі банктер және банк операцияларының жекелеген түрлерiн жүзеге асыратын ұйымдар ұсынатын осы бұйрыққа 3-қосымшаға сәйкес коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша өзіне берілген құқыққа (талап етуге) қатысты кредитордың құқықтарын іске асыратын салық төлеушілер бойынша мәліметтер нысаны бекітілсін.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 3-қосымшамен толықтырылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Казақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1497,51 +1497,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20___ жылғы "___" ________ жағдай бойынша құқықтың (талап етудің) өту</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -1550,71 +1550,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>дамыту агенттігі сатып алынған және өндіріп алынған қарыздардың</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>көлемі бойынша ұсынатын мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1641,425 +1641,145 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...39 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>Коллекторлық агенттіктің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...59 lines deleted...]
-              <w:t>нөмірі</w:t>
+              <w:t>Коллекторлық агенттіктің бизнес-сәйкестендіру нөмірі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Есепті</w:t>
-[...179 lines deleted...]
-              <w:t>ішінде</w:t>
+              <w:t>Есепті кезеңде сатып алынған талап ету құқықтарының көлемі, оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -2704,438 +2424,98 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Есепті</w:t>
-[...139 lines deleted...]
-              <w:t>ішінде</w:t>
+              <w:t>Есепті кезеңде өндіріп алынған берешек сомасы, оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Есепті</w:t>
-[...199 lines deleted...]
-              <w:t>ішінде</w:t>
+              <w:t>Есепті кезеңнің соңында ағымдағы қалдығы сатып алынған талаптар құқығы, оның ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4274,51 +3654,51 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" __________ бастап 20___ жылғы "___" ___________ кезең үшін</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -4351,71 +3731,71 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">өзіне берілген құқыққа (талап етуге) қатысты кредитордың құқықтарын іске </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>асыратын салық төлеушілер бойынша мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың теңге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4487,1165 +3867,235 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Коллекторлық агенттіктің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттіктің</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Коллекторлық агенттік БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>атауы</w:t>
+              <w:t>Талап ету құқығын берген кредитордың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Талап ету құқығын басқаға берген кредитордың (екінші деңгейдегі банктер, Қазақстан Республикасының бейрезиденті- банктерінің филиалдары, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар, микроқаржы ұйымдары) БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттік</w:t>
-[...1007 lines deleted...]
-              <w:t>атауы</w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген кредитордың ТАӘ/атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6113,1077 +4563,327 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген кредитордың ЖСН/БСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттікпен</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Қарыз алушының (борышкердің)ТАӘ/ атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жасалған</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Қарыз алушының (борышкердің) БСН/ЖСН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сенімгерлік</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Қарыз шартының №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>басқару</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Қарыз шартын жасасу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шарты</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Қарыз шартының аяқталу күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шеңберінде</w:t>
-[...905 lines deleted...]
-              <w:t>күні</w:t>
+              <w:t>Шарттың № және құқықтың (талаптың) ауысу талаптарын қамтитын шартты жасасу күні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7719,1325 +5419,145 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...359 lines deleted...]
-              <w:t>берешегі</w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген кредитордың сатып алған берешегі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...359 lines deleted...]
-              <w:t>сыйақы</w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген сәттен бастап есептелген сыйақы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...459 lines deleted...]
-              <w:t>есептеулер</w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген сәттен бастап айыппұлдар, өсімпұлдар және басқалар түріндегі өзге де есептеулер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9677,2359 +6197,189 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Коллекторлық</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша есептелген сыйақылар мен өзге де есептеулерді қоспағанда, сатып алынған сәттен бастап өспелі қорытындымен берешек өтелді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>агенттікпен</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген сәттен бастап өспелі қорытындымен есептелген сыйақылар мен өзге де есептеулер өтелді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жасалған</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Есепті салық кезеңі үшін коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша есептелген сыйақыларды және құқықтарын (талаптарын) басқаға берген сәттен бастап өзге де есептеулерді қоспағанда, сатып алынған сәттен бастап өспелі қорытындымен берешек өтелді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сенімгерлік</w:t>
-[...2247 lines deleted...]
-              <w:t>өтелді</w:t>
+              <w:t>Есепті салық кезеңі үшін коллекторлық агенттікпен жасалған сенімгерлік басқару шарты шеңберінде банктік қарыз шарты бойынша құқықтарын (талаптарын) басқаға берген сәттен бастап өспелі қорытындымен есептелген сыйақылар мен өзге де есептеулер өтелді</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12273,108 +6623,108 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураларды ашып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СН – бизнес-сәйкестендіру нөмірі; ЖСН – жеке-сәйкестендіру нөмірі. ТАӘ – тегі, аты, әкесінің аты (ол болған кезде).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18, 19, 20, 21, 22 және 23-бағандарды – екінші деңгейдегі банктер, Қазақстан Республикасының бейрезидент- банктерінің филиалдары және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар толтырмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>