--- v1 (2025-12-29)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="655316f" w14:textId="655316f">
+    <w:p w14:paraId="46fd5dd" w14:textId="46fd5dd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Құқықтың (талап етудің) өту жағдайларын қамтитын шарттар бойынша мәліметтер нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 26 ақпандағы № 291 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 29 маусымдағы № 715 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 29 маусымда № 32928 болып тіркелді.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 29 маусымдағы № 715 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 29 маусымда № 32928 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 12 қарашадағы № 699 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 12.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 12.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 699</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -6740,63 +6742,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7118,35 +7142,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>