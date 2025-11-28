--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3b504db" w14:textId="3b504db">
+    <w:p w14:paraId="61a355f" w14:textId="61a355f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1977,70 +1977,184 @@
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік аударымдар бойынша берешек – Кодексте белгіленген мерзімдерде есептелген және төленбеген әлеуметтік аударымдар сомалары, сондай-ақ төленбеген өсімпұл сомалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тармақша жаңа редакцияда көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 319-бабы 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2075,600 +2189,1040 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында аталған адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған интернет-платформа операторы әлеуметтік төлемдерді төлеушілер деп танылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) тармақша жаңа редакцияда көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) бірыңғай төлемді төлеуші – Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған салық агенті;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жеке көмекші – жүріп-тұруы қиын бірінші топтағы мүгедектігі бар адамды бірге алып жүру және объектілерге барған кезде көмек көрсету бойынша қызметтер көрсететін адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) жеке практикамен айналысатын адам – жекеше нотариус, жеке сот орындаушысы, адвокат және кәсіби медиатор;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z46" w:id="44"/>
-[...15 lines deleted...]
-      7) жеке көмекші – жүріп-тұруы қиын бірінші топтағы мүгедектігі бар адамды бірге алып жүру және объектілерге барған кезде көмек көрсету бойынша қызметтер көрсететін адам;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z47" w:id="45"/>
-[...15 lines deleted...]
-      8) жеке практикамен айналысатын адам – жекеше нотариус, жеке сот орындаушысы, адвокат және кәсіби медиатор;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) міндетті әлеуметтік сақтандыру жүйесі – мемлекет белгілейтін және кепілдік беретін, міндетті әлеуметтік сақтандыру жүйесінің субъектілері арасындағы қатынастарды реттейтін нормалар мен қағидалар жиынтығы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z48" w:id="46"/>
-[...15 lines deleted...]
-      9) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және Кодексте көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z49" w:id="47"/>
-[...15 lines deleted...]
-      10) міндетті әлеуметтік сақтандыру жүйесі – мемлекет белгілейтін және кепілдік беретін, міндетті әлеуметтік сақтандыру жүйесінің субъектілері арасындағы қатынастарды реттейтін нормалар мен қағидалар жиынтығы;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеу, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z51" w:id="48"/>
-[...15 lines deleted...]
-      11) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және Кодексте көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал)– нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
-[...15 lines deleted...]
-      12) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеу, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеу тәртiбi</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z52" w:id="50"/>
-[...15 lines deleted...]
-      13) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал)– нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Міндетті әлеуметтік сақтандыру жүйесіне қатысушылар үшін Қорға төлеуге жататын әлеуметтік аударымдар – әлеуметтік аударымдарды есептеу объектісінің 3,5 пайызы, 2025 жылғы 1 қаңтардан бастап әлеуметтік аударымдарды есептеу объектісінің 5 пайызы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 72</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.01.2025 </w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 3-1-тармақпен толықтыру көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="51"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеу тәртiбi</w:t>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Бірыңғай төлем құрамында әлеуметтік аударымдарды төлеуді таңдаған салық агенттері үшін әлеуметтік аударымдар мөлшерлемесі әлеуметтік аударымдарды есептеу объектісінің 3,2 пайызы, 2025 жылғы 1 қаңтардан бастап – әлеуметтік аударымдарды есептеу объектісінің 4,5 пайызы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z54" w:id="52"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z57" w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесі Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Бір төлеушіден әлеуметтік аударымдарды есептеудің ай сайынғы объектісі республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Егер күнтізбелік ай үшін әлеуметтік аударымдарды есептеу объектісі республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын жалақының ең төмен мөлшерінен аз болса, онда әлеуметтік аударымдар жалақының ең төмен мөлшері негізге алына отырып есептеледі, төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Жұмыскерлер, ақы төленетін өзге де жұмысы бар (сайланған, тағайындалған немесе бекітілген), оның ішінде Қазақстан Республикасындағы халықаралық ұйымдардың өкілдіктерінде, Қазақстан Республикасында аккредиттелген шет мемлекеттердің дипломатиялық өкілдіктерінде және консулдық мекемелерінде еңбек қызметін жүзеге асыратын адамдар үшін әлеуметтік аударымдарды есептеу объектісі болып әлеуметтік аударымдар төленбейтін кірістерді қоспағанда, жұмыс берушінің еңбекке ақы төлеу ретінде кірістер түрінде төлейтін шығыстары әлеуметтік аударымдарды есептеу объектісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс берушінің шығыстарына әскери қызметшілердің, арнаулы мемлекеттік және құқық қорғау органдары қызметкерлерінің ақшалай жабдықталымы енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Дара кәсіпкерлер, оның ішінде шаруа және фермер қожалықтарының басшылары, сондай-ақ олардың он сегіз жасқа толған мүшелері үшін, жеке практикамен айналысатын адамдар үшін әлеуметтік аударымдарды есептеу объектілері:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z58" w:id="55"/>
-[...96 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өзі және шаруа немесе фермер қожалықтарының он сегіз жасқа толған мүшелері үшін – Қорға әлеуметтік аударымдар төленбейтін кірістерін қоспағанда, өз пайдасына әлеуметтік аударымдарды есептеу мақсаттары үшін өздері дербес айқындайтын, өз пайдасына міндетті зейнетақы жарналарын аудару үшін айқындалатын кіріске тең, бірақ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2681,51 +3235,166 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес салық салу мақсаттары үшін айқындалатын кірістен аспайтын алатын кірісінің сомасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалдамалы жұмыскерлер үшін – Қорға әлеуметтік аударымдар төленбейтін кірістерді қоспағанда, қызметкерге еңбекке ақы төлеу ретінде кірістер түрінде төленетін шығыстар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z242" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-1-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10-1. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2740,51 +3409,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген шектеулерді ескере отырып, Қорға әлеуметтік аударымдар төленбейтін кірістерді қоспағанда, төлеушімен жасалған азаматтық-құқықтық сипаттағы шарттар бойынша жұмыстарды орындаудан (қызметтер көрсетуден) алатын табысының сомасы адамдар үшін әлеуметтік аударымдарды есептеу объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер адам бір төлеушімен жасалған екі және одан да көп азаматтық-құқықтық сипаттағы шарттар бойынша жұмыстарды орындаудан (қызметтер көрсетуден) кіріс алған жағдайда, онда осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2878,224 +3546,646 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 10-2-тармақпен толықтыру көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">11. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z63" w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Бірыңғай төлемді есептеу объектісі Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>776-2-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған қызметкердің кірісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірыңғай төлемнің құрамына кіретін әлеуметтік аударымдарды есептеу және төлеу бірыңғай төлем төлеушінің қаражаты есебінен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Салық кодексінің 319-бабы 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тоғызыншы абзацына сәйкес жергілікті атқарушы органдар мен өзге де заңды тұлғалар төлейтін материалдық пайда жеке көмекшілер үшін әлеуметтік аударымдарды есептеу объектісі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z65" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Әлеуметтік аударымдарды есептеу кезінде тиындармен есептелген сомалар тиындардың сомасына қарамастан 1 теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қорға әлеуметтік аударымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="63"/>
+    <w:bookmarkStart w:name="z66" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Салық кодексінің 319-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3150,52 +4240,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> тоғызыншы абзацында көрсетілген кірістерді қоспағанда, Салық кодексінің 319-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z67" w:id="64"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z67" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Салық кодексінің 341-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3310,207 +4400,321 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>50) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген кірістерді қоспағанда, Салық кодексінің 341-бабының 1-тармағында белгіленген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z68" w:id="65"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z68" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Салық кодексінің 484-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген кірістерден төленбейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың қолданысы Салық кодексінің 89-1 тарауына сәйкес бірыңғай төлем есептелетін жұмыскерлердің кірісіне қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="66"/>
+    <w:bookmarkStart w:name="z69" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеу және олар бойынша өндіріп алу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z70" w:id="67"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z70" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Қағидалармен айқындалған тәртіппен төлеуші Қорға әлеуметтік аударымдарды есепті айдан кейінгі айдың 25-күнінен кешіктірмей, әлеуметтік аударымдар төленетін айды көрсете отырып ай сайын төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z71" w:id="68"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16-тармақты алып тастау көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Патент негізінде арнаулы салық режимін қолданатын дара кәсіпкерлер Салық кодексінде көзделген мерзімде патенттің құнын әр ай үшін бөлек төлеу үшін әлеуметтік аударымдарды төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z243" w:id="69"/>
+    <w:bookmarkStart w:name="z243" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-1. Төлеушілер Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>243-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды есептеуді (ұстап қалуды) және аударуды кіріс алынған айдан кейінгі айдың 25-күнінен кешіктірмей жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3546,1003 +4750,1161 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 16-2-тармақпен толықтыру көзделген – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">17. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="70"/>
+    <w:bookmarkStart w:name="z73" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бірыңғай төлемді төлеушілер бірыңғай төлемді екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы есепті айдан кейінгі айдың 25-күнінен кешіктірмей осындай бірыңғай төлем аударылатын айды көрсете отырып, Мемлекеттік корпорацияның банк шотына төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z74" w:id="71"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z74" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қолма-қол ақшасыз нысанда жүзеге асырылатын әлеуметтік аударымдарды төлеу күні – банктен немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымнан әлеуметтік аударымдар сомасына төлем тапсырмасының акцептін алған күн қолма-қол нысанда төлеушінің банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға әлеуметтік аударымдарды енгізген күн болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z75" w:id="72"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z75" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Төлеушілердің әлеуметтік аударымдарды төлеуі Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында айқындалған нысан бойынша жиынтық төлем тапсырмасымен және оператор немесе төлем жүйелерінің операциялық орталығы бекіткен хабарламалар форматтарында жүзеге асырылады (бұдан әрі – жиынтық төлем тапсырмасы).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Егер төлеуші өзінің орналасқан жерінен тыс орналасқан құрылымдық бөлімшелері үшін әлеуметтік аударымдарды жүзеге асырған жағдайда, әлеуметтік аударымдарды төлеу құрылымдық бөлімшенің орналасқан жері бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Әлеуметтік аударымдар Қазақстан Республикасының ұлттық валютасында төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Міндетті әлеуметтік сақтандыру жүйесінің әрбір қатысушысы бойынша жиынтық төлем тапсырмасында тегі, аты, әкесінің аты (бар болса); жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН); әлеуметтік аударым сомасы; әлеуметтік аударым төленетін кезең (ай, жыл) көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қағаз жеткізгіштерде жасалатын төлем тапсырмаларында әлеуметтік аударымдар төленетін кезеңді төлеушілер "Төлем мақсаты" бағанында көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Мемлекеттік корпорация міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың ЖСН базасында әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесінде әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін әлеуметтік аударымдарды және (немесе) өсімпұлдарды дербестендірілген есепке алуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың төлеушілерден түскен ақшаны Мемлекеттік корпорацияға аударуы жиынтық төлем тапсырмаларымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте жөнелтуші банктер қалыптастыратын жиынтық төлем тапсырмасында әлеуметтік аударымдар немесе өсімпұлдар төленетін кезең тиісті "Prd" деген жолда "ААЖЖЖЖ" форматында көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Төлеушілердің әлеуметтік аударымдар бойынша берешекті және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды төлеуі кезең (ай (айлар), жыл (жылдар)) үшін жиынтық төлем тапсырмасымен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 26-тармақ жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 394</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар әлеуметтік аударымдардың және (немесе) әлеуметтiк аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл сомаларын Мемлекеттік корпорация арқылы Қорға осы сомалар төлеушiнiң банк шоттарынан есептен шығарылған күні аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Мемлекеттік корпорацияның шотына түскен әлеуметтік аударымдардың және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл сомалары келіп түскен күнінен кейінгі бір операциялық күннен кешіктірілмей Қордың шотына аударылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ЖСН жоқ және (немесе) деректемелерінде қателер жіберілген;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:p>
-[...561 lines deleted...]
-    <w:bookmarkStart w:name="z85" w:id="82"/>
+    <w:bookmarkStart w:name="z85" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жасқа толған адам болып табылатын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z86" w:id="83"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z86" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өзі үшін бір төлеушіден әлеуметтік аударымдар сомасы әлеуметтік аударымдарды есептеу объектісінен республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен артық төленген міндетті әлеуметтік сақтандыру жүйесіне қатысушы бойынша төлеушіге әлеуметтік аударымдарды және (немесе) әлеуметтiк аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлды қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-[...15 lines deleted...]
-      Осы Қағидалардың 2-тармағының 4) тармақшасына, сондай-ақ 5) тармақшасына сәйкес төлеуші болып табылмайтын жеке тұлғалар төлеген әлеуметтік аударымдар және (немесе) әлеуметтiк аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл да қайтаруға жатады.</w:t>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы Қағидалардың 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, сондай-ақ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) тармақшасына </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес төлеуші болып табылмайтын жеке тұлғалар төлеген әлеуметтік аударымдар және (немесе) әлеуметтiк аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл да қайтаруға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 28-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармаққа өзгерістер енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="84"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Мемлекеттік кірістер органы төлеушіде әлеуметтік аударымдар бойынша берешек түзілген күннен бастап бес жұмыс күнінен кешіктірмей төлеушіге республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын 6 еселенген айлық есептік көрсеткіштен астам мөлшердегі берешек сомасы туралы хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарлама төлеушінің жеке өзіне қолын қойғызып немесе жөнелту мен алу фактісін растайтын өзге де тәсілмен табыс етіледі. Бұл ретте, төменде көрсетілген тәсілдердің бірімен жіберілген хабарлама төлеушіге мынадай жағдайларда табыс етілді деп есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="85"/>
+    <w:bookmarkStart w:name="z88" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пошта арқылы хабарламасы бар тапсырыс хатпен жіберілгенде – төлеуші пошта немесе өзге де байланыс ұйымының хабарламасына белгі қойған күннен бастап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, пошта немесе өзге де байланыс ұйымы мұндай хабарламаны пошта немесе өзге де байланыс ұйымының қабылдағаны туралы белгі қойылған күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органдары төлеушіге хабарламасы бар тапсырыс хатпен пошта арқылы жіберген хабарламаны осы тармақта көзделген пошта немесе өзге байланыс ұйымы қайтарған жағдайда осы Салық кодексінде белгіленген негіздер бойынша және тәртіппен куәгерлерді тарта отырып, салықтық тексеру жүргізілген күн осындай хабарлама табыс етілген күн болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="86"/>
+    <w:bookmarkStart w:name="z89" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрондық тәсілмен жіберілгенде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық төлеушінің электрондық салық қызметтерін алуына және оның салық міндеттемелерін орындауына арналған мемлекеттік кірістер органының дербестендірілген және рұқсатсыз кіруден қорғалған интернет-ресурсына хабарламаны жеткізген күннен бастап.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4571,150 +5933,234 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "электрондық үкімет" веб-порталындағы пайдаланушының жеке кабинетіне хабарламаны жеткізген күннен бастап табыс етілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл тәсіл "электрондық үкімет" веб-порталында тіркелген төлеушіге қолданылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="87"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Мемлекеттік корпорация арқылы – келу тәртібімен оны алған күннен бастап жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="91"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 29-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Әлеуметтік аударымдар және әлеуметтік аударымдарды уақтылы және (немеес) толық төлемегені үшін өсімпұлдар бойынша берешек өтелмеген жағдайда, пайдасына әлеуметтік аударымдар бойынша берешек өндіріп алынатын міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімі хабарламаны жіберген мемлекеттік кіріс органына оған хабарлама тапсырылған күннен бастап бес жұмыс күні ішінде ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Осы Қағидалардың 26-тармағына сәйкес төлеушінің ұсынған міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімдері негізінде мемлекеттік кірістер органы әлеуметтік аударымдар бойынша берешек сомаларын тізімдерді алған күннен бастап бес жұмыс күнінен кешіктірмей төлеушінің банктік шоттарынан мәжбүрлі тәртіппен өндіріп алады. (п 6)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік аударымдар бойынша берешекті төлеушілердің банктік шоттарынан өндіріп алу төлеушінің ұсынған міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімдері қоса беріле отырып, мемлекеттік кірістер органының инкассалық өкімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4745,188 +6191,302 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген кезектілік тәртібімен клиенттің ақшасын алып қоюды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің банктік шотында ұлттық валютадағы ақша болмаған жағдайда әлеуметтік аударымдар бойынша берешекті өндіріп алу мемлекеттік кірістер органдары ұлттық валютада берген инкассалық өкімдер негізінде төлеушінің шетел валютасындағы банктік шоттарынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      32-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Әлеуметтік аударымдар бойынша берешек өтелмеген жағдайда, мемлекеттік кірістер органы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z96" w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің жоғары деңгейі санатына жатқызылған төлеушіге хабарлама табыс етілген күннен бастап бір жұмыс күні өткен соң;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z97" w:id="94"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z97" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасының салық заңнамасында көзделген тәуекелдерді басқару жүйесіне сәйкес тәуекелдің орташа деңгейі санатына жатқызылған төлеушіге хабарлама табыс етілген күннен бастап он жұмыс күні өткен соң – төлеушінің банктік шоттары және кассасы бойынша шығыс операцияларын тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органдарының өкімі бойынша банктер төлеушілердің банктік шоттары бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="95"/>
+    <w:bookmarkStart w:name="z98" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>189-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген салықтар мен бюджетке төленетін төлемдерді, кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлдарды, сондай-ақ бюджетке енгізуге жататын айыппұлдарды төлеу жөніндегі операцияларды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z99" w:id="96"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z99" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ақшаны:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өмірі мен денсаулығына келтірілген зиянды өтеу туралы талаптарды, сондай-ақ алименттерді өндіріп алу жөніндегі талаптарды қанағаттандыруды көздейтін атқару құжаттары бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4975,70 +6535,176 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Төлеушiнің банктік шоттары бойынша шығыс операцияларын тоқтата тұру туралы мемлекеттік кірістер органының өкiмi Салық кодексінің 118-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="97"/>
+    <w:bookmarkStart w:name="z100" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Төлеушiнiң кассасы бойынша шығыс операцияларын тоқтата тұру, мына операциялардан басқа кассадағы қолма-қол ақшаның барлық шығыс операцияларына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      33-тармақтың екінші абзацы жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Салық кодексінің 189-бабында көзделген салықтар мен бюджетке төленетін төлемдерді, кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлдарды, сондай-ақ бюджетке енгізуге жататын айыппұлдарды төлеу есебіне аудару үшін оларды банкке тапсыру үшін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5085,70 +6751,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушiнің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкiм төлеушіге берешек сомасы бойынша хабарламаны жөнелту және табыс ету үшін осы Қағидалардың 29-тармағында көзделген әдістермен жіберіледі және табыс етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің банктік шоттары мен кассасы бойынша шығыс операцияларын тоқтата тұру туралы мемлекеттік кірістер органы өкiмінің күшін әлеуметтік аударымдар бойынша берешек өтелген күннен кейінгі бiр жұмыс күнiнен кешiктiрмей осындай өкімдерді шығарған мемлекеттік кірістер органы жояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="98"/>
+    <w:bookmarkStart w:name="z101" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Төлеуші Қорға әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын төлеу үшін "төлем мақсаты" – "кезең (ай (айлар), жыл (жылдар)) үшiн әлеуметтiк аударымдарды уақтылы және (немесе) толық төлемегенi үшін өсiмпұл" бағанында көрсете отырып, банкке төлем тапсырмасын ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5207,110 +6873,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="99"/>
+    <w:bookmarkStart w:name="z102" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Төлеушi тоқсан сайын, есептi тоқсаннан кейiнгi екінші айдың 15-күнiнен кешiктiрмей, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, орналасқан жерi бойынша мемлекеттік кірістер органына мiндеттi әлеуметтiк сақтандыру жүйесiне қатысушылар үшiн есептелген әлеуметтiк аударымдар бойынша есеп-қисап ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z103" w:id="100"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z103" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Мемлекеттік корпорация күн сайын, өткен күн үшін мемлекеттік кірістер органына Салық кодексiнде белгіленген тәртiппен тiркелген төлеушілер бойынша келіп түскен және қайтарылған әлеуметтік аударымдардың және (немесе) өсімпұл сомаларының тiзiлiмдерiн ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z104" w:id="101"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z104" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Әлеуметтік аударымдарды төлеушілер есептелген және төленген әлеуметтiк аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл сомалары туралы, оның iшiнде қате (артық) төленген әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төлемегені үшін өсімпұл сомаларын қайтару туралы мәлiметтердiң сақталуын бухгалтерлік есеп және қаржылық есептілік туралы заңнамаға сәйкес электрондық немесе қағаз жеткізгіштегі заңнамада белгіленген тәртiппен қамтамасыз етедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушiнiң қызметi тоқтатылған кезде әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлды есептеу және төлеу туралы құжаттар Мемлекеттік архивке беріледi.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -5459,125 +7125,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="102"/>
+    <w:bookmarkStart w:name="z106" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың қағидалары мен жағдайлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="103"/>
+    <w:bookmarkStart w:name="z240" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z239" w:id="104"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z239" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың қағидалары мен жағдайлары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Кодекс) 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5592,145 +7258,259 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> он бесінші абзацына, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың тәртібі мен жағдайларын айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидаларға мемлекеттік қызметтер көрсету бөлігінде өзгерістер және (немесе) толықтырулар енгізілген кезде уәкілетті мемлекеттік орган өзгерістер және (немесе) толықтырулар енгізуді көздейтін бұйрық мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясын, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын, Бірыңғай байланыс орталығын және міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау бойынша ведомствоны енгізілген өзгерістер және (немесе) толықтырулар туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="105"/>
+    <w:bookmarkStart w:name="z238" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 319-бабы 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6081,104 +7861,104 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="107"/>
+    <w:bookmarkStart w:name="z237" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың тәртібі мен жағдайлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z236" w:id="108"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z236" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қорға артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (бұдан әрі – Қызмет) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...15 lines deleted...]
-      1) оларды төлеушi немесе банк, немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар бір кезең үшін екi немесе одан да көп рет қате аударған;</w:t>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бір кезеңде екі немесе одан көп төлемдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оларды қайтаруға жататын, жаңадан қабылданған немесе жұмыстан босатылған жұмыскерлер аванспен алған кіріске артық есептелген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6262,173 +8042,193 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) әлеуметтік аударымдар сомасы дұрыс көрсетілмеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) төлеушінің деректемелері дұрыс көрсетілмеген;</w:t>
+      7) төлеушінің деректемелері дұрыс көрсетілмеген (төлеушілердің ЖСН/БСН қате болған жағдайда);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) оларды дара кәсіпкер, жеке практикамен айналысатын адам, шаруа немесе фермер қожалығының басшысы ретінде тіркелмеген жеке тұлға төлеген жағдайларда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармаққа өзгерістер енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 10.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 394</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (11.11.2024 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z235" w:id="109"/>
+    <w:bookmarkStart w:name="z235" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінішті Мемлекеттік корпорацияға қағаз түрінде немесе портал арқылы электрондық түрде мынадай құжаттарды қоса бере отырып ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Қағидалардың 3-тармағы 2) тармақшасында көрсетілген жағдайда міндетті әлеуметтік сақтандыру жүйесіне қатысушының еңбек қызметінің басталғанын/тоқтатылғанын растайтын құжаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6483,50 +8283,156 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бюджетпен есеп айырысулардың жай-күйі туралы, сондай-ақ мемлекеттік кіріс органдары берген әлеуметтік төлемдер бойынша салық төлеушінің жеке шотынан үзінді-көшірме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы Қағидалардың 3-тармағы 5) немесе 6) тармақшаларында көрсетілген жағдайлар бойынша әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару кезеңінде Бұйрықпен бекітілген нысан бойынша патент құны есебінің көшірмелері (911.00-н.) қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6653,170 +8559,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="110"/>
+    <w:bookmarkStart w:name="z234" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалар Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхатпен Қызмет көрсетуге өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z233" w:id="111"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z233" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Міндетті әлеуметтік сақтандыру жүйесінің таңдалған қатысушылары бойынша бір өтініш шеңберінде көрсетілетін қызметті алушы бір ғана себепті және артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың тиісті сомасын көрсетеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z232" w:id="112"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z232" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қызмет көрсету тәсілдерін, қызмет көрсету мерзімін, нысаны мен нәтижесін қамтитын қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Талаптар тізбесі), сондай-ақ Қызмет көрсету ерекшеліктерін ескере отырып, өзге де талаптар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z231" w:id="113"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z231" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік корпорацияға қағаз түрінде жіберілген көрсетілетін қызметті алушының өтініштері мен құжаттары бойынша, Мемлекеттік корпорация түскен күннен бастап бес жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтінішті және қоса берілген құжаттарды тексереді және оларды мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7295,90 +9201,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша порталда электрондық өтінішті қарау мәртебесі туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижесі теріс болған жағдайда Мемлекеттік корпорация өтініш пен құжаттарды көрсетілетін қызметті алушыға қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="114"/>
+    <w:bookmarkStart w:name="z230" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Көрсетілетін қызметті портал арқылы алу үшін көрсетілетін қызметті алушы төлеушінің сұратылған деректерін, міндетті әлеуметтік сақтандыру жүйесінің әрбір қатысушысы бойынша артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың төлем тапсырмасының деректемелерін (төлем референсы, төлем тапсырмасының нөмірі, күні және сомасы), соманы және қайтару кезеңін енгізеді, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қайтару себебін көрсетеді және Негізгі талаптар тізбесінде көзделген электрондық құжаттарды және (немесе) құжаттардың электрондық көшірмелерін қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7531,70 +9437,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="115"/>
+    <w:bookmarkStart w:name="z229" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Портал арқылы келіп түскен құжаттары бар электрондық өтініш мемлекеттік органдардың және (немесе) ұйымдардың ақпараттық жүйелерінде мынадай параметрлер бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы порталда көрсеткен төлеушінің деректемелерінің әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар төленген төлем тапсырмасының деректемелерімен сәйкестігіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7703,70 +9609,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="116"/>
+    <w:bookmarkStart w:name="z228" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Еңбекмині АЖ келіп түскен көрсетілетін қызметті алушының электрондық өтініштері мен құжаттары бойынша Мемлекеттік корпорация электрондық өтініш түскен күннен бастап бес жұмыс күні ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық өтініште көрсетілген әлеуметтік аударымдардың және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың түсу фактісіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8135,90 +10041,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті алушының өтініші мен құжаттарын қабылдамайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       себебін көрсете отырып, Еңбекмині АЖ арқылы порталдағы көрсетілетін қызметті алушының "жеке кабинетіне" және көрсетілетін қызметті алушының ұялы байланыс абоненттік құрылғысының нөміріне sms-хаюарландыру арқылы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="117"/>
+    <w:bookmarkStart w:name="z227" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қор көрсетілетін қызметті алушының өтініші мен құжаттары Қорға түскен күннен бастап он жұмыс күні ішінде оларды қарайды және артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды (қайтарудан бас тартуды) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z226" w:id="118"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z226" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтарудан, егер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілетін қызметті алушының өтінішінде көрсетілген әлеуметтік аударымдар мен өсімпұлдар сомалары Кодекстің 245-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8403,50 +10309,68 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құжаттар осы Қағидалардың 3-тармағында көзделген жағдайларды растамайтын болса бас тартылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      жүктілікке және босануға, жаңа туған баланы (балаларды) асырап алуға, бала күтіміне әлеуметтік төлемдерді есептеу үшін қабылданатын кезеңге келетін әлеуметтік аударымдар Қорға құқық пайда болған күннен және (немесе) оларды тағайындауға өтініш берілген күннен кейін келіп түскен, бірақ тиісті әлеуметтік төлемнің мөлшерін есептеуде (айқындауда) ескерілмеген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтарудан бас тартқан кезде Қор Қызмет көрсету мерзімі аяқталғанға дейін үш жұмыс күнінен кешіктірмей көрсетілетін қызметті алушыға Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>73-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес осы Қағидаларға 6-қосымшаға сәйкес нысан бойынша Еңбекминінің АЖ арқылы артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтарудан бас тарту туралы алдын ала хабарлама (бұдан әрі – алдын ала бас тарту) жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8571,211 +10495,273 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушының ауызша нысанда берілген қарсылығы тыңдау хаттамасына енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша Қордың лауазымды адамы ЭЦҚ арқылы осы Қағидаларға 7-қосымшаға сәйкес нысан бойынша артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (қайтарудан бас тарту) туралы хабарламаға қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Мемлекеттік корпорация арқылы қағаз түрінде қабылданған өтініштер бойынша Еңбекмині АЖ көрсетілетін қызметті алушыны Қор қол қойған артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (қайтарудан бас тарту) туралы хабарлама көрсетілетін қызметті алушыны sms-хабарландыру арқылы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z224" w:id="120"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z224" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Sms-хабарландырулар Еңбекмині АЖ-да осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша хабарламалар туралы sms-хабарландырулар журналында автоматты түрде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z223" w:id="121"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z223" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Көрсетілетін қызметті алушы портал арқылы жүгінген кезде Еңбекмині АЖ-да Қордың лауазымды адамының ЭЦҚ-мен куәландырылатын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (қайтарудан бас тарту) туралы электрондық хабарлама қалыптастырылады және көрсетілетін қызметті алушының "жеке кабинетіне" және порталға өтініште көрсетілген көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының нөміріне sms-хабарлама арқылы жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z222" w:id="122"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z222" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтарудан бас тарту туралы хабарламаға қол қою кезінде Қор хабарламада осы Қағидалардың 13-тармағында көзделген бас тарту себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z221" w:id="123"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z221" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Мемлекеттік корпорацияның банктік шотына ақша аудару үшін Қор "Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) (бұдан әрі – ҚР ҰБ Басқармасының қаулысы) бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында көзделген форматта төлем тапсырмасын қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z220" w:id="124"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z220" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Мемлекеттік корпорация Кодекстің 78-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8850,289 +10836,289 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 240-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемдердің мөлшерін есептеу кезінде ескерілмеген артық (қате) төленген әлеуметтік аударымдардың сомасын қоспағанда, қайтарылуға жататын әлеуметтік аударымдар бойынша Қордан есептелген әлеуметтік төлемдерді тағайындау фактісін анықтаған кезде, Мемлекеттік корпорация олар келіп түскен күннен кейінгі үш жұмыс күні ішінде әлеуметтік аударымдар сомасын Қордың шотына қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z219" w:id="125"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z219" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Мемлекеттік корпорация Қордан қаражат түскен күннен кейінгі үш жұмыс күннен кешіктірмей ҚР Б Басқармасының қаулысымен бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында көзделген форматта төлем тапсырмасын қалыптастырады, және көрсетілетін қызметті алушыға артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар сомаларын аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z218" w:id="126"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z218" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мемлекеттік корпорация Еңбекмині АЖ міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың қайтарылған сомалары бойынша деректерді өзектілендіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z217" w:id="127"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z217" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мемлекеттік корпорация мен Қордың арасында айына бір рет әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың түсуіне, сондай-ақ әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың қайтарылуына салыстырып тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z216" w:id="128"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z216" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қор қайтарылған артық (қате) төленген әлеуметтік аударымдардың және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды есепке алуды жүргiзедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z215" w:id="129"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z215" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Оператор порталда қамтылған мәліметтердің қалыптастырылуын, қауіпсіздігін, сақталуын және өзгермейтіндігін қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z214" w:id="130"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z214" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Орталық деректерді қолданбалы бағдарламалық қамсыздандыру деңгейінде рұқсатсыз қол жеткізуден қорғауды, көрсетілетін қызметті алушыдан алынған мәліметтердің уақтылы берілуін және өзгермейтінін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z213" w:id="131"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z213" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Орталық Еңбекминінің АЖ олардың мақсатына сәйкес үздіксіз жұмыс істеуін және өзектілендірілуін қамтамасыз етуге бағытталған іс-шаралар кешенін қамтамасыз етеді. Орталық берілетін деректердің толықтығын, дұрыстығын, өзектілігін және уақтылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z212" w:id="132"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z212" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қызмет көрсету мәселелері бойынша ақпараттық өзара іс-қимыл ЭЦҚ қолдана отырып, Қазақстан Республикасы мемлекеттік органдарының бірыңғай тасымалдау ортасы арқылы жүзеге асырылады. Ақпарат алмасу кезінде ақпаратты қорғау мемлекеттік органдардың бірыңғай қорғалған тасымалдау ортасын пайдалану есебінен де, техникалық және ұйымдастырушылық сипаттағы іс-шаралар есебінен де қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z211" w:id="133"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z211" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Заңның 5-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен Қор Еңбекмині АЖ арқылы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z210" w:id="134"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z210" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қызмет көрсету мәселелері бойынша Қордың, Мемлекеттік корпорацияның шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z209" w:id="135"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z209" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қордың (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың жұмыскерлерінің Қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымданған кезде шағым Қордың, Мемлекеттік корпорацияның басшысының атына немесе уәкілетті мемлекеттік орган басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қордың, Мемлекеттік корпорацияның атына түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9237,90 +11223,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор, Мемлекеттік корпорация үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді не өзге де әкімшілік әрекетті қабылдаған кезде, олар шағымды қарайтын органға шағымды жібермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушының шағымды қарайтын органның атына келіп түскен шағымы ол тіркелген күннен бастап он бес жұмыс күні ішінде қаралуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="136"/>
+    <w:bookmarkStart w:name="z208" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Көрсетілген қызметтің нәтижелерімен келіспеген жағдайларда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z207" w:id="137"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z207" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ҚР ӘРПК 91-бабының 5-тармағына сәйкес әкімшілік тәртіппен (сотқа дейінгі) шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9367,116 +11353,116 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Артық (қате) төленген</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>әлеуметтік аударымдарды</w:t>
+              <w:t>әлеуметтік аударымдарды және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және (немесе) әлеуметтік</w:t>
+              <w:t>(немесе) әлеуметтік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аударымдардың уақтылы және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(немесе) толық төленбегені</w:t>
+              <w:t>(немесе) толық төленбегені үшін</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үшін өсімпұлдарды қайтаруды</w:t>
+              <w:t>өсімпұлдарды қайтаруды жүзеге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жүзеге асырудың қағидалары</w:t>
+              <w:t>асырудың қағидалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>мен жағдайларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -9523,284 +11509,252 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Нысан</w:t>
-[...103 lines deleted...]
-              <w:t>басшысы _____________</w:t>
+              <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мемлекеттік әлеуметтік</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сақтандыру қоры"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      акционерлік қоғамының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басшысы _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту.  1-қосымша жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
+      Ескерту.  1-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 20</w:t>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...54 lines deleted...]
-      __________ жылғы № _______ төлем тапсырмасымен артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды сұраймын, референс___________, төлемнің жалпы сомасы ___________, қайтарудың жалпы сомасы _________________:</w:t>
+        <w:t>
+      кімнен _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (төлеушінің немесе банктің, банк операцияларының жекелеген түрлерін жүзеге  асыратын ұйымның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________ жылғы № _______ төлем тапсырмасымен, ___________ анықтамалық, ___________ төлемнің жалпы сомасы, _________________ қайтарудың жалпы сомасы бойынша артық (қате) аударылған әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Р/с №</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
@@ -9819,303 +11773,393 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Р/с №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ЖСН</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЖСН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(әкесінің аты бар болса)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(әкесінің аты бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кезең үшін</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кезең үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Төленген сома</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Төленген сома</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(бір төлем тапсырмасы бойынша), теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бір төлем тапсырмасы бойынша), теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қайтарылатын сома, теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қайтарылатын сома, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТТК</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТТК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10321,179 +12365,197 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мәні жұмыстарды орындау (қызметтер көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлға үшін әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін артық (қате) төленген әлеуметтік аударымдарды және (немесе) өсімпұлдарды қайтару:</w:t>
-[...71 lines deleted...]
-      ☐ төлеуші немесе банк немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйым сол бір кезең үшін екі немесе одан да көп рет Мемлекеттік әлеуметтік сақтандыру қорының шотына қате аударған;</w:t>
+      Нысанасы жұмыстарды орындау (қызметтер көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке тұлға үшін әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін артық (қате) төленген әлеуметтік аударымдарды және (немесе)өсімпұлдарды қайтару:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ☐ → иә</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ☐ → жоқ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асыру қағидалары мен жағдайларының 4-тармағында көрсетілген қажетті құжаттарды қоса бере отырып, себебінен (бір себепті белгілеу):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ☐ бір кезеңде екі немесе одан да көп рет төлемдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ☐ қайтаруға тиіс, жаңадан қабылданған немесе жұмыстан босатылған жұмыскерлер аванспен алған табысқа артық есептелген; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ☐ Қазақстан Республикасы Әлеуметтік кодексінің 207-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> көзделген жасқа толған адамдар болып табылатын қатысушылар үшін артық төленген;</w:t>
+      ☐ Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>207-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1-тармағында көзделген жасқа толған адамдар болып табылатын қатысушылар үшін артық төленген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ төлемді тағайындау коды дұрыс көрсетілмеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -10520,124 +12582,124 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ☐ әлеуметтік аударымдардың сомалары дұрыс көрсетілмеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      ☐ төлеушінің деректемелері дұрыс көрсетілмеген (төлеушілердің ЖСН/БСН қате болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      ☐ төлеушінің деректемелері дұрыс көрсетілмеген; </w:t>
-[...71 lines deleted...]
-      ☐ төлем құжатының не әлеуметтік аударымдар және (немесе) өсімпұлдар төленгенін растайтын құжаттың көшірмесі.</w:t>
+      ☐ дара кәсіпкер, жеке практикамен айналысатын адам, сондай-ақ шаруа немесе фермер қожалығы ретінде тіркелмеген жеке тұлға төлеген </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _____ референс, _________ төлемнің жалпы сомасы _______ , қайтарылатын жалпы сома _______ қайтаруды жүзеге асыруды сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қате) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін төленген әлеуметтік аударымдар және (немесе) өсімпұлдар нысанасы жұмыстарды орындау (қызметтер көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке тұлға үшін жүргізіледі):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ☐ → нысанасы жұмыстарды орындау (қызметтер көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша табыс алатын жеке тұлғаның артық (қате) төленген әлеуметтік аударымдарын және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды қайтаруға келісім беру туралы өтініш.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішке қоса берілген құжаттардың тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -11428,52 +13490,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеуші банктің атауы:____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қолдары: Басшы ____________________________________________ </w:t>
+        <w:t>
+      Қолдары: Басшы ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Т.А.Ә. (бар болса), қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11482,52 +13544,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немесе Басшының электрондық-цифрлық қолтаңбасы ("электрондық үкімет" веб-порталы арқылы берілген электрондық өтініш үшін)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Бас бухгалтер _____________________________________________________ </w:t>
+        <w:t>
+       Бас бухгалтер _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Т.А.Ә. (бар болса), қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11591,51 +13653,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің байланыс телефондары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Телефон: ұялы +7 (____)_________________ жұмыс ______________,</w:t>
+      Телефон: ұялы +7 (____)_________________ жұмыс _____________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       E-mail __________________________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12624,50 +14686,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес артық (қате) аударылған әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды қайтаруды жүзеге асыру үшін қажетті менің дербес деректерімді жинауға және өңдеуге келісім беремін: ____ (иә/жоқ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18760,910 +20938,1664 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="138"/>
+    <w:bookmarkStart w:name="z138" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z139" w:id="139"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z140" w:id="140"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z140" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидасы (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> он алтыншы абзацына (бұдан әрі – Кодекс), "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына (бұдан әрі – Заң) сәйкес әзiрлендi және міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру мемлекеттік қызметін көрсету тәртібін айқындайды.</w:t>
+        <w:t xml:space="preserve"> он алтыншы абзацына (бұдан әрі – Кодекс) сәйкес әзiрлендi және міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Осы Қағидаларда мынадай негiзгi ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z142" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қордың автоматтандырылған ақпараттық жүйесі – Қор активтерін есепке алуды жүзеге асыру, сондай-ақ ақпараттың сақталуы мен санкцияланбаған қол жеткізуден қорғалуын қамтамасыз ету үшін бағдарламалық қамтылым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z150" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және Кодексте көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z151" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z152" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал)– нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z153" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгерістер енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z155" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратты беруді Мемлекеттік корпорация және Қор филиалдары жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушы Мемлекеттік корпорацияға және Қордың филиалдарына жеке басын куәландыратын құжатпен (сәйкестендіру үшін) және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішпен немесе портал арқылы сұрау салу жіберу жолымен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z141" w:id="141"/>
-[...258 lines deleted...]
-    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 72</w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="154"/>
-[...115 lines deleted...]
-    <w:bookmarkStart w:name="z157" w:id="157"/>
+    <w:bookmarkStart w:name="z157" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалардың әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алуы үшін өтініш Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхат бойынша беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z158" w:id="158"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z158" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Көрсетілетін қызметті алушы қолданылу мерзімі өткен құжатты ұсынған жағдайда көрсетілетін қызметті берушінің қызметкері міндетті әлеуметтік сақтандыру жүйесіне қатысушыға осы Қағидаларға </w:t>
+      6. Міндетті әлеуметтік сақтандыру жүйесіне қатысушысы қолданылу мерзімі өткен құжатты ұсынған жағдайда Мемлекеттік корпорацияның немесе Қор филиалының қызметкері міндетті әлеуметтік сақтандыру жүйесіне қатысушыға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беруге өтінішті қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...74 lines deleted...]
-    <w:bookmarkStart w:name="z160" w:id="160"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Өтінішті қабылдау кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорацияның қызметкері әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесіне міндетті әлеуметтік сақтандыру жүйесіне қатысушы туралы деректердің болуына сұрау салуды қалыптастырады және өтінішті тіркейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Қордың қызметкері Қордың автоматтандырылған ақпараттық жүйесінде міндетті әлеуметтік сақтандыру жүйесіне қатысушы туралы деректердің болуына сұрау салуды қалыптастырады және өтінішті тіркейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Сұрау салуды өңдеу әлеуметтік-еңбек саласының тиісті бірыңғай ақпараттық жүйесінде және Қордың автоматтандырылған ақпараттық жүйесінде 10 минут ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Мемлекеттік қызметті көрсету нәтижесі осы Қағидаларға </w:t>
+      8. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру бойынша мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесіне сай беріледі.</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="161"/>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат мынадай мәліметтерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "өңделген" - әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар сомасы түскен сәтті өңделді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z250" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "қайтарылған" - Мемлекеттік корпорацияның төлеушіге әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды төлеу бойынша қате төлемдерді қайтару.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z251" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "жеткізілді" - Қордың артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Портал арқылы әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z252" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЭЦҚ немесе бір реттік пароль арқылы порталда авторизациялануды жүргізеді;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z253" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Мемлекеттік корпорацияның ақпараттық жүйесіне сұрау салуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z254" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ЭЦҚ арқылы қызмет алу үшін сұрау салуды куәландырады (оған қол қояды).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z163" w:id="163"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Міндетті әлеуметтік сақтандыру жүйесіне қатысушы портал арқылы өтініш берген кезде міндетті әлеуметтік сақтандыру жүйесіне қатысушының "жеке кабинетіне" сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратты алу уақыты мен күнін көрсете отырып, хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға портал арқылы жүгінген кезде әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат мынадай мәліметтерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "өңделген" - түскен әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар сомасы сәтті өңделді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "қайтарылған" - Мемлекеттік корпорацияның төлеушіге әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар бойынша қате төленген төлемдерді қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "жеткізілді" - Қордың артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       олардың тағайындалуына сәйкес ақпараттық жүйелердің үздіксіз қызмет етуін және өзектілендірілуін қамтамасыз етуге бағытталған шаралар кешенін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19674,238 +22606,334 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       берілетін деректердің толықтығын, дәйектілігін, өзектілігін және уақтылылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық өзара іс-қимыл Қазақстан Республикасының мемлекеттік органдарының бірыңғай тасымалдау ортасы арқылы Қазақстан Республикасының Ұлттық куәландыру орталығы берген электрондық цифрлық қолтаңбаны (ЭЦҚ) қолдана отырып жүзеге асырылады. Ақпарат алмасу кезіндегі ақпаратты қорғау мемлекеттік органдардың бірыңғай қорғалған тасымалдау ортасы есебінен де, техникалық және ұйымдастыру сипатындағы шаралар есебінен де қамтамасыз етілуге тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="164"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z165" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
-[...88 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> 3-тарау. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру мәселелері бойынша Мемлекеттік корпорацияның немесе Қор филиалының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z167" w:id="167"/>
+      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым Мемлекеттік корпорацияға немесе Қордың филиалына шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация немесе Қордың филиалы шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын, лауазымды адам шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Мемлекеттік корпорация немесе Қордың филиалы шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адам, егер ол үш жұмыс күні ішінде қолайлы шешім қабылдаса, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z167" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Егер заңда өзгеше көзделмесе, шағым берілгеннен кейін сотқа дейінгі тәртіппен сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20024,188 +23052,216 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z169" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Нысан </w:t>
-[...63 lines deleted...]
-        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________ азаматтан (азаматшадан)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туған күні "___" _______________ ______ жылы, мекенжайы бойынша тұратын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _____________________________________________________________________</w:t>
+      __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке сәйкестендіру нөмірі ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік аударымдарының жай-күйі мен қозғалысы туралы ақпарат беруіңізді сұраймын. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру мемлекеттік қызметін көрсету үшін қажетті менің дербес деректерімді жинауға және өңдеуге келісімімді беремін.</w:t>
+      Міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік аударымдарының жай-күйі мен қозғалысы туралы ақпарат беруіңізді сұраймын. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру үшін қажетті менің дербес деректерімді жинауға және өңдеуге келісімімді беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қолы _____________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -20348,1789 +23404,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ақпарат беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...1737 lines deleted...]
-    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22234,67 +23589,476 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ақпарат беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-      Нысан</w:t>
+    <w:bookmarkStart w:name="z172" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесінің қатысушысына әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беруге өтінішті қабылдаудан бас тарту туралы №____ҚОЛХАТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Мемлекеттік корпорацияның немесе Қор филиалының атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолхатты кім бергенін көрсету)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сіздің осы Қағидалардың 6-тармағына сәйкес көзделген қолданылу мерзімі өткен құжаттарды ұсынуыңызға байланысты мiндеттi әлеуметтiк сақтандыру жүйесiне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру жөніндегі құжаттарды қабылдаудан бас тартады, атап айтқанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттардың атауы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ___________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ___________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы қолхат әрбір тарап үшін бір-бірден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Мемлекеттік корпорация немесе Қор филиалы қызметкерінің тегі, аты, әкесінің аты (бар болса), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы:_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (тегі, аты, әкесінің аты (бар болса))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Алды:___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Міндетті әлеуметтік сақтандыру жүйесінің қатысушысының тегі, аты, әкесінің аты (бар болса)/ қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20__жылғы "____" _______.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -22330,585 +24094,120 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>Міндетті әлеуметтік сақтандыру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>(тегі, аты, әкесінің аты (бар болса)</w:t>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жүйесіне қатысушыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>немесе көрсетілетін қызметті алушы</w:t>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік аударымдардың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
-                <w:i/>
-[...3 lines deleted...]
-              <w:t>ұйымының атауы)</w:t>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жай-күйі мен қозғалысы туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>ақпарат беру қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">       </w:t>
-[...32 lines deleted...]
-              <w:t>алушының мекенжайы)</w:t>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...430 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -22925,139 +24224,119 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Міндетті әлеуметтік сақтандыру</w:t>
-[...64 lines deleted...]
-              <w:t>4-қосымша</w:t>
+              <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="170"/>
+    <w:bookmarkStart w:name="z174" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -23533,108 +24812,533 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәртебе</w:t>
+Мәртебе ("өңделген", "қайтарылған", "жеткізілді")</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Кезең</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1025" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.О. (бар болса)             Басшының Т.А.Ә.                   Қолы</w:t>
+      М.О. (бар болса) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшының Т.А.Ә.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23754,206 +25458,320 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="171"/>
+    <w:bookmarkStart w:name="z176" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Төлеушілерге әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z177" w:id="172"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z177" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z178" w:id="173"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z178" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Төлеушілерге әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің 17-бабы 1 тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзiрлендi және әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z179" w:id="174"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z179" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негiзгi ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z180" w:id="175"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z180" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z181" w:id="176"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z181" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z182" w:id="177"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 319-бабы 2-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23988,70 +25806,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында аталған адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған интернет-платформа операторы әлеуметтік төлемдерді төлеушілер деп танылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="178"/>
+    <w:bookmarkStart w:name="z183" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24090,228 +25908,228 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z184" w:id="179"/>
+    <w:bookmarkStart w:name="z184" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 тарау. Төлеушілерге әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z185" w:id="180"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z185" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Төлеушіні әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратпен қамтамасыз етуді Мемлекеттік корпорация жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z186" w:id="181"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z186" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Төлеуші әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінімді толтырады және төлеушінің тіркелген жері бойынша Мемлекеттік корпорацияға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z187" w:id="182"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z187" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалардың әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін өтініш Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхат бойынша беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z188" w:id="183"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z188" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өтінімді алған кезде Мемлекеттік корпорация әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесіне төлеуші туралы деректердің болуына сұрау салуды қалыптастырады және өтінімді тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z189" w:id="184"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z189" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мемлекеттік корпорация төлеуші жүгінген күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратты дайындайды және оны төлеушіге қағаз түрінде жүгінген кезде көрсетілген мерзімде береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24421,68 +26239,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="185"/>
+    <w:bookmarkStart w:name="z191" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -25768,68 +27586,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні, шығ. №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="186"/>
+    <w:bookmarkStart w:name="z193" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -27038,188 +28856,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
+    <w:bookmarkStart w:name="z195" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің күші жойылатын кейбір бұйрықтарының тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z196" w:id="188"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z196" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Міндетті әлеуметтік сақтандыру жүйесінің және әлеуметтік-еңбек саласында мемлекеттік қызметтер көрсетудің кейбір мәселелері туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 11 маусымдағы № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 20849 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z197" w:id="189"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z197" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 16 наурыздағы № 78 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 22354 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z198" w:id="190"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z198" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы мен "Міндетті әлеуметтік сақтандыру жүйесінің және әлеуметтік-еңбек саласында мемлекеттік қызметтер көрсетудің кейбір мәселелері туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 11 маусымдағы № 224 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 31 қаңтардағы № 36 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 26702 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>