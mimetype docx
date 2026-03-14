--- v1 (2025-11-28)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="61a355f" w14:textId="61a355f">
+    <w:p w14:paraId="0fa2521" w14:textId="0fa2521">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1977,576 +1977,328 @@
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z42" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік аударымдар бойынша берешек – Кодексте белгіленген мерзімдерде есептелген және төленбеген әлеуметтік аударымдар сомалары, сондай-ақ төленбеген өсімпұл сомалары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...132 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, Қазақстан Республикасының Салық кодексінде көзделген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлға, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 319-бабы 2-тармағы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> тоғызыншы абзацына сәйкес жергілікті атқарушы органдар немесе жеке көмекшілерге материалдық пайда төлеген кезде өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
+      Жеке көмекшілерге материалдық пайда төлеген кезде жергілікті атқарушы органдар немесе өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>243-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында аталған адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы 2-тармағының </w:t>
+        <w:t xml:space="preserve"> бірінші бөлігінің 8) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> айқындалған интернет-платформа операторы әлеуметтік төлемдерді төлеушілер деп танылады;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="41"/>
+        <w:t xml:space="preserve"> айқындалған интернет-платформа операторы әлеуметтік аударымдарды төлеуші ретінде танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) бірыңғай төлемді төлеуші – Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-1-бабына</w:t>
+        <w:t>820-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған салық агенті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жеке көмекші – жүріп-тұруы қиын бірінші топтағы мүгедектігі бар адамды бірге алып жүру және объектілерге барған кезде көмек көрсету бойынша қызметтер көрсететін адам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жеке практикамен айналысатын адам – жекеше нотариус, жеке сот орындаушысы, адвокат және кәсіби медиатор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) міндетті әлеуметтік сақтандыру жүйесі – мемлекет белгілейтін және кепілдік беретін, міндетті әлеуметтік сақтандыру жүйесінің субъектілері арасындағы қатынастарды реттейтін нормалар мен қағидалар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z51" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және Кодексте көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z50" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеу, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал)– нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2568,661 +2320,941 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеу тәртiбi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z54" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z54" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Міндетті әлеуметтік сақтандыру жүйесіне қатысушылар үшін Қорға төлеуге жататын әлеуметтік аударымдар – әлеуметтік аударымдарды есептеу объектісінің 3,5 пайызы, 2025 жылғы 1 қаңтардан бастап әлеуметтік аударымдарды есептеу объектісінің 5 пайызы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z246" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлғалардың төлеуіне жататын әлеуметтік аударымдардың мөлшерлемесі әлеуметтік аударымдарды есептеу объектісінің 1 пайызы мөлшерінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 3-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">4. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    </w:p>
+    <w:bookmarkStart w:name="z56" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бірыңғай төлем құрамында әлеуметтік аударымдарды төлеуді таңдаған салық агенттері үшін әлеуметтік аударымдар мөлшерлемесі әлеуметтік аударымдарды есептеу объектісінің 3,2 пайызы, 2025 жылғы 1 қаңтардан бастап – әлеуметтік аударымдарды есептеу объектісінің 4,5 пайызы мөлшерінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z57" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесі Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z58" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бір төлеушіден әлеуметтік аударымдарды есептеудің ай сайынғы объектісі республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z59" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Егер күнтізбелік ай үшін бір төлеушіден әлеуметтік аударымдарды есептеу объектісі республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарында қолданыста болатын жалақының ең төмен мөлшерінен аз болса, онда әлеуметтік аударымдар жалақының ең төмен мөлшері негізге алына отырып есептеледі, төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақтың күші:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлғалардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      интернет-платформаларды және (немесе) платформалық жұмыспен қамтудың мобильді қосымшаларын пайдалана отырып, қызметтер көрсету немесе жұмыстарды орындау жөніндегі қызметті жүзеге асыратын жеке тұлғалардың;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысанасы жұмыстарды орындау (қызметтер көрсету) болып табылатын, Қазақстан Республикасының заңнамасына сәйкес салық агенттерімен жасасқан азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын, оның ішінде Қазақстан Республикасындағы халықаралық ұйымдардың өкілдіктерінде, Қазақстан Республикасында аккредиттелген шет мемлекеттердің дипломатиялық өкілдіктерінде және консулдық мекемелерінде жұмыс істейтін жеке тұлғалар (бұдан әрі – азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94-тарауына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бірыңғай төлем есептелетін жұмыскерлердің;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті атқарушы органдар және өзге де заңды тұлғалар төлейтін жеке көмекшілердің кірістеріне қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Жұмыскерлер, ақы төленетін өзге де жұмысы бар (сайланған, тағайындалған немесе бекітілген), оның ішінде Қазақстан Республикасындағы халықаралық ұйымдардың өкілдіктерінде, Қазақстан Республикасында аккредиттелген шет мемлекеттердің дипломатиялық өкілдіктерінде және консулдық мекемелерінде еңбек қызметін жүзеге асыратын адамдар үшін әлеуметтік аударымдарды есептеу объектісі жұмыс берушінің: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      салық кезеңі үшін есептелген төлем көзінен салық салуға жататын жұмыскердің кірісі, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық кезеңі үшін міндетті зейнетақы жарналары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      салық кезеңі үшін Қазақстан Республикасы Салық Кодексінің 429-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген табыстарды қоспағанда, Қазақстан Республикасы Салық кодексінің 400-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-тармағында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көзделген төлем көзінен салық салуға жататын табысы азайтылатын кіріс түріндегі шығыстары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс берушінің шығыстарына әскери қызметшілердің, арнаулы мемлекеттік және құқық қорғау органдары қызметкерлерінің ақшалай жабдықталымы енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      8-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 299</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...169 lines deleted...]
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Дара кәсіпкерлер, оның ішінде шаруа және фермер қожалықтарының басшылары, сондай-ақ олардың он сегіз жасқа толған мүшелері үшін, жеке практикамен айналысатын адамдар үшін әлеуметтік аударымдарды есептеу объектілері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өзі және шаруа немесе фермер қожалықтарының он сегіз жасқа толған мүшелері үшін – Қорға әлеуметтік аударымдар төленбейтін кірістерін қоспағанда, өз пайдасына әлеуметтік аударымдарды есептеу мақсаттары үшін өздері дербес айқындайтын, өз пайдасына міндетті зейнетақы жарналарын аудару үшін айқындалатын кіріске тең, бірақ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3235,1486 +3267,1176 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес салық салу мақсаттары үшін айқындалатын кірістен аспайтын алатын кірісінің сомасы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалдамалы жұмыскерлер үшін – Қорға әлеуметтік аударымдар төленбейтін кірістерді қоспағанда, қызметкерге еңбекке ақы төлеу ретінде кірістер түрінде төленетін шығыстар болып табылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z242" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10-1. Нысанасы жұмыстарды орындау (қызметтер көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғалар үшін әлеуметтік аударымдарды есептеу объектісі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық кезең үшін есептелген төлем көзінен салық салуға жататын жұмыстарды орындау (қызметтер көрсету) нысанасы болып табылатын азаматтық-құқықтық сипаттағы шарт бойынша жеке тұлғаның табыс сомасы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық кезең үшін міндетті зейнетақы жарналары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      алу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      салықтық кезең үшін Қазақстан Республикасы Салық кодексінің 400-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген төлем көзінен салық салуға жататын кірістен азайтылған кіріс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте бір төлеушіден әлеуметтік аударымдарды есептеудің ай сайынғы объектісі республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төменгі жалақының 7 еселенген мөлшерінен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлғалар үшін әлеуметтік аударымдарды есептеуді, ұстап қалуды және Қорға аударуды төлеушілер осындай жеке тұлғалардың кірістері есебінен жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Егер тұлға бір төлеушімен жасалған екі және одан да көп азаматтық-құқықтық сипаттағы шарттар бойынша жұмыстарды орындаудан (қызметтерді көрсетуден) кіріс алған жағдайда, онда шектеу осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген алынған жалпы кіріске қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кірістер алатын жеке тұлға бір мезгілде оның жұмыс берушісі болып табылатын төлеушіден табыс алған кезде, осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген шектеу бір төлеушіден алынған жалпы табысқа қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте, осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген жалпы кіріске шектеу бірінші кезекте жұмыс берушіден алынған кіріске қолданылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 10-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z247" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10-2. Жеке тұлғалар үшін, арнаулы салық режимін қолданатын өзін-өзі жұмыспен қамтығандар үшін әлеуметтік аударымдарды есептеу объектісі осы режим шеңберіндегі қызметті жүзеге асырудың есепті айында алған кірісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, әлеуметтік аударымдарды есептеу үшін қабылданатын кіріс тиісті қаржы жылына арналған республикалық бюджет туралы заңда белгіленген ең төменгі жалақының 7 еселенген мөлшерінен және Қазақстан Республикасының Салық кодексінде өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолдану үшін белгіленген шектен аспауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 10-2-тармақпен толықтырылды – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">11. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Бірыңғай төлемді есептеу объектісі Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>821-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған қызметкердің кірісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірыңғай төлемнің құрамына кіретін әлеуметтік аударымдарды есептеу және төлеу бірыңғай төлем төлеушінің қаражаты есебінен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      10-1-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z64" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Жеке көмекшілер үшін әлеуметтік аударымдарды есептеу объектісі жергілікті атқарушы органдар мен өзге де заңды тұлғалар төлейтін кіріс болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Әлеуметтік аударымдарды есептеу кезінде тиындармен есептелген сомалар тиындардың сомасына қарамастан 1 теңгеге дейін дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүріп-тұруы қиын бірінші топтағы мүгедектігі бар адамға әлеуметтік қызметтер көрсететін жеке көмекшінің кірісін қоспағанда, Қорға әлеуметтік аударымдар салық салу мақсатында жеке тұлғаның кірісі ретінде қарастырылмайтын кірістерден төленбейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың күші Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>94-тарауына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бірыңғай төлем есептелетін жұмыскерлердің кірісіне, сондай-ақ осы Кодекстің 101-1 және 102-1-баптарында аталған адамдардың кірісіне қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеу және олар бойынша өндіріп алу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z70" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Осы Қағидалармен айқындалған тәртіппен төлеуші Қорға әлеуметтік аударымдарды есепті айдан кейінгі айдың 25-күнінен кешіктірмей, әлеуметтік аударымдар төленетін айды көрсете отырып ай сайын төлейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. Қағидалар 10-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 20</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">16. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...1102 lines deleted...]
-    <w:bookmarkStart w:name="z243" w:id="60"/>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16-1. Төлеушілер Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>243-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды есептеуді (ұстап қалуды) және аударуды кіріс алынған айдан кейінгі айдың 25-күнінен кешіктірмей жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4732,283 +4454,305 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16-2. Кодекстің 101-1-бабында көрсетілген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын адамдардың әлеуметтік аударымдарды төлеуі күнтізбелік жылдың ағымдағы және кейінгі айларында жүзеге асырылуы мүмкін және кіріс алынған айдан кейінгі айдың 25-күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте әлеуметтік аударымдар және (немесе) олардың уақтылы және (немесе) толық төленбегені үшін өсімпұл бойынша берешек арнайы мобильді қосымшаның чектері негізінде орындалған жұмыстар, көрсетілген қызметтер үшін ақы алу кезеңіндегі кірістен есептеледі және төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 16-2-тармақпен толықтырылды – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">17. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...118 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="61"/>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бірыңғай төлемді төлеушілер бірыңғай төлемді екінші деңгейдегі банктер немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар арқылы есепті айдан кейінгі айдың 25-күнінен кешіктірмей осындай бірыңғай төлем аударылатын айды көрсете отырып, Мемлекеттік корпорацияның банк шотына төлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z74" w:id="62"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z74" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Қолма-қол ақшасыз нысанда жүзеге асырылатын әлеуметтік аударымдарды төлеу күні – банктен немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымнан әлеуметтік аударымдар сомасына төлем тапсырмасының акцептін алған күн қолма-қол нысанда төлеушінің банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға әлеуметтік аударымдарды енгізген күн болып есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z75" w:id="63"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Төлеушілердің әлеуметтік аударымдарды төлеуі Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында айқындалған нысан бойынша жиынтық төлем тапсырмасымен және оператор немесе төлем жүйелерінің операциялық орталығы бекіткен хабарламалар форматтарында жүзеге асырылады (бұдан әрі – жиынтық төлем тапсырмасы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5047,110 +4791,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="64"/>
+    <w:bookmarkStart w:name="z76" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Егер төлеуші өзінің орналасқан жерінен тыс орналасқан құрылымдық бөлімшелері үшін әлеуметтік аударымдарды жүзеге асырған жағдайда, әлеуметтік аударымдарды төлеу құрылымдық бөлімшенің орналасқан жері бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z77" w:id="65"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Әлеуметтік аударымдар Қазақстан Республикасының ұлттық валютасында төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z78" w:id="66"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z78" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Міндетті әлеуметтік сақтандыру жүйесінің әрбір қатысушысы бойынша жиынтық төлем тапсырмасында тегі, аты, әкесінің аты (бар болса); жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН); әлеуметтік аударым сомасы; әлеуметтік аударым төленетін кезең (ай, жыл) көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қағаз жеткізгіштерде жасалатын төлем тапсырмаларында әлеуметтік аударымдар төленетін кезеңді төлеушілер "Төлем мақсаты" бағанында көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5207,90 +4951,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="67"/>
+    <w:bookmarkStart w:name="z79" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік корпорация міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың ЖСН базасында әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесінде әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін әлеуметтік аударымдарды және (немесе) өсімпұлдарды дербестендірілген есепке алуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z80" w:id="68"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z80" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Банктердің және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың төлеушілерден түскен ақшаны Мемлекеттік корпорацияға аударуы жиынтық төлем тапсырмаларымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте жөнелтуші банктер қалыптастыратын жиынтық төлем тапсырмасында әлеуметтік аударымдар немесе өсімпұлдар төленетін кезең тиісті "Prd" деген жолда "ААЖЖЖЖ" форматында көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5347,70 +5091,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="69"/>
+    <w:bookmarkStart w:name="z81" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Төлеушілердің әлеуметтік аударымдар бойынша берешекті және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды төлеуі кезең (ай (айлар), жыл (жылдар)) үшін жиынтық төлем тапсырмасымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5449,188 +5193,188 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="70"/>
+    <w:bookmarkStart w:name="z82" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар әлеуметтік аударымдардың және (немесе) әлеуметтiк аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл сомаларын Мемлекеттік корпорация арқылы Қорға осы сомалар төлеушiнiң банк шоттарынан есептен шығарылған күні аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z83" w:id="71"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z83" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Мемлекеттік корпорацияның шотына түскен әлеуметтік аударымдардың және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл сомалары келіп түскен күнінен кейінгі бір операциялық күннен кешіктірілмей Қордың шотына аударылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="72"/>
+    <w:bookmarkStart w:name="z84" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЖСН жоқ және (немесе) деректемелерінде қателер жіберілген;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z85" w:id="73"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z85" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жасқа толған адам болып табылатын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z86" w:id="74"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z86" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өзі үшін бір төлеушіден әлеуметтік аударымдар сомасы әлеуметтік аударымдарды есептеу объектісінен республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен артық төленген міндетті әлеуметтік сақтандыру жүйесіне қатысушы бойынша төлеушіге әлеуметтік аударымдарды және (немесе) әлеуметтiк аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлды қайтаруды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5747,164 +5491,164 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="75"/>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Мемлекеттік кірістер органы төлеушіде әлеуметтік аударымдар бойынша берешек түзілген күннен бастап бес жұмыс күнінен кешіктірмей төлеушіге республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын 6 еселенген айлық есептік көрсеткіштен астам мөлшердегі берешек сомасы туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабарлама төлеушінің жеке өзіне қолын қойғызып немесе жөнелту мен алу фактісін растайтын өзге де тәсілмен табыс етіледі. Бұл ретте, төменде көрсетілген тәсілдердің бірімен жіберілген хабарлама төлеушіге мынадай жағдайларда табыс етілді деп есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="76"/>
+    <w:bookmarkStart w:name="z88" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) пошта арқылы хабарламасы бар тапсырыс хатпен жіберілгенде – төлеуші пошта немесе өзге де байланыс ұйымының хабарламасына белгі қойған күннен бастап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, пошта немесе өзге де байланыс ұйымы мұндай хабарламаны пошта немесе өзге де байланыс ұйымының қабылдағаны туралы белгі қойылған күннен бастап он жұмыс күнінен кешіктірілмейтін мерзімде жеткізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік кірістер органдары төлеушіге хабарламасы бар тапсырыс хатпен пошта арқылы жіберген хабарламаны осы тармақта көзделген пошта немесе өзге байланыс ұйымы қайтарған жағдайда осы Салық кодексінде белгіленген негіздер бойынша және тәртіппен куәгерлерді тарта отырып, салықтық тексеру жүргізілген күн осындай хабарлама табыс етілген күн болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="77"/>
+    <w:bookmarkStart w:name="z89" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) электрондық тәсілмен жіберілгенде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салық төлеушінің электрондық салық қызметтерін алуына және оның салық міндеттемелерін орындауына арналған мемлекеттік кірістер органының дербестендірілген және рұқсатсыз кіруден қорғалған интернет-ресурсына хабарламаны жеткізген күннен бастап.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5933,70 +5677,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "электрондық үкімет" веб-порталындағы пайдаланушының жеке кабинетіне хабарламаны жеткізген күннен бастап табыс етілді деп есептеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл тәсіл "электрондық үкімет" веб-порталында тіркелген төлеушіге қолданылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:bookmarkStart w:name="z90" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Мемлекеттік корпорация арқылы – келу тәртібімен оны алған күннен бастап жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6015,70 +5759,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="79"/>
+    <w:bookmarkStart w:name="z91" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Әлеуметтік аударымдар және әлеуметтік аударымдарды уақтылы және (немеес) толық төлемегені үшін өсімпұлдар бойынша берешек өтелмеген жағдайда, пайдасына әлеуметтік аударымдар бойынша берешек өндіріп алынатын міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімі хабарламаны жіберген мемлекеттік кіріс органына оған хабарлама тапсырылған күннен бастап бес жұмыс күні ішінде ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6097,70 +5841,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="80"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Осы Қағидалардың 26-тармағына сәйкес төлеушінің ұсынған міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімдері негізінде мемлекеттік кірістер органы әлеуметтік аударымдар бойынша берешек сомаларын тізімдерді алған күннен бастап бес жұмыс күнінен кешіктірмей төлеушінің банктік шоттарынан мәжбүрлі тәртіппен өндіріп алады. (п 6)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік аударымдар бойынша берешекті төлеушілердің банктік шоттарынан өндіріп алу төлеушінің ұсынған міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың тізімдері қоса беріле отырып, мемлекеттік кірістер органының инкассалық өкімі негізінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6191,630 +5935,570 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген кезектілік тәртібімен клиенттің ақшасын алып қоюды жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің банктік шотында ұлттық валютадағы ақша болмаған жағдайда әлеуметтік аударымдар бойынша берешекті өндіріп алу мемлекеттік кірістер органдары ұлттық валютада берген инкассалық өкімдер негізінде төлеушінің шетел валютасындағы банктік шоттарынан жүргізіледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Әлеуметтік аударымдар бойынша берешекті және әлеуметтік аударымдарды уақтылы және (немесе) толық төленбегені үшін өсімпұлды өтемеген кезде мемлекеттік кіріс органы төлеушінің шығыс операцияларын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      банктік шоттары бойынша – әлеуметтік аударымдар бойынша берешек сомасы шегінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      касса бойынша – екінші деңгейдегі банкке немесе банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымға қолма-қол ақшаны төлеу және тапсыру жөніндегі операциялардан басқа, кассадағы қолма-қол ақшаның барлық шығыс операциялары бойынша оларды кейіннен әлеуметтік аударымдарды, оларға хабарлама тапсырылған күннен бастап он жұмыс күні өткен соң уақтылы төленбегені үшін есептелген өсімпұлдарды төлеу есебіне аудару үшін тоқтата тұруды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кірістер органдарының өкімі бойынша банктер және банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z255" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы Салық кодексінің 201-бабында көзделген салықтар мен бюджетке төленетін төлемдерді, кедендік төлемдерді, әлеуметтік төлемдерді, оларды уақтылы төлемегені үшін есептелген өсімпұлдарды, сондай-ақ бюджетке енгізуге жататын айыппұлдарды төлеу жөніндегі операциялардан басқа;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z256" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ақшаны:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өмірі мен денсаулығына келтірілген зиянды өтеу туралы талаптарды, сондай-ақ алименттерді өндіріп алу жөніндегі талаптарды қанағаттандыруды көздейтін атқару құжаттары бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шарты бойынша жұмыс істейтін адамдармен есеп айырысу үшін, жұмыстан шығу жәрдемақыларын төлеу және еңбегіне ақы төлеу, авторлық шарт бойынша сыйақылар төлеу, әлеуметтік төлемдерді аудару жөніндегі клиенттің міндеттемелері бойынша ақшаны алып қоюды көздейтін атқару құжаттары бойынша, сондай-ақ мемлекет кірісіне өндіріп алу туралы атқару құжаттары бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салық берешегін, кедендік төлемдер, салықтар мен өсімпұлдар бойынша берешекті, әлеуметтік төлемдер бойынша берешекті өтеу бойынша ақшаны алып қоюдан басқа төлеушілердің банктік шоттары бойынша шығыс операцияларын тоқтата тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Төлеушiнің банктік шоттары бойынша шығыс операцияларын тоқтата тұру туралы мемлекеттік кірістер органының өкімінің нысаны Қазақстан Республикасы Салық кодексінің 86-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Төлеушiнiң кассасы бойынша шығыс операцияларын тоқтата тұру, мына операциялардан басқа кассадағы қолма-қол ақшаның барлық шығыс операцияларына:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>201-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген салықтар мен бюджетке төленетін төлемдерді, кедендік төлемдерді, әлеуметтік төлемдерді, олардың уақтылы төленбегені үшін есептелген өсімпұлдарды, сондай-ақ бюджетке енгізуге жататын айыппұлдар төлеу есебіне оларды кейіннен аудару үшін банкке ақша тапсыру үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер касса бойынша шығыс операцияларын тоқтата тұру туралы өкім банкке қатысты шығарылған болса, банктің клиенттерінің қолма-қол ақшасын беру операциялары үшін қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік кіріс органының касса бойынша шығыс операцияларын тоқтата тұру туралы өкімін төлеуші Қорға келіп түскен қолма-қол ақшаны олар келіп түскен күннен кейінгі бір жұмыс күнінен кешіктірмей аудару арқылы бұлжытпай орындауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеушiнің кассасы бойынша шығыс операцияларын тоқтата тұру туралы өкiм төлеушіге берешек сомасы бойынша хабарламаны жөнелту және табыс ету үшін осы Қағидалардың 29-тармағында көзделген әдістермен жіберіледі және табыс етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлеушінің банктік шоттары мен кассасы бойынша шығыс операцияларын тоқтата тұру туралы мемлекеттік кірістер органы өкiмінің күшін әлеуметтік аударымдар бойынша берешек өтелген күннен кейінгі бiр жұмыс күнiнен кешiктiрмей осындай өкімдерді шығарған мемлекеттік кірістер органы жояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      32-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 299</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...443 lines deleted...]
-    <w:bookmarkStart w:name="z101" w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Төлеуші Қорға әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұл сомасын төлеу үшін "төлем мақсаты" – "кезең (ай (айлар), жыл (жылдар)) үшiн әлеуметтiк аударымдарды уақтылы және (немесе) толық төлемегенi үшін өсiмпұл" бағанында көрсете отырып, банкке төлем тапсырмасын ұсынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6873,110 +6557,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="87"/>
+    <w:bookmarkStart w:name="z102" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Төлеушi тоқсан сайын, есептi тоқсаннан кейiнгi екінші айдың 15-күнiнен кешiктiрмей, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, орналасқан жерi бойынша мемлекеттік кірістер органына мiндеттi әлеуметтiк сақтандыру жүйесiне қатысушылар үшiн есептелген әлеуметтiк аударымдар бойынша есеп-қисап ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z103" w:id="88"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Мемлекеттік корпорация күн сайын, өткен күн үшін мемлекеттік кірістер органына Салық кодексiнде белгіленген тәртiппен тiркелген төлеушілер бойынша келіп түскен және қайтарылған әлеуметтік аударымдардың және (немесе) өсімпұл сомаларының тiзiлiмдерiн ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z104" w:id="89"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Әлеуметтік аударымдарды төлеушілер есептелген және төленген әлеуметтiк аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұл сомалары туралы, оның iшiнде қате (артық) төленген әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төлемегені үшін өсімпұл сомаларын қайтару туралы мәлiметтердiң сақталуын бухгалтерлік есеп және қаржылық есептілік туралы заңнамаға сәйкес электрондық немесе қағаз жеткізгіштегі заңнамада белгіленген тәртiппен қамтамасыз етедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушiнiң қызметi тоқтатылған кезде әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлды есептеу және төлеу туралы құжаттар Мемлекеттік архивке беріледi.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -7125,125 +6809,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="90"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың қағидалары мен жағдайлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағида жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.01.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z240" w:id="91"/>
+    <w:bookmarkStart w:name="z240" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z239" w:id="92"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z239" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың қағидалары мен жағдайлары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің (бұдан әрі – Кодекс) 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7258,335 +6942,201 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> он бесінші абзацына, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың тәртібі мен жағдайларын айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидаларға мемлекеттік қызметтер көрсету бөлігінде өзгерістер және (немесе) толықтырулар енгізілген кезде уәкілетті мемлекеттік орган өзгерістер және (немесе) толықтырулар енгізуді көздейтін бұйрық мемлекеттік тіркелгеннен кейін үш жұмыс күні ішінде "Азаматтарға арналған үкімет" мемлекеттік корпорациясын, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторын, Бірыңғай байланыс орталығын және міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау бойынша ведомствоны енгізілген өзгерістер және (немесе) толықтырулар туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="93"/>
+    <w:bookmarkStart w:name="z238" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...132 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z241" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, Қазақстан Республикасының Салық кодексінде көзделген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлға, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 319-бабы 2-тармағы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> тоғызыншы абзацына сәйкес жергілікті атқарушы органдар немесе жеке көмекшілерге материалдық пайда төлеген кезде өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
+      Жеке көмекшілерге материалдық пайда төлеген кезде жергілікті атқарушы органдар немесе өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>243-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында аталған адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы 2-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> айқындалған интернет-платформа операторы әлеуметтік төлемдерді төлеушілер деп танылады;</w:t>
+        <w:t xml:space="preserve"> бірінші бөлігінің 8) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында айқындалған интернет-платформа операторы әлеуметтік аударымдарды төлеуші ретінде танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе (бұдан әрі – Еңбекмині АЖ) – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -7844,105 +7394,145 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="94"/>
+    <w:bookmarkStart w:name="z237" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды жүзеге асырудың тәртібі мен жағдайлары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z236" w:id="95"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z236" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қорға артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (бұдан әрі – Қызмет) мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бір кезеңде екі немесе одан көп төлемдер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8165,70 +7755,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z235" w:id="96"/>
+    <w:bookmarkStart w:name="z235" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінішті Мемлекеттік корпорацияға қағаз түрінде немесе портал арқылы электрондық түрде мынадай құжаттарды қоса бере отырып ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы Қағидалардың 3-тармағы 2) тармақшасында көрсетілген жағдайда міндетті әлеуметтік сақтандыру жүйесіне қатысушының еңбек қызметінің басталғанын/тоқтатылғанын растайтын құжаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8283,186 +7873,82 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша бюджетпен есеп айырысулардың жай-күйі туралы, сондай-ақ мемлекеттік кіріс органдары берген әлеуметтік төлемдер бойынша салық төлеушінің жеке шотынан үзінді-көшірме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...134 lines deleted...]
-      Осы тармақтың 3) тармақшасында көрсетілген құжат болмаған кезде Салық төлеушінің жеке шотынан үзінді-көшірме қоса беріледі;</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3), 4), 5), 6) немесе 7) тармақшаларда көрсетілген жағдайлар бойынша салық төлеушінің дербес шотынан үзінді көшірме.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы Қағидаларға 1-1-қосымшаға сәйкес нысан бойынша артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды қайтаруға Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -8542,187 +8028,227 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 4-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 23.01.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="97"/>
+    <w:bookmarkStart w:name="z234" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалар Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхатпен Қызмет көрсетуге өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z233" w:id="98"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z233" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Міндетті әлеуметтік сақтандыру жүйесінің таңдалған қатысушылары бойынша бір өтініш шеңберінде көрсетілетін қызметті алушы бір ғана себепті және артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың тиісті сомасын көрсетеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z232" w:id="99"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z232" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Қызмет көрсету тәсілдерін, қызмет көрсету мерзімін, нысаны мен нәтижесін қамтитын қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Талаптар тізбесі), сондай-ақ Қызмет көрсету ерекшеліктерін ескере отырып, өзге де талаптар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z231" w:id="100"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z231" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Мемлекеттік корпорацияға қағаз түрінде жіберілген көрсетілетін қызметті алушының өтініштері мен құжаттары бойынша, Мемлекеттік корпорация түскен күннен бастап бес жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтінішті және қоса берілген құжаттарды тексереді және оларды мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9201,90 +8727,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша порталда электрондық өтінішті қарау мәртебесі туралы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тексеру нәтижесі теріс болған жағдайда Мемлекеттік корпорация өтініш пен құжаттарды көрсетілетін қызметті алушыға қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z230" w:id="101"/>
+    <w:bookmarkStart w:name="z230" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Көрсетілетін қызметті портал арқылы алу үшін көрсетілетін қызметті алушы төлеушінің сұратылған деректерін, міндетті әлеуметтік сақтандыру жүйесінің әрбір қатысушысы бойынша артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың төлем тапсырмасының деректемелерін (төлем референсы, төлем тапсырмасының нөмірі, күні және сомасы), соманы және қайтару кезеңін енгізеді, осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қайтару себебін көрсетеді және Негізгі талаптар тізбесінде көзделген электрондық құжаттарды және (немесе) құжаттардың электрондық көшірмелерін қоса береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9437,70 +8963,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z229" w:id="102"/>
+    <w:bookmarkStart w:name="z229" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Портал арқылы келіп түскен құжаттары бар электрондық өтініш мемлекеттік органдардың және (немесе) ұйымдардың ақпараттық жүйелерінде мынадай параметрлер бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көрсетілетін қызметті алушы порталда көрсеткен төлеушінің деректемелерінің әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар төленген төлем тапсырмасының деректемелерімен сәйкестігіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9609,70 +9135,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.09.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z228" w:id="103"/>
+    <w:bookmarkStart w:name="z228" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Еңбекмині АЖ келіп түскен көрсетілетін қызметті алушының электрондық өтініштері мен құжаттары бойынша Мемлекеттік корпорация электрондық өтініш түскен күннен бастап бес жұмыс күні ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) электрондық өтініште көрсетілген әлеуметтік аударымдардың және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың түсу фактісіне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10041,90 +9567,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       көрсетілетін қызметті алушының өтініші мен құжаттарын қабылдамайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       себебін көрсете отырып, Еңбекмині АЖ арқылы порталдағы көрсетілетін қызметті алушының "жеке кабинетіне" және көрсетілетін қызметті алушының ұялы байланыс абоненттік құрылғысының нөміріне sms-хаюарландыру арқылы хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z227" w:id="104"/>
+    <w:bookmarkStart w:name="z227" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Қор көрсетілетін қызметті алушының өтініші мен құжаттары Қорға түскен күннен бастап он жұмыс күні ішінде оларды қарайды және артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруды (қайтарудан бас тартуды) жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z226" w:id="105"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z226" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтарудан, егер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілетін қызметті алушының өтінішінде көрсетілген әлеуметтік аударымдар мен өсімпұлдар сомалары Кодекстің 245-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10557,211 +10083,211 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z225" w:id="106"/>
+    <w:bookmarkStart w:name="z225" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Мемлекеттік корпорация арқылы қағаз түрінде қабылданған өтініштер бойынша Еңбекмині АЖ көрсетілетін қызметті алушыны Қор қол қойған артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (қайтарудан бас тарту) туралы хабарлама көрсетілетін қызметті алушыны sms-хабарландыру арқылы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z224" w:id="107"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z224" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Sms-хабарландырулар Еңбекмині АЖ-да осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша хабарламалар туралы sms-хабарландырулар журналында автоматты түрде тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z223" w:id="108"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z223" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Көрсетілетін қызметті алушы портал арқылы жүгінген кезде Еңбекмині АЖ-да Қордың лауазымды адамының ЭЦҚ-мен куәландырылатын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару (қайтарудан бас тарту) туралы электрондық хабарлама қалыптастырылады және көрсетілетін қызметті алушының "жеке кабинетіне" және порталға өтініште көрсетілген көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының нөміріне sms-хабарлама арқылы жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z222" w:id="109"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z222" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтарудан бас тарту туралы хабарламаға қол қою кезінде Қор хабарламада осы Қағидалардың 13-тармағында көзделген бас тарту себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z221" w:id="110"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z221" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Мемлекеттік корпорацияның банктік шотына ақша аудару үшін Қор "Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасының Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 208 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14419 болып тіркелген) (бұдан әрі – ҚР ҰБ Басқармасының қаулысы) бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында көзделген форматта төлем тапсырмасын қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z220" w:id="111"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z220" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Мемлекеттік корпорация Кодекстің 78-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10836,289 +10362,289 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, 240-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемдердің мөлшерін есептеу кезінде ескерілмеген артық (қате) төленген әлеуметтік аударымдардың сомасын қоспағанда, қайтарылуға жататын әлеуметтік аударымдар бойынша Қордан есептелген әлеуметтік төлемдерді тағайындау фактісін анықтаған кезде, Мемлекеттік корпорация олар келіп түскен күннен кейінгі үш жұмыс күні ішінде әлеуметтік аударымдар сомасын Қордың шотына қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z219" w:id="112"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z219" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Мемлекеттік корпорация Қордан қаражат түскен күннен кейінгі үш жұмыс күннен кешіктірмей ҚР Б Басқармасының қаулысымен бекітілген Қазақстан Республикасының аумағында қолма-қол ақшасыз төлемдерді және (немесе) ақша аударымдарын жүзеге асыру қағидаларында көзделген форматта төлем тапсырмасын қалыптастырады, және көрсетілетін қызметті алушыға артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар сомаларын аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z218" w:id="113"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z218" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Мемлекеттік корпорация Еңбекмині АЖ міндетті әлеуметтік сақтандыру жүйесіне қатысушылардың әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың қайтарылған сомалары бойынша деректерді өзектілендіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z217" w:id="114"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z217" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мемлекеттік корпорация мен Қордың арасында айына бір рет әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың түсуіне, сондай-ақ әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдардың қайтарылуына салыстырып тексеру жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z216" w:id="115"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z216" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Қор қайтарылған артық (қате) төленген әлеуметтік аударымдардың және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды есепке алуды жүргiзедi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z215" w:id="116"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z215" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Оператор порталда қамтылған мәліметтердің қалыптастырылуын, қауіпсіздігін, сақталуын және өзгермейтіндігін қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z214" w:id="117"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z214" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Орталық деректерді қолданбалы бағдарламалық қамсыздандыру деңгейінде рұқсатсыз қол жеткізуден қорғауды, көрсетілетін қызметті алушыдан алынған мәліметтердің уақтылы берілуін және өзгермейтінін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z213" w:id="118"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z213" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Орталық Еңбекминінің АЖ олардың мақсатына сәйкес үздіксіз жұмыс істеуін және өзектілендірілуін қамтамасыз етуге бағытталған іс-шаралар кешенін қамтамасыз етеді. Орталық берілетін деректердің толықтығын, дұрыстығын, өзектілігін және уақтылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z212" w:id="119"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z212" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Қызмет көрсету мәселелері бойынша ақпараттық өзара іс-қимыл ЭЦҚ қолдана отырып, Қазақстан Республикасы мемлекеттік органдарының бірыңғай тасымалдау ортасы арқылы жүзеге асырылады. Ақпарат алмасу кезінде ақпаратты қорғау мемлекеттік органдардың бірыңғай қорғалған тасымалдау ортасын пайдалану есебінен де, техникалық және ұйымдастырушылық сипаттағы іс-шаралар есебінен де қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z211" w:id="120"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z211" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. Заңның 5-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен Қор Еңбекмині АЖ арқылы мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне қызмет көрсету сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z210" w:id="121"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z210" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Қызмет көрсету мәселелері бойынша Қордың, Мемлекеттік корпорацияның шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z209" w:id="122"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z209" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Қордың (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) олардың жұмыскерлерінің Қызмет көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымданған кезде шағым Қордың, Мемлекеттік корпорацияның басшысының атына немесе уәкілетті мемлекеттік орган басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қордың, Мемлекеттік корпорацияның атына түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11223,90 +10749,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор, Мемлекеттік корпорация үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешімді не өзге де әкімшілік әрекетті қабылдаған кезде, олар шағымды қарайтын органға шағымды жібермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілетін қызметті алушының шағымды қарайтын органның атына келіп түскен шағымы ол тіркелген күннен бастап он бес жұмыс күні ішінде қаралуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="123"/>
+    <w:bookmarkStart w:name="z208" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Көрсетілген қызметтің нәтижелерімен келіспеген жағдайларда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z207" w:id="124"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z207" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ҚР ӘРПК 91-бабының 5-тармағына сәйкес әкімшілік тәртіппен (сотқа дейінгі) шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14688,166 +14214,50 @@
         </w:rPr>
         <w:t xml:space="preserve">
       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес артық (қате) аударылған әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды қайтаруды жүзеге асыру үшін қажетті менің дербес деректерімді жинауға және өңдеуге келісім беремін: ____ (иә/жоқ).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...114 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14959,137 +14369,81 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>өсімпұлдарды қайтаруды жүзеге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>асырудың қағидалары мен</w:t>
+              <w:t>асырудың қағидалары</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>жағдайларына</w:t>
+              <w:t>мен жағдайларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...54 lines deleted...]
-      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -15099,66 +14453,121 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...1 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту.  2-қосымша жаңа редакцияда – ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -15172,51 +14581,61 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15249,51 +14668,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көрсетілетін қызмет берушінің атауы</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15529,51 +14948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 (он бес) жұмыс күні</w:t>
+15 (он бес) жұмыс күні.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15755,51 +15174,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтару туралы хабарлама не артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлдарды қайтарудан дәлелді бас тарту</w:t>
+Әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін артық (қате) төленген әлеуметтік аударымдарды және (немесе) өсімпұлдарды қайтару туралы хабарлама не әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін артық (қате) төленген әлеуметтік аударымдарды және (немесе) өсімпұлдарды қайтарудан дәлелді бас тарту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15981,147 +15400,107 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) Қорда – Қазақстан Республикасының Еңбек </w:t>
-[...9 lines deleted...]
-              <w:t>кодексіне</w:t>
+1) Қор – Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес сенбі, жексенбі және мереке күндерінен басқа, дүйсенбіден жұманы қоса алғанда, сағат 9.00-ден 18.30-ға дейін, сағат 13.00-ден 14.30-ға дейін түскі үзіліспен;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес мереке күндері және сенбі және жексенбі күндерінен басқа, дүйсенбіден жұма күнін қоса алғанда сағат 9.00-ден 18.30-ға дейін, сағат 13.00-ден 14.30-ға дейін түскі үзіліспен жүзеге асырылады;</w:t>
+              <w:t>
+2) Мемлекеттік корпорация – өтініштерді қабылдау Мемлекеттік корпорация арқылы Қазақстан Республикасының Еңбек кодексіне сәйкес мереке күндері және сенбі және жексенбі күндерінен басқа, дүйсенбіден жұма күнін қоса алғанда сағат 9.00-ден 18.30-ға дейін, сағат 13.00-ден 14.30-ға дейін түскі үзіліспен жүзеге асырылады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері портал арқылы өтініш берген кезде өтінішті қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні іске асырылады.</w:t>
+              <w:t>
+ 3) портал – тәулік бойы, жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда. Өтініш беруші портал арқылы жұмыс уақыты аяқталғаннан кейін, Қазақстан Республикасының Еңбек кодексіне сәйкес демалыс және мереке күндері өтініш берген кезде өтінішті қабылдау және мемлекеттік көрсетілетін қызмет нәтижесін беру келесі жұмыс күні іске асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16154,87 +15533,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызмет көрсету үшін өтініш берушіден талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушы Артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды (бұдан әрі – ереже) қайтаруды жүзеге асыру қағидалары мен жағдайларына 1-қосымшаға сәйкес нысан бойынша Мемлекеттік корпорация арқылы қағаз түрінде немесе портал арқылы электрондық түрде өтініш береді.</w:t>
+Мемлекеттік қызметті көрсету үшін көрсетілетін қызметті алушы мемлекеттік корпорация арқылы қағаз түрінде немесе портал арқылы электрондық түрде артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдарды уақтылы және (немесе) толық төлемегені үшін өсімпұлды (бұдан әрі – ереже) қайтаруды жүзеге асыру қағидалары мен жағдайларына 1-қосымшаға сәйкес нысан бойынша өтініш береді.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өтінішке мынадай құжаттар қоса беріледі:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16264,125 +15643,107 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) Қағидалардың 3-тармағы 5) немесе 6) тармақшаларында көрсетілген жағдайлар бойынша әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару кезеңі үшін "Салық есептілігі нысандарын және оларды жасау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің бірінші орынбасары – Қазақстан Республикасы Қаржы министрінің 2020 жылғы 20 қаңтардағы № 39 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бұдан әрі – Бұйрық) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19897 болып тіркелген) бекітілген нысан бойынша шағын бизнес субъектілері үшін оңайлатылған декларацияның көшірмелері (910.00-нысан) қоса беріледі.</w:t>
+              <w:t xml:space="preserve"> (бұдан әрі – Бұйрық) бекітілген нысан бойынша шағын бизнес субъектілері үшін оңайлатылған декларацияның көшірмелері (910.00-нысан) (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19897 болып тіркелген) қоса беріледі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көрсетілген тармақтың 2) тармақшасында көрсетілген құжат болмаған кезде Қазақстан Республикасы Қаржы министрінің 2018 жылғы 27 ақпандағы № 306 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16601 болып тіркелген) бекітілген Жеке шоттарын жүргізу қағидаларының 19-қосымшасына сәйкес нысан бойынша бюджетпен есеп айырысулардың жай-күйі туралы, сондай-ақ мемлекеттік кіріс органдары берген әлеуметтік төлемдер бойынша салық төлеушінің жеке шотынан үзінді-көшірме қоса беріледі; </w:t>
+              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16601 болып тіркелген) Жеке шоттарын жүргізу қағидаларының 19-қосымшасына сәйкес нысан бойынша бюджетпен есеп айырысулардың жай-күйі туралы, сондай-ақ мемлекеттік кіріс органдары берген әлеуметтік төлемдер бойынша салық төлеушінің жеке шотынан үзінді-көшірме қоса беріледі; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Қағидалардың 3-тармағы 5) немесе 6) тармақшаларында көрсетілген жағдайлар бойынша әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтару кезеңінде Бұйрықпен бекітілген нысан бойынша патент құны есебінің көшірмелері (911.00-н.) қоса беріледі;</w:t>
-[...17 lines deleted...]
-Осы тармақтың 3) тармақшасында көрсетілген құжат болмаған кезде Салық төлеушінің жеке шотынан үзінді-көшірме қоса беріледі.</w:t>
+3) тармақшаларда көрсетілген жағдайлар бойынша салық төлеушінің дербес шотынан үзінді көшірме 3), 4), 5), 6) немесе 7) осы Қағидалардың 3-тармағының.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Портал арқылы өтініш берген кезде көрсетілетін қызметті алушы көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электрондық құжаттар нысанында мемлекеттік органдардың ақпараттық жүйелеріне сұрау салуды жүзеге асырады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16433,355 +15794,281 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер</w:t>
+Қазақстан Республикасының заңдарында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер (өтінішті қабылдамау)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) көрсетілетін қызметті алушының өтінішінде көрсетілген әлеуметтік аударымдар мен өсімпұлдар сомалары артық (қате) төленген әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар Қазақстан Республикасы Әлеуметтік кодексінің 245-бабы </w:t>
-[...59 lines deleted...]
-              <w:t xml:space="preserve"> бірінші абзацына сәйкес Қорға міндетті түрде төленуге жатады;</w:t>
+1)көрсетілетін қызметті алушының өтінішінде көрсетілген әлеуметтік аударымдар мен өсімпұлдар сомалары артық (қате) төленген әлеуметтік аударымдар және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар азақстан Республикасы Әлеуметтік Кодексінің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>245-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-тармағының төртінші абзацына және 2-тармағының төртінші абзацына, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>256-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1-тармағының бірінші абзацына сәйкес Қорға міндетті түрде төленуге жатаса;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) Кодекстің 78-бабы </w:t>
-[...99 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес әлеуметтік төлемдердің мөлшерін есептеу кезінде ескерілмеген әлеуметтік аударымдардың артық (қате) төленген сомаларын қоспағанда, әлеуметтік төлемді тағайындау үшін ескерілген кезең үшін есептелген артық (қате) төленген әлеуметтік аударымдардың сомалары;</w:t>
+2)Кодекстің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>78-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-тармағына, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">85-бабы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-тармағына, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>118-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 4-тармағына, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>181-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2-тармағына, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>240-бабы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3-тармағына сәйкес, әлеуметтік төлемдердің мөлшерін есептеу кезінде ескерілмеген әлеуметтік аударымдардың артық (қате) төленген сомаларын қоспағанда, әлеуметтік төлемді тағайындау үшін ескерілген кезең үшін есептелген артық (қате) төленген әлеуметтік аударымдардың сомалары; </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) анық еместігін анықтау;</w:t>
+3)құжаттар осы Қағидалардың 3-тармағында көзделген жағдайларды растамайтын болса бас тартылады;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызмет көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректердің және мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі;</w:t>
-[...53 lines deleted...]
-7) артық (қате) төленген Әлеумметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төлеменбегені үшін өсімпұлдарды қайтаруды жүзеге асыру үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімі болмаған.</w:t>
+4)артық (қате) төленген Әлеумметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төлеменбегені үшін өсімпұлдарды қайтаруды жүзеге асыру үшін талап етілетін қолжетімділігі шектеулі дербес деректерге қол жеткізуге көрсетілетін қызметті алушының келісімі болмаған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16813,52 +16100,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметтер, оның ішінде электрондық түрде және Мемлекеттік корпорация арқылы көрсетілетін мемлекеттік қызметтер көрсету ерекшеліктерін ескере отырып, өзге де талаптар </w:t>
+              <w:t>
+Мемлекеттік қызметтің, оның ішінде электрондық нысанда көрсетілетін қызметтің ерекшеліктері ескеріле отырып қойылатын өзге талаптар және Мемлекеттік корпорация арқылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16922,51 +16209,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің – www.enbek.gov.kz. "Мемлекеттік қызметтер" бөлімі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Мемлекеттік корпорацияның – https://gov4c.kz/</w:t>
+2) Мемлекеттік корпорация – https://gov4c.kz/</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3) Қордың – https://gfss.kz/интернет-ресурстарында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
@@ -20938,126 +20225,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="125"/>
+    <w:bookmarkStart w:name="z138" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z139" w:id="126"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z139" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z140" w:id="127"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z140" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидасы (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің 12-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> он алтыншы абзацына (бұдан әрі – Кодекс) сәйкес әзiрлендi және міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21076,170 +20363,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="128"/>
+    <w:bookmarkStart w:name="z141" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негiзгi ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z142" w:id="129"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z142" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z143" w:id="130"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z143" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z144" w:id="131"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z144" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z145" w:id="132"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z145" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қордың автоматтандырылған ақпараттық жүйесі – Қор активтерін есепке алуды жүзеге асыру, сондай-ақ ақпараттың сақталуы мен санкцияланбаған қол жеткізуден қорғалуын қамтамасыз ету үшін бағдарламалық қамтылым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z146" w:id="133"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z146" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21376,130 +20663,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="134"/>
+    <w:bookmarkStart w:name="z150" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және Кодексте көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z151" w:id="135"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z151" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z152" w:id="136"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z152" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал)– нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z153" w:id="137"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z153" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21538,88 +20825,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="138"/>
+    <w:bookmarkStart w:name="z154" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z155" w:id="139"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z155" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратты беруді Мемлекеттік корпорация және Қор филиалдары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21638,90 +20925,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="140"/>
+    <w:bookmarkStart w:name="z156" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушы Мемлекеттік корпорацияға және Қордың филиалдарына жеке басын куәландыратын құжатпен (сәйкестендіру үшін) және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішпен немесе портал арқылы сұрау салу жіберу жолымен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21740,130 +21027,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="141"/>
+    <w:bookmarkStart w:name="z157" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалардың әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алуы үшін өтініш Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхат бойынша беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z158" w:id="142"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z158" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Міндетті әлеуметтік сақтандыру жүйесіне қатысушысы қолданылу мерзімі өткен құжатты ұсынған жағдайда Мемлекеттік корпорацияның немесе Қор филиалының қызметкері міндетті әлеуметтік сақтандыру жүйесіне қатысушыға осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беруге өтінішті қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21882,70 +21169,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="143"/>
+    <w:bookmarkStart w:name="z159" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Өтінішті қабылдау кезінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның қызметкері әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесіне міндетті әлеуметтік сақтандыру жүйесіне қатысушы туралы деректердің болуына сұрау салуды қалыптастырады және өтінішті тіркейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22018,168 +21305,168 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="144"/>
+    <w:bookmarkStart w:name="z160" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат мынадай мәліметтерді қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z249" w:id="145"/>
+    <w:bookmarkStart w:name="z249" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "өңделген" - әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдар сомасы түскен сәтті өңделді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z250" w:id="146"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z250" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "қайтарылған" - Мемлекеттік корпорацияның төлеушіге әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды төлеу бойынша қате төлемдерді қайтару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z251" w:id="147"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z251" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "жеткізілді" - Қордың артық (қате) төленген әлеуметтік аударымдарды және (немесе) әлеуметтік аударымдардың уақтылы және (немесе) толық төленбегені үшін өсімпұлдарды қайтаруы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -22198,130 +21485,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="148"/>
+    <w:bookmarkStart w:name="z161" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Портал арқылы әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z252" w:id="149"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z252" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ЭЦҚ немесе бір реттік пароль арқылы порталда авторизациялануды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z253" w:id="150"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z253" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Мемлекеттік корпорацияның ақпараттық жүйесіне сұрау салуды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z254" w:id="151"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z254" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ЭЦҚ арқылы қызмет алу үшін сұрау салуды куәландырады (оған қол қояды).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Міндетті әлеуметтік сақтандыру жүйесіне қатысушы портал арқылы өтініш берген кезде міндетті әлеуметтік сақтандыру жүйесіне қатысушының "жеке кабинетіне" сұрау салудың қабылданғаны туралы мәртебе, сондай-ақ әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратты алу уақыты мен күнін көрсете отырып, хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -22358,90 +21645,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:bookmarkStart w:name="z162" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға портал арқылы жүгінген кезде әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат мынадай мәліметтерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22532,70 +21819,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="153"/>
+    <w:bookmarkStart w:name="z163" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       олардың тағайындалуына сәйкес ақпараттық жүйелердің үздіксіз қызмет етуін және өзектілендірілуін қамтамасыз етуге бағытталған шаралар кешенін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22678,126 +21965,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:bookmarkStart w:name="z165" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру мәселелері бойынша Мемлекеттік корпорацияның немесе Қор филиалының шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:bookmarkStart w:name="z166" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Міндетті әлеуметтік сақтандыру жүйесіне қатысушыға әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым Мемлекеттік корпорацияға немесе Қордың филиалына шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22870,70 +22157,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="156"/>
+    <w:bookmarkStart w:name="z167" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Егер заңда өзгеше көзделмесе, шағым берілгеннен кейін сотқа дейінгі тәртіппен сотқа жүгінуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23056,68 +22343,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="157"/>
+    <w:bookmarkStart w:name="z169" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23655,68 +22942,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z172" w:id="158"/>
+    <w:bookmarkStart w:name="z172" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесінің қатысушысына әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беруге өтінішті қабылдаудан бас тарту туралы №____ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24230,68 +23517,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="159"/>
+    <w:bookmarkStart w:name="z174" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25458,678 +24745,604 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="160"/>
+    <w:bookmarkStart w:name="z176" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Төлеушілерге әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z177" w:id="161"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z177" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z178" w:id="162"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z178" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Төлеушілерге әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы Әлеуметтік кодексінің 17-бабы 1 тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзiрлендi және әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z179" w:id="163"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z179" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негiзгi ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z180" w:id="164"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z180" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" (бұдан әрі – Мемлекеттік корпорация) – Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтерді көрсету үшін, "бір терезе" қағидаты бойынша мемлекеттік қызметтер көрсетуге өтініштерді қабылдау және көрсетілетін қызметті алушыға олардың нәтижелерін беру жөніндегі жұмысты ұйымдастыру, мемлекеттік қызметтерді электрондық нысанда көрсетуді қамтамасыз ету үшін Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z181" w:id="165"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z181" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z182" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Салық кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлға, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке көмекшілерге материалдық пайда төлеген кезде жергілікті атқарушы органдар немесе өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>243-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 8) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында айқындалған интернет-платформа операторы әлеуметтік аударымдарды төлеуші ретінде танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік-еңбек саласындағы бірыңғай ақпараттық жүйе – уәкілетті мемлекеттік органның, халықты әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы органдардың, еңбек мобильділігі орталықтарының, мансап орталықтарының, Еңбек ресурстарын дамыту орталығының қызметін автоматтандыруға және әлеуметтік-еңбек саласында халыққа мемлекеттік қызметтер көрсету мақсатында ведомствоаралық өзара іс-қимылға арналған ақпараттандыру объектісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.01.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...179 lines deleted...]
-    <w:bookmarkEnd w:id="166"/>
+    </w:p>
+    <w:bookmarkStart w:name="z184" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 тарау. Төлеушілерге әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z185" w:id="168"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z185" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Төлеушіні әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратпен қамтамасыз етуді Мемлекеттік корпорация жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z186" w:id="169"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z186" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Төлеуші әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтінімді толтырады және төлеушінің тіркелген жері бойынша Мемлекеттік корпорацияға ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z187" w:id="170"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z187" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Үшінші тұлғалардың әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат алу үшін өтініш Қазақстан Республикасы Азаматтық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>167-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес берілген сенімхат бойынша беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z188" w:id="171"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z188" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өтінімді алған кезде Мемлекеттік корпорация әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесіне төлеуші туралы деректердің болуына сұрау салуды қалыптастырады және өтінімді тіркейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z189" w:id="172"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z189" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Мемлекеттік корпорация төлеуші жүгінген күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпаратты дайындайды және оны төлеушіге қағаз түрінде жүгінген кезде көрсетілген мерзімде береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -26239,68 +25452,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="173"/>
+    <w:bookmarkStart w:name="z191" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -27586,68 +26799,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні, шығ. №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z193" w:id="174"/>
+    <w:bookmarkStart w:name="z193" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әлеуметтік аударымдардың жай-күйі мен қозғалысы туралы ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -28856,242 +28069,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 229 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z195" w:id="175"/>
+    <w:bookmarkStart w:name="z195" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің күші жойылатын кейбір бұйрықтарының тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z196" w:id="176"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z196" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Міндетті әлеуметтік сақтандыру жүйесінің және әлеуметтік-еңбек саласында мемлекеттік қызметтер көрсетудің кейбір мәселелері туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 11 маусымдағы № 224 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 20849 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z197" w:id="177"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z197" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 16 наурыздағы № 78 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 22354 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z198" w:id="178"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z198" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы мен "Міндетті әлеуметтік сақтандыру жүйесінің және әлеуметтік-еңбек саласында мемлекеттік қызметтер көрсетудің кейбір мәселелері туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 11 маусымдағы № 224 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 31 қаңтардағы № 36 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 26702 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>