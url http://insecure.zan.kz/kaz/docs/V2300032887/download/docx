--- v0 (2025-10-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0d7ee8a" w14:textId="0d7ee8a">
+    <w:p w14:paraId="f6c95a6" w14:textId="f6c95a6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -959,114 +959,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Халықтың көші-қоны туралы" 2011 жылғы 22 шілдедегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      1. Осы Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту қағидалары (бұдан әрі – Қағидалар) "Халықтың көші-қоны туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 14-5) тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+        <w:t xml:space="preserve"> 14-5) тармақшасына және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және шетелдікке немесе азаматтығы жоқ адамға өз бетінше жұмысқа орналасу үшін біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1131,94 +1173,156 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Шетелдік немесе азаматтығы жоқ адам (не ол уәкілеттік берген адам) "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту" көрсетілетін мемлекеттік қызметін (бұдан әрі – мемлекеттік қызмет) алу үшін "электрондық үкіметтің" веб-порталы арқылы осы Қағидаларға </w:t>
+      3. Шетелдік немесе азаматтығы жоқ адам (не ол уәкілеттік берген адам) (бұдан әрі – қызмет алушы) "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту" көрсетілетін мемлекеттік қызметін (бұдан әрі – мемлекеттік қызмет) алу үшін www.egov.kz, www. elicense.kz, www.migration.enbek.kz, "электрондық үкіметтің" веб-порталы арқылы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша анықтама беру туралы өтінішті (бұдан әрі – өтініш) жібередi, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту" мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесінде (бұдан әрі - мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесі) қөрсетілген құжаттар қоса беріле отыр.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Мемлекеттік қызметті көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ көрсетілетін мемлекеттік қызметті көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1291,212 +1395,358 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес қөрсетуге қойылатын талаптардың тізбесі бойынша ұсынылған құжаттар сәйкес келген кезде, құжаттар толық ұсынылған жағдайда жергілікті атқарушы органның қызметкері құжаттарды тіркеген күннен бастап екі жұмыс күні ішінде оларды Комиссияның қарауына жібереді.</w:t>
+        <w:t xml:space="preserve"> сәйкес қөрсетуге қойылатын талаптардың тізбесі бойынша ұсынылған құжаттар сәйкес келген кезде, құжаттар толық ұсынылған жағдайда жергілікті атқарушы органның қызметкері құжаттарды тіркеген күннен бастап 2 (екі) жұмыс күні ішінде оларды Комиссияның қарауына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Комиссия шетелдіктердің немесе азаматтығы жоқ адамдардың өтініштері мен құжаттарын қарау кезінде олардың "Халықтың көші-қоны туралы" Қазақстан Республикасы Заңының </w:t>
-[...9 lines deleted...]
-        <w:t>11 бабы</w:t>
+      8. Комиссия шетелдіктердің немесе азаматтығы жоқ адамдардың өтініштері мен құжаттарын қарау кезінде олардың "Халықтың көші-қоны туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14-5) тармақшасына сәйкес бекітілетін экономиканың басым салаларында талап етілетін кәсіптерге біліктілігі мен білімін сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Анықтама беру туралы өтініш беретін шетелдіктің немесе азаматтығы жоқ адамның білім деңгейі (кәсіби даярлығы) мен практикалық жұмыс тәжірибесі (өтілі) 2015 жылғы 23 қарашадағы Қазақстан Республикасы Еңбек кодексінің (бұдан әрі – Еңбек кодексі) 117-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес кәсіптік стандарттарға, Еңбек кодексінің 16-бабының </w:t>
+      Анықтама беру туралы өтініш беретін шетелдіктің немесе азаматтығы жоқ адамның білім деңгейі (кәсіби даярлығы) мен практикалық жұмыс тәжірибесі (өтілі) "Кәсіптік біліктілік туралы" Қазақстан Республикасының Заңы 5-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес кәсіптік стандарттарға, Қазақстан Республиикасы Еңбек кодексінің (бұдан әрі – Еңбек кодексі) 16-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган бекітетін Басшылар, мамандар және басқа да қызметшілер лауазымдарының біліктілік анықтамалығына, ұйым басшылары, мамандары және басқа да қызметшілері лауазымдарының үлгілік біліктілік сипаттамаларына сәйкес біліктілік талаптарына жауап беруге тиіс.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> көзделген бас тарту себептерінің дәлелді негіздемесімен одан бас тарту туралы ұсынынымдар береді. Комиссияның шешімі әрбір шетелдік пен азаматтығы жоқ адамға қатысты бөлек қабылданады, хаттамамен ресімделеді және оған отырысқа қатысушы комиссия мүшелері қол қояды.</w:t>
+        <w:t>
+      9. Комиссия шетелдік немесе азаматтығы жоқ адам ұсынған құжаттарды талдаудың, сондай-ақ осы Қағидалардың 10-тармағында көзделген біліктілік сипаттамалары өлшемшарттарының негізінде бағалау жүргізеді және шетелдікке немесе азаматтығы жоқ адамға анықтама беру не осы Қағидалардың 12-тармағында көзделген бас тарту себептерінің дәлелді негіздемесімен одан бас тарту туралы ұсынынымдар береді. Комиссияның шешімі 3 (үш) жұмыс күні ішінде әрбір шетелдік пен азаматтығы жоқ адамға қатысты бөлек қабылданады, хаттамамен ресімделеді және оған отырысқа қатысушы комиссия мүшелері қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z25" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Комиссия шетелдікке немесе азаматтығы жоқ адамға біліктілік сипаттамаларының өлшемшарттарына сәйкес мынадай балдар есептейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1711,54 +1961,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Шетелдікке немесе азаматтығы жоқ адамға анықтама беруден бас тарту мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесі бойынша сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z28" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Мемлекеттік қызметті көрсету нәтижесі "электрондық үкіметтің" веб-порталында өтініш берушінің "жеке кабинетіне" қызметті берушінің уәкілетті адамының электрондық цифрлық қолтаңбасымен қол қойылған электрондық құжат ретінде жіберіледі.</w:t>
+      13. Мемлекеттік қызметті көрсету нәтижесі "электрондық үкіметтің" веб-порталында өтініш берушінің "жеке кабинетіне" жергілікті атқарушы органның уәкілетті адамының электрондық цифрлық қолтаңбасымен қол қойылған электрондық құжат ретінде жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 13-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z29" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Жергілікті атқарушы орган берген анықтама басқа адамға берілмеуі тиіс және Қазақстан Республикасының аумағында қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1771,554 +2083,1190 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Анықтама үш айдан аспайтын мерзімге беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z31" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Шетелдік немесе азаматтығы жоқ адам анықтама мерзімін ұзарту үшін мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесі көзделген құжаттарды ұсынған сәйкестік кезінде жергілікті атқарушы орган үш жұмыс күні ішінде анықтаманы еңбек шартының қолданылу мерзіміне, бірақ үш жылдан аспайтын мерзімге ұзартады.</w:t>
+      16. Шетелдік немесе азаматтығы жоқ адам анықтама мерзімін ұзарту үшін мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесі көзделген құжаттарды ұсынған сәйкестік кезінде жергілікті атқарушы орган 3 (үш) жұмыс күні ішінде анықтаманы еңбек шартының қолданылу мерзіміне, бірақ 3 (үш) жылдан аспайтын мерзімге ұзартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 16-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z32" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Анықтаманың мерзімін ұзарту үшін шетелдік немесе азаматтығы жоқ адам жұмыс берушімен еңбек шарты жасалған күннен бастап бес жұмыс күні ішінде "электрондық үкімет" веб-порталы арқылы анықтаманы ұзарту үшін мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесі көзделген құжаттарды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z33" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Анықтаманың қолданылу мерзімі ішінде жұмыс беруші өзгерген кезінде шетелдік немесе азаматтығы жоқ адам жаңа еңбек шартын жасасқан күннен бастап бес жұмыс күні ішінде жергілікті атқарушы органға жазбаша хабарлама жібереді.</w:t>
+      18. Анықтаманың қолданылу мерзімі ішінде жұмыс беруші өзгерген кезінде шетелдік немесе азаматтығы жоқ адам жаңа еңбек шартын жасасқан күннен бастап 5 (бес) жұмыс күні ішінде жергілікті атқарушы органға жазбаша хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 18-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z34" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> көзделген тәртіппен жүзеге асырылады.</w:t>
+        <w:t>
+      19. Жұмыс беруші ауысқан кезде шетелдік немесе азаматтығы жоқ адамға анықтаманы қайта рәсімдеу осы Қағидалардың 22-тармағында көзделген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Қазақстан Республикасының еңбек заңнамасында көзделген негіздер бойынша еңбек шарты тоқтатылған кезде шетелдік немесе азаматтығы жоқ адам бес жұмыс күні ішінде ол туралы жергілікті атқарушы органға жазбаша хабарлама ерікті түрде жібереді.</w:t>
+      20. Қазақстан Республикасының еңбек заңнамасында көзделген негіздер бойынша еңбек шарты тоқтатылған кезде шетелдік немесе азаматтығы жоқ адам 5 (бес) жұмыс күні ішінде ол туралы жергілікті атқарушы органға жазбаша хабарлама ерікті түрде жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z36" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Шетелдік немесе азаматтығы жоқ адамның анықтамаға сәйкес келмейтін кәсіп бойынша еңбек қызметін жүзеге асыруы анықтаманы кері қайтарып алуға негіз болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті анықтамаға байланысты емес еңбек қызметін жүзеге асырған жағдайда, Қазақстан Республикасының еңбек және көші-қон заңнамасының сақталуын бақылауды жүзеге асыратын уәкілетті мемлекеттік органдардың актілері негізінде жергілікті атқарушы орган қолданыстағы анықтаманы кері қайтарып алуды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 21-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      22. Бұрын берілген анықтаманы қайта ресімдеу шетелдіктің немесе азаматтығы жоқ адамның тегі, аты, әкесінің аты (бар болса), жеке басын куәландыратын құжатының нөмірі мен сериясы өзгерген жағдайда жүзеге асырылады.</w:t>
+      22. Бұрын берілген анықтаманы қайта ресімдеу шетелдіктің немесе азаматтығы жоқ адамның тегі, аты, әкесінің аты (ол болған жағдайда), жеке басын куәландыратын құжатының нөмірі мен сериясы өзгерген, сондай-ақ жұмыс беруші ауысқан жағдайда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шетелдік немесе азаматтығы жоқ адам тегі, аты, әкесінің аты, шетелдіктің немесе азаматтығы жоқ адамның жеке басын куәландыратын құжаттың нөмірі мен сериясы өзгерген күннен бастап бес жұмыс күні ішінде "электрондық үкімет" веб-порталы арқылы аталған мәліметтерді растайтын құжаттардың көшірмелерін қоса бере отырып, анықтаманы қайта ресімдеу туралы өтініш береді.</w:t>
+      Шетелдік немесе азаматтығы жоқ адам тегі, аты, әкесінің аты (ол болған жағдайда), шетелдіктің немесе азаматтығы жоқ адамның жеке басын куәландыратын құжаттың нөмірі мен сериясы өзгерген, жұмыс беруші ауысқан күннен бастап 5 (бес) жұмыс күні ішінде "электрондық үкімет" веб-порталы арқылы аталған мәліметтерді растайтын құжаттардың көшірмелерін қоса бере отырып, анықтаманы қайта ресімдеу туралы өтініш береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Жергілікті атқарушы орган өтініш берілген күннен бастап үш жұмыс күні ішінде анықтаманы жаңа нөмір бере отырып қайта ресімдейді.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="36"/>
+      Жергілікті атқарушы орган өтініш берілген күннен бастап 3 (үш) жұмыс күні ішінде анықтаманы жаңа нөмір бере отырып қайта ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 22-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1. Анықтама жоғалған немесе бүлінген жағдайда шетелдікке немесе азаматтығы жоқ адамға анықтаманың телнұсқасы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шетелдік немесе азаматтығы жоқ адам анықтама жоғалған немесе бүлінген күннен бастап 5 (бес) жұмыс күні ішінде www.elicense.kz, www.migration.enbek.kz "электрондық үкімет" веб-порталы арқылы мемлекеттік қызмет көрсетуге қойылатын талаптардың тізбесінде көрсетілген құжаттарды сала отырып, өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жергілікті атқарушы орган өтініш берілген күннен бастап 3 (үш) жұмыс күні ішінде анықтаманың телнұсқасын береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 22-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Анықтаманың қолданысы мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) оның берілген мерзімі аяқталған;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) берілген анықтама кері қайтарылып алынған;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) шетелдік немесе азаматтығы жоқ адамның анықтамаға сәйкес келмейтін кәсіп бойынша еңбек қызметін жүзеге асыруы анықталған жағдайларда тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Орталық мемлекеттік органдардың, сондай-ақ көрсетілетін жергілікті атқарушы органдардың және (немесе) олардың лауазымды адамдарының мемлекеттік қызметін көрсету мәселелері жөніндегі шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="38"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-тараудың тақырыбы жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Мемлекеттік қызмет көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган (лауазымды адам) шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган (лауазымды адам) шағым түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте шешімі, әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган (лауазымды адам), егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік іс-әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Бұл ретте шешімі, әрекетіне (әрекетсіздігіне) шағым жасалатын әкімшілік орган (лауазымды адам), егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік іс-әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Шағым Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
-[...38 lines deleted...]
-      25. Көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы "мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      25. Жергілікті атқарушы органның атына келіп түскен көрсетілетін қызметті алушының шағымы "мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес ол тіркелген күннен бастап 5 (бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі жергілікті атқарушы органның атына келіп түскен көрсетілетін қызметті алушының шағымы қаралуға тиіс ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Көрсетілген мемлекеттік қызметтің нәтижелерімен келіспеген жағдайларда өтініш беруші Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, сотқа шағымдануға ҚР АӨК 91-бабының 5-тармағына сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2432,205 +3380,88 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
-          </w:p>
-[...63 lines deleted...]
-            </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>__________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(облыстардың, республикалық</w:t>
+              <w:t xml:space="preserve"> (облыстардың, республикалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қалалары және астананың</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2638,596 +3469,527 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>атқарушы органының атауы)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>___________________________</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t xml:space="preserve"> (тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(тегі, аты, әкесінің аты</w:t>
+              <w:t>(ол болған жағдайда))</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(бар болса))</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t xml:space="preserve"> (паспортының (жеке басын</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>куәландыратын құжатының) №,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(паспортының (жеке басын</w:t>
+              <w:t>берілген күні және берген орган)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>куәландыратын құжатының) №,</w:t>
+              <w:t>Мекенжайы, телефон, факс</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берілген күні және берген орган)</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Мекенжайы, телефон, факс</w:t>
+              <w:t>Резидент еліндегі мекенжайы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t>телефоны</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...38 lines deleted...]
-              <w:t>____________________________</w:t>
+              <w:t>_________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z46" w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мамандығы бойынша өз бетінше жұмысқа орналасу үшін біліктілік сәйкестігі туралы </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      аңықтама беруді/ұзартуды сұраймын _____________________</w:t>
-[...43 lines deleted...]
-      </w:pPr>
+      анықтама беруді/ұзартуды/қайта рәсімдеуді/телнұсқасын беруді сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>халықтың көші-қон мәселелері жөніндегі уәкілетті органның бұйрығымен бекітілген тізбегі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тізбегі сәйкес (кәсіп, экономика саласы (экономикалық қызмет түрі) көрсетіледі.</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+       сәйкес (кәсіп, экономика саласы (экономикалық қызмет түрі) көрсетіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс беруші туралы мәлеметтер (аңықтама ұзартылған жағдайда)</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Жұмыс берушінің атауы, жұмыс берушінің бизнес сәйкестендіру нөмірі немесе жеке сәйкестендіру нөмірі)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...43 lines deleted...]
-      </w:pPr>
+      Өз бетінше жұмысқа орналасу үшін біліктілік сәйкестігі туралы анықтама беру үшін қажетті</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      сәйкестендіру нөмірі)</w:t>
-[...25 lines deleted...]
-      </w:pPr>
+      менің дербес деректерімді жинауға және өңдеуге келісім беремін.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қажетті менің дербес деректерімді жинауға және өңдеуге келісім беремін.</w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) __________________________________________</w:t>
+        <w:t>1) __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) __________________________________________</w:t>
+        <w:t>2) __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) __________________________________________</w:t>
+        <w:t>3) __________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      қоса беріледі.</w:t>
+        <w:t>қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Өтініш берілген күн: 20_жылғы "__" ___________</w:t>
+        <w:t>Өтініш берілген күн: 20_жылғы "__" ___________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Өтініш берушінің қолы _______________________</w:t>
+        <w:t>Өтініш берушінің қолы _______________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3263,134 +4025,188 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Өз бетінше жұмысқа орналасуы </w:t>
+              <w:t>Өз бетінше жұмысқа орналасуы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">үшін шетелдік немесе </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">азаматтығы жоқ адамға </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілігінің сәйкестігі туралы </w:t>
+              <w:t>біліктілігінің сәйкестігі</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">анықтама беру немесе ұзарту </w:t>
+              <w:t>туралы анықтама беру немесе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қағидаларына</w:t>
+              <w:t>ұзарту қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту" мемлекеттік қызмет көрсетуге қойылатын талаптардың тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -3404,51 +4220,201 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту" мемлекеттік қызмет қөрсетуге қойылатын талаптардың тізбесі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметтің атауы: "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің кіші түрінің атауы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2. Өз бетінше жұмысқа орналасу үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтаманы ұзарту;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3. Шетелдіктің немесе азаматтығы жоқ адамдардың тегі, аты, әкесінің аты (бар болса), жеке басын куәландыратын құжаттың нөмірі мен сериясы өзгерген жағдайда өз бетінше жұмысқа орналасу үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтаманы қайта ресімдеу;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4. Анықтама жоғалған немесе бүлінген жағдайда өз бетінше жұмысқа орналасу үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтаманың телнұсқасын беру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3517,51 +4483,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-облыстардың, республикалық қалалары және астананың жергілікті атқарушы органы (бұдан әрі - қызметті беруші)</w:t>
+Жергілікті атқарушы органдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3593,88 +4559,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік қызметтерді ұсыну жолдары </w:t>
+              <w:t>
+Мемлекеттік қызметтерді ұсыну жолдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Электрондық үкімет" веб-порталы www.egov.kz, www. elicense.kz</w:t>
+"Электрондық үкімет" веб-порталы www. egov. kz, www. elicense.kz немесе www. mig rati on. enbek. kz.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3743,87 +4709,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Үш айға дейінгі мерзімге анықтама беру - 6 (алты) жұмыс күні ішінде (өтініш тіркелген күннен бастап).</w:t>
+3 (үш) айға дейінгі мерзімге анықтама беру - 5 (бес) жұмыс күні ішінде (өтініш тіркелген күннен бастап).</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анықтаманы ұзарту – 3 (үш) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анықтаманы қайта ресімдеу - 3 (үш) жұмыс күні ішінде.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Анықтаманың телнұсқасын беру - 3 (үш) жұмыс күні ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3892,51 +4876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Электрондық түрде</w:t>
+Электрондық түрде (ішінара автоматтандырылған)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4004,52 +4988,72 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Өз бетінше жұмысқа орналасу үшін біліктілігінің сәйкестігі туралы анықтама 3 қосымшаға сәйкес нысан бойынша, немесе мемлекетік қызмет көрсетуге қойылатын талаптар тізбесі 9-тармағында көзделген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы уәждемелі жауап.</w:t>
+              <w:t xml:space="preserve">
+Өз бетінше жұмысқа орналасу үшін біліктілігінің сәйкестігі туралы анықтама </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша, немесе мемлекетік қызмет көрсетуге қойылатын талаптар тізбесі 9-тармағында көзделген негіздер бойынша мемлекеттік қызметті көрсетуден бас тарту туралы уәждемелі жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4231,127 +5235,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- Портал жұмыс қызмет кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (жұмыс күні аяқталғаннан кейін өтініш берген кезде Қазақстан Республикасының Еңбек </w:t>
-[...75 lines deleted...]
-Мемлекеттік қызмет көрсету орындарының мекенжайлары облыстардың, республикалық маңызы бар қалалардың, астананың жергілікті атқарушы органдарының интернет-ресурсында орналастырылған.</w:t>
+Портал жұмыс қызмет кестесі – жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (жұмыс күні аяқталғаннан кейін өтініш берген кезде </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодексіне</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жергілікті атқарушы органдар – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек кодекске</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбіден жұмаға дейін түскі үзіліспен жұмыс кестесіне сәйкес.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету орындарының мекенжайлары жергілікті атқарушы органдарының интернет-ресурсында орналастырылған.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4384,51 +5388,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік кызметті көрсету үшін көрсетілетін қызметті алушыданталап етілетін құжаттар мен мәлеметтердің тізбесі</w:t>
+Мемлекеттік қызмет көрсету үшін көрсетілетін қызметті алушыдан талап етілетін құжаттар мен мәліметтердің тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4438,69 +5442,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Аңықтама беру үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-өтініш беру тіліндегі, қазақ немесе орыс тілдеріне аудармасы қамтамасыз етілген, бекітілген нысан бойынша анықтама беру туралы өтініш.</w:t>
-[...17 lines deleted...]
-жеке басты куәландыратын құжаттың көшірмесі;</w:t>
+өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке басты куәландыратын құжаттың электронды көшірмесі;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қазақстан Республикасы ратификациялаған халықаралық шарттарда өзгеше көзделмеген жағдайларды қоспағанда, Қазақстан Республикасының білім туралы заңнамасында белгіленген тәртіппен тану немесе нострификациялау рәсімінен өткен білімі туралы құжаттардың нотариат куәландырған аудармалары (қазақ немесе орыс тілінде) не ағылшын тілін оқыту үшін берілген сертификаттардың нотариат куәландырған аудармалары (қазақ немесе орыс тілінде);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4527,52 +5531,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. Анықтаманың мерзімін ұзарту үшін:</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-жұмыс берушінің атауын, бизнес-сәйкестендіру нөмiрiн немесе жеке сәйкестендiру нөмiрiн қамтитын ол туралы мәліметтер көрсетілген бекітілген нысан бойынша анықтаманы ұзарту жөнінде өтініш тілінде;</w:t>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша анықтаманы ұзарту жөнінде өтініш;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 уәкілетті орган бұрын берген анықтама;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4582,87 +5606,199 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 еңбек шартының көшірмесі.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Шетелдіктің немесе азаматтығы жоқ адамның тегі, аты, әкесінің аты (бар болса), жеке басын куәландыратын құжатының нөмірі мен сериясы өзгерген жағдайда анықтаманы қайта ресімдеу үшін:</w:t>
-[...35 lines deleted...]
-жеке басын куәландыратын құжаттың тегі, аты, әкесінің аты, нөмірі мен сериясы өзгертілген құжаттың көшірмесі.</w:t>
+3. Шетелдіктің немесе азаматтығы жоқ адамның тегі, аты, әкесінің аты (ол болған жағдайда), жеке басын куәландыратын құжатының нөмірі мен сериясы өзгерген жағдайда анықтаманы қайта ресімдеу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша анықтаманы қайта рәсімдеу туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке басын куәландыратын құжаттың тегі, аты, әкесінің аты (ол болған жағдайда), нөмірі мен сериясы өзгертілген құжаттың көшірмесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Анықтаманың телнұсқасын алу үшін:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+осы Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша анықтаманың телнұсқасын беру туралы өтініш;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+жеке басты куәландыратын құжаттың электронды көшірмесі;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+еңбек қызметін растайтын құжаттың нотариат куәландырған көшірмесі, сондай-ақ оның қазақ немесе орыс тіліндегі аудармасы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4695,51 +5831,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңдарында белгіленген негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4880,69 +6016,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі және мәртебесі туралы ақпаратты біріңғай байланыс орталығы - "1411" арқылы алуға мүмкіндігі бар.</w:t>
-[...17 lines deleted...]
-2. "Электрондық үкімет" веб-порталы - www.egov.kz, www. elicense.kz арқылы жүгіну үшін көрсетілетін қызметті алушы электрондық цифрлық қолтаңбаны (ЭЦҚ) алу үшін жеке сәйкестендіру нөмірін (ЖСН) алуы қажет.</w:t>
+1. Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі және мәртебесі туралы ақпаратты біріңғай байланыс орталығы – "1411" арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. "Электрондық үкімет" веб-порталы - www. egov. kz, www. elicense.kz www. mig rati on. enbek. kz арқылы жүгіну үшін көрсетілетін қызметті алушы электрондық цифрлық қолтаңбаны (ЭЦҚ) алу үшін жеке сәйкестендіру нөмірін (ЖСН) алуы қажет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4981,727 +6117,468 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Өз бетінше жұмысқа орналасуы </w:t>
+              <w:t>Өз бетінше жұмысқа орналасуы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">үшін шетелдік немесе </w:t>
+              <w:t>үшін шетелдік немесе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">азаматтығы жоқ адамға </w:t>
+              <w:t>азаматтығы жоқ адамға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">біліктілігінің сәйкестігі туралы </w:t>
+              <w:t>біліктілігінің сәйкестігі туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">анықтама беру немесе ұзарту </w:t>
+              <w:t>анықтама беру немесе ұзарту</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
-          </w:p>
-[...53 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жергілікті атқарушы органының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өз бетінше жұмысқа орналасу үшін біліктілік сәйкестігі туралы анықтама</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің м.а. 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________</w:t>
+      № _____</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20__ жылғы "__" __________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасында экономиканың басым салаларында сұранысқа ие мынадай кәсіп бойынша өз бетінше жұмысқа орналасуы үшін </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      біліктілік талаптарына және білім деңгейіне сәйкестігі үшін берілді:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Халықтың көші-қон мәселелері жөніндегі уәкілетті орган бекітетін шетелдіктің немесе азаматтығы жоқ адамдарды өз бетінше жұмысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жергілікті атқарушы органының атауы</w:t>
-[...189 lines deleted...]
-    </w:tbl>
+      орналасуы үшін басым салалар мен оларды талап етілетін кәсіптер тізбесіне сәйкес экономиканың басым салаларында, сұранысқа талап етілетін кәсіп көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________________ </w:t>
+        <w:t>Анықтаманы беру үшін негіздеме _____________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      (тегі, аты, әкесінің аты (бар болса)) </w:t>
+        <w:t>Анықтаманың қолданылу мерзімі ____________ бастап _____________ дейін</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      _______________________________________________________________________ </w:t>
+        <w:t>(күні, айы, жылы) (күні, айы, жылы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Қазақстан Республикасында экономиканың басым салаларында сұранысқа ие мынадай </w:t>
+        <w:t>М.О. ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...216 lines deleted...]
-      (тегі, аты-жөні             (қолы)</w:t>
+        <w:t xml:space="preserve">   (тегі, аты, әкесінің аты (ол болған жағдайда)) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5834,68 +6711,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 236 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шетелдік жұмыскерлердің өз бетінше жұмысқа орналасуы экономиканың басым салалардың (экономикалық қызмет түрлерінің) және олардағы сұранысқа ие кәсіптердің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -10004,228 +10881,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 236 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрлігінің және Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту қағидаларын, шетелдіктің немесе азаматтығы жоқ адамның өз бетінше жұмысқа орналасуы үшін басым салалардың (экономикалық қызмет түрлерінің) және олардағы сұранысқа ие кәсіптердің тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 13 маусымдағы № 503 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14149 тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы 14 маусымдағы № 242 бұйрығының Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер мен толықтыру енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17194 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту қағидаларын, шетелдіктің немесе азаматтығы жоқ адамның өз бетінше жұмысқа орналасуы үшін басым салалардың (экономикалық қызмет түрлерінің) және олардағы сұранысқа ие кәсіптердің тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 13 маусымдағы № 503 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 29 мамырдағы № 204 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 20785 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Өз бетінше жұмысқа орналасуы үшін шетелдікке немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту қағидаларын, шетелдіктің немесе азаматтығы жоқ адамның өз бетінше жұмысқа орналасуы үшін басым салалардың (экономикалық қызмет түрлерінің) және олардағы сұранысқа ие кәсіптердің тізбесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 13 маусымдағы № 503 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 25 желтоқсандағы № 537 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21931 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10605,31 +11482,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>