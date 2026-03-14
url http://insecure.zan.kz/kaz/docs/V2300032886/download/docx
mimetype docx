--- v0 (2025-12-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d34b58a" w14:textId="d34b58a">
+    <w:p w14:paraId="23c04fb" w14:textId="23c04fb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1312,5261 +1312,4887 @@
       2) әкімшілік орган – Қазақстан Республикасының заңдарына сәйкес әкімшілік актіні қабылдау, әкімшілік әрекет жасау (әрекетсіздік) жөнінде өкілеттіктер берілген мемлекеттік орган, жергілікті өзін-өзі басқару органы, мемлекеттік заңды тұлға, сондай-ақ өзге ұйым;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, Қазақстан Республикасының Салық кодексінде көзделген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлға, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке көмекшілерге материалдық пайда төлеген кезде жергілікті атқарушы органдар немесе өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>243-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігінің 8) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында айқындалған интернет-платформа операторы әлеуметтік аударымдарды төлеуші ретінде танылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) әлеуметтік төлемді алушы – әлеуметтік тәуекел жағдайы туындағанға дейін өзі үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар жүргізілген және Мемлекеттік әлеуметтік сақтандыру қоры оған қатысты еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемдерді тағайындау туралы шешім шығарған жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "бір өтініш" қағидаты - бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) бірыңғай төлемді төлеуші – Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>820-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалған салық агенті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) "Е-макет" автоматтандырылған ақпараттық жүйесі (бұдан әрі – "Е-макет" ААЖ) – уәкілетті мемлекеттік органның "Зейнетақы төлемдерін және жәрдемақыларды электрондық тағайындау" автоматтандырылған ақпараттық жүйесi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем (бұдан әрі – әлеуметтік төлем) - Мемлекеттік әлеуметтік сақтандыру қоры әлеуметтік төлемді алушының пайдасына жүзеге асыратын төлем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жеке практикамен айналысатын адам – жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіби медиатор;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) қатысу өтілінің коэффициенті – міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтіліне қарай айқындалатын коэффициент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) медициналық-әлеуметтік сараптама бөлімшесі (бұдан әрі – МӘС бөлімшесі) – уәкілетті мемлекеттік органның медициналық-әлеуметтік сараптама жүргізетін құрылымдық бөлімшесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтілі – әлеуметтік аударымдар түскен айлардың жалпы саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      15) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) отбасының цифрлық картасы – "электрондық үкіметтің" ақпараттық-коммуникациялық платформасында іске асырылған, отбасылардың (адамдардың) тізімдерін олардың әлеуметтік саламаттылығының деңгейі бойынша қалыптастыруға және сегменттеуге мүмкіндік беретін талдамалық шешім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) цифрлық құжаттар сервисі – "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторға бекітіп берілген және ақпараттандыру объектілерінен алынған мәліметтер негізінде қалыптастырылған электрондық түрдегі құжаттарды көрсетуге және пайдалануға арналған объектісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) электрондық құжат – өзіндегі ақпарат электрондық цифрлық нысанда ұсынылған және электрондық цифрлық қолтаңба арқылы куәландырылған құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) электрондық өтінім – әлеуметтік төлемдерді тағайындауға қажетті, Мемлекеттік корпорацияның, МӘС бөлімшесінің, электрондық цифрлық қолтаңбамен куәландырылған электрондық құжат нысанындағы мәліметтер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) электрондық өтініш –электрондық цифрлық қолтаңбамен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) электрондық іс макеті (бұдан әрі – ЭІМ) – "Е-макет" ААЖ-да автоматты режимде немесе Мемлекеттік корпорацияда қалыптастырылатын әлеуметтік төлемді алушының электрондық іс макеті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 72</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. қараңыз); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Әлеуметтік төлемнің мөлшерлерін есептеу (айқындау), тағайындау тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Әлеуметтiк төлем МӘС бөлімшесі белгілеген әлеуметтiк төлемге құқық туындаған күннен бастап еңбекке қабілеттіліктен айырылудың бүкіл кезеңіне, әлеуметтiк төлем тағайындауға өтiнiш жасалған уақытқа қарай жұмысты тоқтатқанына немесе жалғастырып жатқанына қарамастан, бірақ міндетті әлеуметтік сақтандыру жүйесіне қатысушысының Кодекстің 207-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген мерзімнен аспайтын жасқа толғанға дейін тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>180-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлем алуға құқығы бар адамдар Қорға осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындау үшін өтінішпен, 2-қосымшаға сәйкес нысан бойынша МӘС бөлімшелері арқылы әлеуметтік төлемді тағайындау үшін өтінішпен, 3-қосымшаға сәйкес нысан бойынша әлеуметтік төлемді портал арқылы тағайындау үшін өтінішпен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берген сәтте жалпы еңбекке қабілеттіліктен айырылу дәрежесі белгіленген кезде жеке басын куәландыратын құжатпен, не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін) (қандас мәртебесі бар адам әлеуметтік төлемді тағайындауға өтініш білдірген жағдайда қандас куәлігі не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін) Мемлекеттік корпорация арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жалпы еңбекке қабілеттіліктен айырылу дәрежесі алғаш рет белгіленген кезде "бір өтініш" қағидаты бойынша МӘС бөлімшесі арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте өтінішті қабылдау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тиісті өңірдің МӘС бөлімшесінің орналасқан жері бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өткізу тәртібі Кодекстің 12-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жиырма екінші бөлігіне сәйкес уәкілетті мемлекеттік орган айқындайтын МӘС бөлімшелерінің көшпелі отырыстарында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушінің тұрғылықты (тіркелген) жері бойынша емдеу-профилактикалық мекемелерінің базасында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мамандандырылған мекемелерде емдеуде болған жері бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өтініш берушінің болатын жері бойынша түзеу мекемелерінде және тергеу изоляторларында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үйде, стационарда – егер адам дәрігерлік-консультациялық комиссияның қорытындысына сәйкес денсаулық жағдайына байланысты медициналық-әлеуметтік сараптамаға келе алмаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      сырттай – куәландырылатын адамның немесе заңды өкілінің келісімімен, қызмет көрсетілетін өңірден тыс жерде тасымалданбайтын және/немесе стационарлық емдеуде болған кезде куәландырылатын адамның немесе заңды өкілдің келісімімен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем тағайындау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесінде (бұдан әрі – Негізгі талаптар тізбесі) айқындалған, ұсынылған құжаттар негізінде куәландырылатын адам тасымалдануға келмейтін болған және/немесе қызмет көрсетілетін өңірден тыс жерде стационарлық емдеуде болған кезде жүзеге асырылады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініш берген сәтте жалпы еңбекке қабілеттіліктен айырылу дәрежесін белгілеген кезде портал арқылы жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Проактивті қызмет арқылы әлеуметтік төлем тағайындау кезінде өтініш беру талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Әлеуметтік төлемді тағайындау үшін өтінішті және Негізгі талаптар тізбесінде көзделген қажетті құжаттарды үшінші тұлғалардың беруі "Нотариат туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен әлеуметтік төлем алуға құқығы бар адамның нотариат куәландырған сенімхаты бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Негізгі талаптардың тізбесі "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Сот шешімімен әрекетке қабілетсіз, әрекетке қабілеті шектеулі немесе қамқорлыққа немесе қорғаншылыққа мұқтаж деп танылған адамдарға әлеуметтік төлемдер тағайындау үшін өтінішті және қажетті құжаттарды олардың қамқоршылары береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Түзеу мекемесiндегі әлеуметтік төлем алуға құқығы бар адамға әлеуметтік төлем түзеу мекемесі әкiмшiлiгiмен оның орналасқан жеріндегі Мемлекеттік корпорацияның қалалық, аудандық бөлімшелеріне (бұдан әрі - Мемлекеттік корпорацияның бөлімшелері) ұсынылатын өтiнiштің және құжаттардың негiзiнде тағайындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Мемлекеттік корпорация арқылы әлеуметтік төлем алуға өтініш берген кезде өтініш берушіге одан құжаттарды қабылдау кезеңінде танысу үшін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлемнің мөлшерін айқындау үшін есепті кезеңге түскен әлеуметтік аударымдар туралы хабарлама (бұдан әрі – түскен әлеуметтік аударымдар туралы хабарлама) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің түскен әлеуметтік аударымдар туралы хабарламамен танысуын тиісті өтініш бланкісін толтыру кезінде өтініш беруші растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Өтінішті қабылдайтын Мемлекеттік корпорацияның маманы "электрондық үкімет" шлюзі арқылы тиісті ақпараттық жүйелерге (бұдан әрі – АЖ):</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Жеке тұлға" мемлекеттік дерекқоры АЖ-ға өтінім берушінің жеке басын куәландыратын құжаттар бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      екінші деңгейдегі банктердің АЖ-ға банктерде және (немесе) банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарда ашылған шотының нөмірі туралы мәліметтер бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мүгедектігі бар адамдардың орталықтандырылған банкі" АЖ-ға жалпы еңбекке қабілеттіліктен айырылу дәрежесін белгілеу туралы анықтама бойынша сұрау салулар қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      АЖ-дан алынған мәліметтер өтінішке қоса беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЖ-дағы мәліметтер сәйкес келмеген (болмаған) кезде банк шотының нөмірі туралы мәліметтерді қоспағанда, тиісті құжаттар өтінішке қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құжаттардың көшірмелері "Нотариат туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген тәртіппен куәландырылған жағдайларды қоспағанда, құжаттар түпнұсқада ұсынылады, маман сканерлейді және өтініш берушіге қайтарылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішті қабылдайтын Мемлекеттік корпорацияның маманы әлеуметтік төлем тағайындау үшін ұсынылған құжаттар топтамасының толықтығын, сондай-ақ мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан алынған мәліметтерді тексереді, сканерлеу сапасын және құжаттардың электрондық көшірмелерінің Негізгі талаптар тізбесіне сәйкес өтініш беруші ұсынған түпнұсқаларға сәйкестігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Өтініш берушіге әлеуметтік төлем тағайындауға өтінішті және құжаттарды қабылдаудан бас тарту туралы қолхат осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша мынадай негіздер бойынша кідіріссіз беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) уәкілетті мемлекеттік органның АЖ-дан әлеуметтік төлемді тағайындау, жүзеге асыру, проактивті көрсетілетін қызмет арқылы оны тағайындауға өтініш беру немесе келісім беру фактісін растайтын мәліметтерді алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өтініш берушінің құжаттардың толық емес топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды және (немесе) қолданылу мерзімі әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылданған күні аяқталатын құжаттарды ұсынуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жеке басты куәландыратын құжат бойынша мәліметтердің (мемлекеттік АЖ-дан алынған мәліметтермен расталатын Қазақстан Республикасының заңнамасына сәйкес оны ауыстырудан басқа) тағайындау үшін қажетті құжаттарға сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік төлем тағайындауға құқығының болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтініш берушінің әлеуметтік төлемді тағайындау үшін талап етілетін, қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы тармақпен көзделген негіздер болмаған кезде өтініш берушіге осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініште көзделген құжаттардың қабылданғаны туралы немесе электрондық қолхат (өтініш берушінің сұрауы бойынша қолхат қағаз нысанында) беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...97 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. МӘС бөлімшесі арқылы әлеуметтік төлем тағайындауға жүгінген кезде оның өтінішті қабылдайтын маманы осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен "электрондық үкімет" шлюзі арқылы АЖ-ға сұрау салуды қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      АЖ-дан мәліметтер алған және (немесе) АЖ-да мәліметтері сәйкес келмеген (болмаған) кезде өтініш беруші құжаттарды ұсынған кезде МӘС бөлімшесінің маманы өтініш берушіге осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес танысу үшін түскен әлеуметтік аударымдар туралы хабарламаны береді, өтінішті қабылдайды және өтініш берушіге қабылдағаны туралы белгісі бар өтініштің үзбелі талонын табыс етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініш берушінің түскен әлеуметтік аударымдар туралы хабарламамен танысуын осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш бланкісін толтыру кезінде өтініш беруші растайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініштен, АЖ-дан алынған мәліметтерден тұратын электрондық өтінім және өтініш беруші құжаттарды, құжаттардың электрондық көшірмелерін ұсынған жағдайда өтініш берушіден өтініш қабылданған күні Мемлекеттік корпорацияның бөлімшесіне жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттардың электрондық көшірмелері өтінішті қабылдаған маманның ЭЦҚ-мен куәландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Өтініш беруші әлеуметтік төлемді тағайындау үшін портал арқылы жүгінген кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес портал арқылы әлеуметтік төлемді тағайындау үшін өтініш нысанында көзделген қажетті мәліметтерді, сондай-ақ танысу үшін түскен әлеуметтік аударымдар туралы хабарламаны өтініш беруші тиісті мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан "электрондық үкімет" шлюзі арқылы дербес алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, өтініш беруші өзінің ЭЦҚ-мен мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан келіп түскен электрондық өтініш пен мәліметтерді, оның ішінде түскен әлеуметтік аударымдар туралы хабарламамен танысуды куәландырады және оны "Е-макет" ААЖ-ға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Портал арқылы келіп түскен электрондық өтініш әлеуметтік төлемді тағайындау үшін ұсынылған мәліметтермен қоса мемлекеттік органдардың және (немесе) ұйымдардың АЖ-да мынадай параметрлер бойынша тексеруден өтеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ұсынылған мәліметтердің толықтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) әлеуметтік төлемді тағайындау, төлеу, сондай-ақ тағайындауға өтініш беру фактілерінің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) өтініш берушінің Кодекстің 207-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жасқа толмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілген параметрлер бойынша тексерудің оң нәтижесі болған жағдайда "Е-макет" ААЖ-да азаматтардың әлеуметтік төлем тағайындауға өтініштерін (өтінімдерін) тіркейтін электрондық журналында өтініш автоматты түрде тіркеледі, кейіннен өтініш берушіге Қордың облыстық, республикалық маңызы бар қалалар мен астананың филиалы (бұдан әрі - Қор филиалы) директорының ЭЦҚ-мен куәландырылған электрондық өтініштің қабылданғаны туралы хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Е-макет" ААЖ-да автоматты түрде ЭІМ және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы Қор филиалы шешімінің жобасы қалыптастырылады, олар Қордың филиалына түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЖ арқылы көрсетілген параметрлер бойынша тексеруден өтпеген жағдайда портал өтініш берушіге электрондық өтініштің қабылданбағаны туралы хабарлама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Кодекстің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>180-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген негіздер бойынша адамда әлеуметтік төлем тағайындау құқығы туындаған кезде, өтініш берушінің ұялы байланыс абоненттік құрылғысының телефон нөмірі порталда тіркелген жағдайда проактивті қызмет ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Е-макет" ААЖ арқылы автоматтандырылған режимде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініш бланкісінде көзделген міндеттемелер мен шарттарды қабылдау (бұдан әрі – міндеттемелер), әлеуметтік төлем алу мүмкіндігі туралы әлеуетті өтініш берушіге оның ұялы байланыс абоненттік құрылғысының нөміріне хабарлама жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Проактивті қызметті алуға келісімді растау және міндеттемелерді қабылдау үшін әлеуетті өтініш беруші "Е-макет" ААЖ интеграциясы іске асырылған екінші деңгейдегі банктердің ұсынған тізімінен банктік шотты таңдайды және "Е-макет" ААЖ ұсынатын сандардың комбинациясын теру арқылы жауап хабарлама жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күнтізбелік үш күн ішінде өтініш берушінің келісімі болмаған жағдайда проактивті қызмет көрсетуден бас тартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Проактивті қызмет арқылы әлеуметтік төлем алуға жүгінген кезде осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген қажетті мәліметтерді алу үшін "Е-макет" ААЖ-дан мемлекеттік органдардың және (немесе) ұйымдардың АЖ-на сұрау салулар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. Өтініш берушінің проактивті қызмет көрсетуге келісімін алғаннан кейін "Е-макет" ААЖ-ға әлеуметтік төлем тағайындауға азаматтардың өтініштерін (өтінімдерін) тіркеудің электрондық журналында өтінімді автоматты түрде тіркеу жүргізіледі, содан кейін өтініш берушіге ұялы байланыс абоненттік құрылғысына әлеуметтік төлемге өтінімді қабылдау туралы хабарлама жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Е-макет" ААЖ-да автоматты түрде ЭІМ және осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қор филиалының әлеуметтік төлем тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы шешім жобасы қалыптастырылады, олар Қордың филиалына түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. ЭІМ-да тағайындау (тағайындаудан бас тарту) туралы шешім қабылдау үшін қажетті мәліметтер болмаған немесе дұрыс болмаған жағдайда, Қор филиалы әлеуметтік төлем тағайындаудан бас тарту туралы шешім шығарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Әлеуметтік төлемді тағайындау туралы түскен өтініштер, оның ішінде электрондық өтініштер келіп түскен күні сол жұмыс күні ішінде, ал жұмыс күнінен тыс келіп түскен жағдайда – өтініш келіп түскен күннен кейінгі бірінші жұмыс күні тіркеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мемлекеттік корпорацияға, МӘС бөлімшесі арқылы жүгінген кезде – осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлемді тағайындауға азаматтардың өтініштерін тіркеудің және есепке алудың электрондық журналында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      портал, сондай-ақ, проактивті қызмет арқылы әлеуметтік төлем алуға өтініш білдірген кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлемді тағайындауға азаматтардың өтініштерін (өтінімдерін) тіркеудің электрондық журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес, электрондық журналдарда көрсетілген өтінішті немесе өтінімді тіркеу күні Қордан әлеуметтік төлем тағайындауға өтініш берген күн болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, берілетін деректердің толықтығын, түпнұсқалылығын, дұрыстығын, бұрмаланбауын және уақтылығын ақпаратты беретін АЖ әкімшілері қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. Мемлекеттік корпорацияның бөлімшесі екі жұмыс күні ішінде түскен құжаттар топтамасының толықтығын тексереді, ЭІМ қалыптастырады, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша міндетті әлеуметтік сақтандыру жүйесіне қатысушының міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі және орташа айлық кірісі туралы анықтаманы, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Қор филиалының әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешімінің жобасын, осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша анықтаманың жобасын қалыптастырады. Қалыптастырылған ЭІМ-ді бөлімше Мемлекеттік корпорацияның облыстық, республикалық маңызы бар қалалар және астананың филиалдарына (бұдан әрі - Мемлекеттік корпорацияның филиалдары) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорацияның филиалы екі жұмыс күні ішінде келіп түскен құжаттарды қарайды, ЭІМ-ді ресімдеудің дұрыстығын, әлеуметтік төлем мөлшерінің есептелуін тексереді және ЭІМ-ді Қордың филиалына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Қордың филиалы Мемлекеттік корпорациядан ЭІМ келіп түскен күннен бастап төрт жұмыс күні ішінде, сондай-ақ, өтініш беруші портал, проактивті қызмет арқылы жүгінген кезде ЭІМ-ін шешімнің жобасын қарайды және әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлеуметтік төлемді тағайындаудан бас тарту үшін негіздер анықталған кезде Қор филиалы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініш берушіге алдын ала шешім туралы хабарлама жібереді, ал ЭІМ-да ұялы байланыс абоненттік құрылғысының нөмірі болмаған жағдайда Мемлекеттік корпорацияның бөлімшесі арқылы жібереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің алдын ала шешімге қарсылығын оны алған күннен бастап екі жұмыс күні ішінде Қордың филиалы қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, егер белгіленген мерзімде өтініш беруші қарсылық білдірмесе және ауызша айтпаса, бұл алдын ала шешімге қарсылықтың болмауына тең болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтініш беруші алдын ала шешім бойынша қарсылық білдірген немесе ауызша айтқан жағдайда, Қор филиалы өтініш берушіге тыңдауды өткізу уақыты мен орны туралы хабарлама жібереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, АЖ-да ұялы телефон нөмірі болған кезде тыңдауды өткізу уақыты мен орны туралы хабарлама өтініш берушіге оның ұялы телефонына "Е-макет" ААЖ-дан хабарламаларды Short Message Service (Шорт месседж сервис) (бұдан әрі – sms-хабарлама) беру арқылы жолданады, ал ол болмаған жағдайда - Мемлекеттік корпорацияның бөлімшесі арқылы өтініш беруші жеке хабарландырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш берушінің ауызша нысанда берілген қарсылығы тыңдау хаттамасына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша Қор филиалы әлеуметтік төлемдерді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші Мемлекеттік корпорация арқылы жүгінген жағдайда Қордың филиалы мемлекеттік көрсетілетін қызмет нәтижесін "электрондық үкімет" шлюзі арқылы Мемлекеттік корпорацияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Қор филиалдарының әлеуметтік төлемді тағайындау үшін қажетті құжаттардың (мәліметтердің) дұрыстығын тексеруі үшін негіздер болып табылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      әлеуметтік аударымдардың уақтылы және (немесе) толық түспеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      міндетті зейнетақы жарналарының аударылған сомалары бойынша әлеуметтік аударымдардың төленген сомаларының қызметкердің кірісіне және (немесе) дара кәсіпкерлер мен жеке практикамен айналысатын адамдардың, сондай-ақ шаруа немесе фермер қожалықтары басшыларының кірісіне сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құжаттардың және мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дағы мәліметтердің сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      орналасқан жері мен қызметі әртүрлі өңірлерде (облыс/қала) тіркелген екі және одан да көп төлеушілерден бір кезең үшін әлеуметтік аударымдардың түсуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттардың (мәліметтердің) дұрыстығын тексеру мақсатында Қор филиалы төрт жұмыс күні ішінде, оның ішінде АЖ арқылы мемлекеттік органдарға және тиісті ұйымдарға, төлеушіге, бірыңғай төлем төлеушіге, өтініш берушіге сұрау салулар жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қор филиалы әлеуметтік төлемдерді тағайындау кезінде өтініш берушіден растайтын құжатты (құжаттарды) сұрату арқылы дара кәсіпкерлерден, шаруа немесе фермер қожалықтарынан, жауапкершілігі шектеулі серіктестіктерден, жеке практикамен айналысатын адамдардан әлеуметтік аударымдар түскен кірісті алу фактісін тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Растайтын құжаттарға мыналар жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Банктік шоттың бар екендігі және нөмірі туралы анықтаманы және банктік шот бойынша ақша қалдығы мен қозғалысы туралы үзінді-көшірмені ресімдеуге және олардың мазмұнына қойылатын талаптарды бекіту туралы" Қазақстан Республикасы Ұлттық Банкі Басқармасының 2016 жылғы 31 тамыздағы № 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 14340 болып тіркелген) (бұдан әрі – ҚР ҰБ Басқармасының қаулысы) талаптарына сәйкес берілген жеке тұлғаның жалақы жобасы бойынша ақша қаражатының қозғалысы бойынша айналымдары бар шоттан үзінді көшірме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚР ҰБ Басқармасы қаулысының талаптарына сәйкес келетін дара кәсіпкердің ақша қаражатының айналымы бар банктік шотынан үзінді көшірме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Бастапқы есепке алу құжаттарының нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2012 жылғы 20 желтоқсандағы № 562 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 8265 болып тіркелген) 2 және 9-қосымшаларға сәйкес нысандар бойынша көзделген шығыс кассалық ордер және (немесе) қызметкердің жалақысын есептеудің төлем ведомосінің көшірмесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте, әлеуметтік төлемді тағайындау туралы шешім қабылдауда орын алған кідірістер және шешім қабылдау мерзімдерінің ұзартылуы туралы, бірақ ЭІМ тексеруге жіберілген күннен бастап бір айдан аспайтын мерзімге, өтініш берушіге Мемлекеттік корпорацияның бөлімшесі жазбаша нысанда хабарлайды, ал портал арқылы жүгінген кезде өтініш берушіге"Е-макет" ААЖ-мен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем тағайындауға құжаттарға тексеру жүргізу туралы туралы электрондық хабарлама (бұдан әрі – құжаттарды тексеру туралы хабарлама) жіберу арқылы порталға өтініш берушінің "жеке кабинетіне" хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорацияның бөлімшесі Қордың филиалынан электрондық хабарлама келіп түскен күннен бастап үш жұмыс күні ішінде өтініш берушіні:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өтініш беруші жеке өзі жүгінген кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша құжаттарды тексеру туралы хабарлама беру арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АЖ-да өтініш берушінің ұялы телефонының нөмірі болған кезде ұялы телефонына sms-хабарлама жіберу арқылы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құжаттарды тексеру туралы sms-хабарламалар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте Қор филиалының сұрау салуына мемлекеттік органдардан, ұйымдардан, төлеушіден, бірыңғай төлемді төлеушілерден, өтініш берушілерден құжаттар және (немесе) мәліметтер берілген кезде Қор филиалы оларды ЭІМ-не қосу үшін Мемлекеттік корпорацияның бөлімшесіне жібереді, ал мәліметтер мемлекеттік органдардың және (немесе) ұйымдардың АЖ-і мен "Е-макет" ААЖ интеграциялануы арқылы келіп түскен кезде олар ЭІМ-ге автоматты режимде Мемлекеттік корпорацияның қатысуынсыз тіркеледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация ЭІМ-ні ұсынылған құжаттармен және (немесе) мәліметтермен олар Мемлекеттік корпорацияның бөлімшесіне келіп түскен күннен кейін екі жұмыс күні ішінде толықтырады және оны Қордың филиалына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Тексеру мерзімі Қор филиалы ЭІМ тексеруге жіберген күннен бастап бір айдан аспайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүргізілген тексеру нәтижелерін ескере отырып, Қор филиалы әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. Егер Қор филиалы осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-тармақтарында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген жүргізілген тексеру нәтижелері бойынша төлеуші және (немесе) бірыңғай төлемді төлеуші әлеуметтік төлемді есептеу кезінде ескерілетін кезеңге келетін айлар (ай) үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтару жүзеге асырылмаған, Қор филиалы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес төлеуші беретін міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы анықтама негізінде әлеуметтік төлем мөлшерін есептеуді жүргізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бірыңғай төлем құрамындағы әлеуметтік аударымдар жүргізілмеген не толық көлемде жүргізілмеген, Қор филиалы көрсетілген айларда (айда) нақты келіп түскен әлеуметтік аударымдар негізінде әлеуметтік төлем мөлшерін есептеуді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, егер мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дағы қолда бар мәліметтер бойынша жүргізілген тексеру нәтижелері бойынша, оның ішінде өтініш берушінің қатысуымен, осы тармақтың бірінші бөлігінде көзделген бірыңғай төлем құрамындағы әлеуметтік аударымдардың, әлеуметтік аударымдардың сәйкес келмеу мән-жайлары өтініш берушінің таңдауы бойынша сақталса, Қор филиалы өтініш берушінің Мемлекеттік бөлімшеге ұсынылатын келісімі негізінде корпорациялар осы Қағидаларға 18-нысан бойынша айларды (айды)есептемегенде әлеуметтік төлемнің мөлшерін есептеуді жүргізеді, әлеуметтік аударымдардың сәйкессіздігі бар не сот шешімінің негізінде осы тармақта көрсетілген айларды (айды) ескере отырып, төлем мөлшерін есептеуді жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      7) тармақша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 299</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...36 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Егер әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы шешім қабылдау үшін ЭІМ-ге қосымша құжаттарды (мәліметтерді) қосу қажеттігі анықталса, Қор филиалы ЭІМ-ді осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді тағайындауға арналған құжаттарды жете ресімдеу қажеттігі туралы хабардар ете отырып, Мемлекеттік корпорация бөлімшесіне қайтарады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) "Е-макет" автоматтандырылған ақпараттық жүйесі (бұдан әрі – "Е-макет" ААЖ) – уәкілетті мемлекеттік органның "Зейнетақы төлемдерін және жәрдемақыларды электрондық тағайындау" автоматтандырылған ақпараттық жүйесi;</w:t>
+      Бұл ретте Қор филиалы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем (бұдан әрі – әлеуметтік төлем) - Мемлекеттік әлеуметтік сақтандыру қоры әлеуметтік төлемді алушының пайдасына жүзеге асыратын төлем;</w:t>
+      талап етілетін құжаттың атауын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10) жеке практикамен айналысатын адам – жекеше нотариус, жеке сот орындаушысы, адвокат, кәсіби медиатор;</w:t>
+      әлеуметтік төлем мөлшерін айқындау үшін есептеу кезеңінде кірістерді және (немесе) әлеуметтік аударымдарды және (немесе) міндетті зейнетақы жарналарын растау қажет болған кезде – растауға қажет кезеңдерді (кезеңді);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) қатысу өтілінің коэффициенті – міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтіліне қарай айқындалатын коэффициент;</w:t>
+      әлеуметтік төлем мөлшерін айқындау үшін есептеу кезеңінде әлеуметтік аударымдар сәйкес келмеген, оның ішінде олар болмаған және (немесе) оларды қайтару қажеттігі болған кезде – сәйкестендіруге қажет кезеңдерді (кезеңді) көрсете отырып, қосымша құжаттарды ұсыну қажеттігі туралы хабарламаны қалыптастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12) медициналық-әлеуметтік сараптама бөлімшесі (бұдан әрі – МӘС бөлімшесі) – уәкілетті мемлекеттік органның медициналық-әлеуметтік сараптама жүргізетін құрылымдық бөлімшесі;</w:t>
+      Мемлекеттік корпорация бөлімшесі Қор филиалынан электрондық хабарлама келіп түскен күннен бастап үш жұмыс күні ішінде өтініш берушіні:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өтініш беруші жеке өзі жүгінген кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлем тағайындауға арналған құжаттарды жете ресімдеу қажеттігі туралы хабарламаны тапсыру арқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
+      АЖ-да өтініш берушінің ұялы телефонының нөмірі болған кезде ұялы телефонына sms-хабарлама беру арқылы Мемлекеттік корпорацияның бөлімшесіне жиырма бес жұмыс күні ішінде қосымша құжаттарды ұсыну қажеттігі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құжаттарды жете ресімдеу туралы sms-хабарламалар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14) міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтілі – әлеуметтік аударымдар түскен айлардың жалпы саны;</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
+      Қосымша құжаттарды ұсыну қажеттігі туралы хабарламаны алғаннан кейін өтініш берушіде сұрақтар болған кезде Мемлекеттік корпорацияның бөлімшесі өтініш берушімен түсіндіру жұмыстарын жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЭІМ-ге қосымша құжаттарды (мәліметтерді) қосу қажет болған кезде Қордың филиалы "Е-макет" ААЖ арқылы ЭІМ-ді Мемлекеттік корпорацияның бөлімшесіне қайтарады, бұл ретте өтініш берушіге әлеуметтік төлемді тағайындауға арналған құжаттарды толық ресімдеу қажеттілігі туралы ұялы телефонға sms-хабарлама, ал порталға "жеке кабинетке" осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем тағайындауға құжаттарды толық ресімдеу қажеттілігі туралы электрондық хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16) отбасының цифрлық картасы – "электрондық үкіметтің" ақпараттық-коммуникациялық платформасында іске асырылған, отбасылардың (адамдардың) тізімдерін олардың әлеуметтік саламаттылығының деңгейі бойынша қалыптастыруға және сегменттеуге мүмкіндік беретін талдамалық шешім;</w:t>
-[...161 lines deleted...]
-      25) электрондық іс макеті (бұдан әрі – ЭІМ) – "Е-макет" ААЖ-да автоматты режимде немесе Мемлекеттік корпорацияда қалыптастырылатын әлеуметтік төлемді алушының электрондық іс макеті.</w:t>
+      Мемлекеттік корпорация Мемлекеттік корпорацияның бөлімшесіне келіп түскен күннен кейін екі жұмыс күні ішінде өтініш беруші ұсынған қосымша құжаттармен ЭІМ толықтырады және оны Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 12.03.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 72</w:t>
+        <w:t xml:space="preserve">      Ескерту. 26-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 30.09.2024 </w:t>
-[...39 lines deleted...]
-        <w:t>. қараңыз) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...114 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) өтініш берген сәтте жалпы еңбекке қабілеттіліктен айырылу дәрежесі белгіленген кезде жеке басын куәландыратын құжатпен, не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін) (қандас мәртебесі бар адам әлеуметтік төлемді тағайындауға өтініш білдірген жағдайда қандас куәлігі не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін) Мемлекеттік корпорация арқылы;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      27. Жете ресімдеу мерзімі Қордың филиалы ЭІМ жете ресімдеуге жіберген күннен бастап отыз жұмыс күннен аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жалпы еңбекке қабілеттіліктен айырылу дәрежесі алғаш рет белгіленген кезде "бір өтініш" қағидаты бойынша МӘС бөлімшесі арқылы;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      28. Егер отыз жұмыс күні ішінде талап етілетін құжаттар ұсынылмаса, Қор филиалы әлеуметтік төлемді тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бұл ретте өтінішті қабылдау:</w:t>
+      29. Мемлекеттік корпорация, МӘС бөлімшесі арқылы өтініш берген кезде Мемлекеттік корпорацияның бөлімшесі өтініш берушіні Қор филиалы қабылдаған әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім жөнінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      өтініш беруші жеке өзі жүгінген кезде осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы хабарламаны тапсыру арқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      тиісті өңірдің МӘС бөлімшесінің орналасқан жері бойынша;</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> жиырма екінші бөлігіне сәйкес уәкілетті мемлекеттік орган айқындайтын МӘС бөлімшелерінің көшпелі отырыстарында:</w:t>
+      АЖ-да ұялы телефонының нөмірі болған кезде өтініш берушінің ұялы телефонына sms-хабарлама жіберу арқылы хабардар етеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өтініш берушінің тұрғылықты (тіркелген) жері бойынша емдеу-профилактикалық мекемелерінің базасында;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      Әлеуметтік төлемге проактивті қызмет арқылы жүгінген кезде Қор филиалының әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешімі өтініш берушінің ұялы телефонына sms-хабарлама жіберу арқылы хабарланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы sms-хабарламалар осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      30. Өтініш беруші портал арқылы жүгінген кезде Қор филиалы қабылдаған шешімнің қорытындысы бойынша "Е-макет" ААЖ-да электрондық құжат нысанында осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы хабарлама қалыптастырылады, Қор филиалы басшысының ЭЦҚ-мен куәландырылады және порталға өтініш берушінің "жеке кабинетіне" жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мамандандырылған мекемелерде емдеуде болған жері бойынша;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      31. Әлеуметтік төлемді тағайындаудан бас тарту туралы шешім қабылданған жағдайда Қор филиалы шешімде бас тарту себебін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Қор филиалы әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдаған кезде Мемлекеттік корпорацияның бөлімшесі алушыға өзі жүгінген не алушыдан нотариат куәландырған сенімхат бойынша үшінші тұлға жүгінген кезде электрондық құжат нысанында осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>12-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тағайындалған әлеуметтік төлемнің мөлшері туралы немесе оны тағайындаудан бас тарту туралы анықтама береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      өтініш берушінің болатын жері бойынша түзеу мекемелерінде және тергеу изоляторларында;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      33. Сот шешімімен іс-әрекетке қабілетсіз немесе іс-әрекетке қабілеті шектеулі деп танылған қамқоршылықтағы адам үшін төлемдер алатын қамқоршы (қорғаншы) ауысқан кезде, Мемлекеттік корпорацияның бөлімшесі жаңадан ұсынылған мәліметтермен және құжаттармен толықтырылған ЭІМ дайындайды, шешімнің жобасын қалыптастырады және оны бекіту үшін Қордың филиалына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34. АЖ-да әлеуметтік төлем алушының тегі, аты, әкесінің аты (бар болса), туған күні өзгерген кезде ЭІМ-де өзгерістер автоматты режимде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      үйде, стационарда – егер адам дәрігерлік-консультациялық комиссияның қорытындысына сәйкес денсаулық жағдайына байланысты медициналық-әлеуметтік сараптамаға келе алмаса;</w:t>
-[...39 lines deleted...]
-    </w:p>
+      35. Әлеуметтік төлемнің мөлшерін есептеу міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кірісі және тиісті коэффициенттер негізге алына отырып жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) өтініш берген сәтте жалпы еңбекке қабілеттіліктен айырылу дәрежесін белгілеген кезде портал арқылы жүгінеді.</w:t>
+      Бұл ретте әлеуметтік төлемнің мөлшерін есептеу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушының кірісінің орташа айлық мөлшеріне Қазақстан Республикасының заңнамасына сәйкес бюджет қаражаты есебінен алынған жеке көмекшілерге материалдық пайда қосылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Проактивті қызмет арқылы әлеуметтік төлем тағайындау кезінде өтініш беру талап етілмейді.</w:t>
-[...491 lines deleted...]
-      Осы тармақпен көзделген негіздер болмаған кезде өтініш берушіге осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтініште көзделген құжаттардың қабылданғаны туралы немесе электрондық қолхат (өтініш берушінің сұрауы бойынша қолхат қағаз нысанында) беріледі.</w:t>
+      Әлеуметтік төлемдер мөлшерін есептеген және өзгерткен кезде тиындармен есептелген сомалар бір теңгеге дейін дөңгелектенеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 11-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 389</w:t>
+        <w:t xml:space="preserve">      Ескерту. 35-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...1651 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Әлеуметтік төлемнің мөлшерін есептеу кезінде әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшері әлеуметтік төлемді алу құқығы туындаған айдың алдындағы соңғы күнтізбелік жиырма төрт ай ішінде (осы кезеңде әлеуметтік аударымдарда үзілістердің болу-болмауына қарамастан) әлеуметтік аударымдар жүргізілген кірістер сомасын жиырма төртке бөлу жолымен мынадай формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОАК = (АК1 + АК2 + АК3...... + АК24) / 24, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОАК – міндетті әлеуметтік сақтандыру жүйесіне қатысушының орташа айлық кірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АК – әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген ай сайынғы кіріс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кодекстің 101-1-бабында көрсетілген адамдар үшін әлеуметтік аударымдарды есептеу объектісі ретінде есепке алынған ай сайынғы кіріс Қазақстан Республикасының Салық кодексінде көзделген арнайы мобильдік қосымшаға сәйкес мәліметтермен қосымша расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бірыңғай төлем төлеушінің қызметкерлері болып табылатын тұлғалар үшін АК осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>41-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бұл ретте, егер төлеуші және (немесе) бірыңғай төлемді төлеуші осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>25-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтаруды жүзеге асырмаса, Мемлекеттік корпорация бөлімшесінің маманы міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісін есептеуде төленген әлеуметтік аударымдардың сомаларын артық (қате) төленген әлеуметтік аударымдар сомасына азайту жағына қарай түзетуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...303 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 37-тармаққа өзгеріс енгізілді -  ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      38. Осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>37-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген тәртіппен әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшерін айқындау кезінде Кодекстің 118-бабы 3-тармағының екінші бөлігінде көзделген кірістер осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша субъект қызметіне әлеуметтік аударымдар мөлшерлемесіне 0 түзету коэффициентін қолдану кезеңіне міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы төлеуші беретін анықтаманың негізінде ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, төтенше жағдай, шектеу іс-шаралары қолданылған кезеңде қызметтің шектелуіне байланысты кірісінен айырылу жағдайы бойынша орталықтандырылған деректер базасының мәліметтерімен расталған әлеуметтік төлемді алу кезеңдері орташа айлық кіріс мөлшерінің есебінен алып тасталады және орташа айлық кіріс мөлшерін айқындау кезеңі басталардың тура алдындағы басқа айлармен ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер орташа айлық кіріс мөлшерін айқындау кезеңі басталардың алдындағы айлар (ай) өтініш берушінің төтенше жағдай, шектеу іс-шаралары қолданылған кезеңде қызметтің шектелуіне байланысты кірісінен айырылу жағдайы бойынша төленетін әлеуметтік төлемді алу кезеңіне келсе, онда бұл айлар (ай) осындай төлемдерді алу кезеңі басталардың алдындағы айлармен (аймен) ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Еңбек ету қабілетінен айырылу жағдайы бойынша әлеуметтік төлемді есептеу кезінде Кодекстің 101-1 және 102-1-баптарында көрсетілген адамдар үшін әлеуметтік аударымдар жүргізілген әрбір ай үшін кіріс нақты келіп түскен айда әлеуметтік аударымдар сомасын Кодекстің 244-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген әлеуметтік аударымдар мөлшерлемесіне бөлу жолымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...347 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 38-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      39. Бірыңғай төлемді төлеушінің жұмыскерлері болып табылатын адамдардың кірісінен басқа, әлеуметтік аударымдарды есептеу объектісі ретінде есепке алынған ай сайынғы кіріс Кодекстің 244-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген көрсетілген ай үшін төлеушіден түскен әлеуметтік аударымдар сомасын әлеуметтік аударымдар мөлшерлемесіне бөлу және алынған нәтижені жүзге көбейту арқылы мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АК = ӘА а / S әа х 100, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ӘА а – бір айдағы әлеуметтік аударымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S әа – әлеуметтік аударымдар мөлшерлемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      35-тармақтың екінші бөлігі жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 39-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 299</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...61 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...910 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Бірыңғай төлемді төлеушінің қызметкерлері болып табылатын адамдар үшін әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген ай сайынғы кіріс көрсетілген ай үшін бірыңғай төлемге енгізілген, келіп түскен әлеуметтік аударымдардың сомасын Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6581,51 +6207,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес тиісті жылға белгіленген бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесіне бөлу және алынған нәтижені Салық кодексінің 776-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тиісті жылға белгіленген салық салу объектісіне қолданылатын бірыңғай төлем мөлшерлемесіне бөлу жолымен, мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АК = ӘА а / БТ мөлшерлемесіне ӘА үлесі / БТ мөлшерлемесі, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6654,70 +6280,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БТ мөлшерлемесіне ӘА үлесі – бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесі, %;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БТ мөлшерлемесі – салық салу объектісіне қолданылатын бірыңғай төлем ставкасы, %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Ай сайынғы әлеуметтiк төлемнің мөлшерi әлеуметтік төлемге құқық туындаған күнге республикалық бюджет туралы заңда белгiленген ең төмен жалақы мөлшерінің елу пайызы шегерілген, әлеуметтiк аударымдар есептелетін объект ретiнде есепке алынған кірістің орташа айлық мөлшерiн кірісті ауыстырудың, еңбекке қабілеттіліктен айырылудың және қатысу өтілінің тиiстi коэффициенттерiне көбейту жолымен, мынадай формула бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘТеа = (ОАК – 50 % ЕТЖ) х КАК х ҚӨК х ЕҚА, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7166,206 +6792,206 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қатысу өтілінің коэффициентін айқындау кезінде Кодекстің 181-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> төртінші бөлігімен айқындалған кезеңдер есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Егер әлеуметтік төлемнің есептелген мөлшері теріс мәнді құрайтын болса, онда Қордың филиалы әлеуметтік төлем тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Бір төлеушіден немесе бірыңғай төлем төлеушіден бір ай үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушының пайдасына әлеуметтік аударымдар бірнеше рет келіп түскен жағдайда, осы ай үшін әлеуметтік төлемді есептеу үшін қабылданатын жиынтық кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Міндетті әлеуметтік сақтандыру жүйесіне қатысушының пайдасына бір ай ішінде екі және одан да көп төлеушілерден және (немесе) бірыңғай төлем төлеушілерден әлеуметтік аударымдар түскен кезде түскен әлеуметтік аударымдар бойынша әрбір төлеушіден түсетін ай сайынғы кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспайтын мөлшерде қабылданады, олар кейіннен жинақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Қорға әлеуметтік төлемді есептеу үшін қабылданатын кезеңге келетін әлеуметтік аударымдар оны тағайындауға өтініш берілген күннен кейін түскен жағдайда, әлеуметтік төлемнің мөлшерін есептеуде (айқындауда) есепке алынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Сот актілері мен сотқа дейінгі тергеп-тексеру органдарының актілері негізінде заңсыз деп танылған кірістен түскен, әлеуметтік төлемдердің мөлшерін айқындау кезінде есепке алынған кезең үшін төленген әлеуметтік аударымдар міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік төлем тағайындау үшін кейінгі жүгінуі кезінде есепке алынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, сот актілері мен сотқа дейінгі тергеп-тексеру органдарының актілері негізінде заңсыз деп танылған кірістен түскен әлеуметтік аударымдар бойынша ақпарат уәкілетті мемлекеттік органның АЖ арқылы Мемлекеттік корпорацияға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Әлеуметтік төлемді тоқтата тұру, қайта есептеу, қайта бастау, тоқтату және тағайындау (тағайындаудан бас тарту) туралы шешімді қайта қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Әлеуметтік төлем мынадай мәліметтер (құжаттар), оның ішінде АЖ-дан алынған мәліметтер келіп түскен айдан кейінгі айдың бірінші күнінен бастап тоқтатыла тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушының банктік шоты бойынша үш және одан да көп ай бойы шығыс операцияларының болмауы туралы мәлімет. Бұл ретте әлеуметтік төлем тоқтатыла тұрған күнінен бастап қайта басталады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7650,90 +7276,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған мөлшерде тоқтатыла тұрған күннен бастап қайта басталады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) медициналық-әлеуметтік сараптамаға анық емес құжаттарды ұсыну және (немесе) сараптамалық қорытындыны негізсіз шығару фактісін анықтау туралы хаттаманы ресімдеу туралы мәліметтер. Бұл ретте әлеуметтік төлем бақылау бойынша қайта куәландырылғанда бұрын шығарылған сараптамалық қорытынды расталған кезде тоқтатыла тұрған күннен бастап қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkStart w:name="z63" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Қор филиалы әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы шешімді (бұдан әрі – шешім) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>48-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7784,90 +7410,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация бөлімшесінен әлеуметтік төлемді тоқтата тұру туралы шешімнің жобасы келіп түскен кезде тоқтата тұру туралы шешімді келіп түскен күннен бастап екі жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі негізінде әлеуметтік төлемді жүзеге асыруды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkStart w:name="z64" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Әлеуметтік төлем осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша берілген алушының өтініші бойынша әлеуметтік төлемді алуға құқық сақталған жағдайда әлеуметтік төлемді тоқтата тұруды туындатқан мән-жайлардың аяқталғанын растайтын АЖ-дан алынған құжаттардың және (немесе) мәліметтердің негізінде қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, Мемлекеттік корпорация бөлімшесі әлеуметтік төлемді қайта бастау үшін қажетті өтініш пен құжаттарды қабылдауды жүзеге асырады, олармен алушының ЭІМ толықтырады, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7880,90 +7506,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді қайта бастау туралы шешімнің жобасын қалыптастырады және оны Қор филиалына бекітуге жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді қайта бастау туралы шешімді Қор филиалы шешім жобасы келіп түскен күннен бастап екі жұмыс күні ішінде қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Қор филиалы "Мүгедектігі бар тұлғалардың орталықтандырылған деректер банкі" АЖ-дан алынған мәліметтер негізінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді қайта есептеу туралы шешім қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалпы еңбекке қабілеттілігінен айырылу дәрежесі өзгергенде, ол белгіленген (өзгерген) күннен бастап. Бұл ретте әлеуметтік төлемнің жаңа мөлшері әлеуметтік төлемнің ағымдағы мөлшерін жалпы еңбекке қабілеттілігінен айырылудың ағымдағы коэффициентіне бөлу және нәтижені жалпы еңбекке қабілеттілігінен айырылудың қайтадан белгіленген коэффициентіне көбейту жолымен есептеледі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8032,130 +7658,130 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, егер жалпы еңбекке қабілеттілігінен айырылу дәрежесін белгілеудің алдыңғы мерзімі аяқталған күннен бастап алты және одан да көп ай өтсе, әлеуметтік төлемді қайта есептеу үшін Мемлекеттік корпорацияның бөлімшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындау үшін өтінішті қабылдауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkStart w:name="z66" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. МӘС бөлімшесінің шешімі негізінде алушыны еңбекке қабілетті деп танығаннан кейін жалпы еңбек қабілеттілігінен айырылу дәрежесі белгілеген жағдайда әлеуметтік төлемнің мөлшерін айқындау осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>42-тармаққа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жалпы еңбекке қабілеттілігінен айырылу дәрежесін қайта белгілеген күннен бастап жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z67" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Әлеуметтік төлем тағайындауға жүгінген күннен кейін әлеуметтік төлемді есептеу үшін қабылданған кезеңде Қорға әлеуметтік аударымдар түскен жағдайда алушыға тағайындалған әлеуметтік төлемнің мөлшерін қайта есептеу жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z68" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54.Қор филиалы мыналар келіп түскен күннен бастап екі жұмыс күні ішінде әлеуметтік төлемді тоқтату туралы шешім қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8280,70 +7906,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша алушы әлеуметтік төлемді тоқтатуға өтініш берген жағдайда. Бұл ретте, әлеуметтік төлем өтініш берілген айдан кейінгі айдың бірінші күнінен бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkStart w:name="z69" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі негізінде әлеуметтік төлемді жүзеге асыруды тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, Мемлекеттік корпорацияның бөлімшесі Қор филиалының әлеуметтік төлемді тоқтату туралы шешімі келіп түскен күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8376,167 +8002,167 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының хабарландырылуы туралы sms-хабарлама осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>14-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Қор филиалы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекстің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидалардың шарттарына, сондай-ақ осындай шешімдер шығарылған кезде қолданыста болған заңнамаға қайшы келетін заңсыз тағайындалған (тағайындаудан бас тартылған), тоқтатыла тұрған, қайта басталған, тоқтатылған әлеуметтік төлемдер анықталған жағдайда әлеуметтік төлемдерді тағайындау (тағайындаудан бас тарту), тоқтата тұру, қайта бастау, тоқтату туралы, оның ішінде әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомствоның аумақтық бөлімшелері қабылдаған әлеуметтік төлемдер сот шешімдері, әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомствоның немесе Қордың жазбаша тапсырмалары негізінде қабылданған шешімдерді қайта қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z71" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әлеуметтік төлемді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z72" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. Қазақстан Республикасына тұрақты тұруға келген адамдар не Қазақстан Республикасының басқа өңірлерінен келген алушылар әлеуметтік төлемді алушының ісіне сұрау салуға, егер заңдарда және халықаралық шарттарда өзгеше көзделмесе, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшесі алушының ісіне сұрау салуды өтініш берушінің бұрынғы тұрған жері бойынша жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       58. Қазақстан Республикасына басқа елдерден тұрақты тұруға келген адамдар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8551,91 +8177,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация арқылы әлеуметтік төлем тағайындау үшін өтінішті және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Негізгі талаптар тізбесінде көзделген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Қазақстан Республикасынан тыс жерге тұрақты тұруға кеткен және қайтып келген әлеуметтік төлемді алушылар болып табылатын адамдар кеткен елінде әлеуметтік төлемді алмаған кезде, әлеуметтік төлемді тоқтатқан күннен бастап, бірақ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Негізгі талаптар тізбесінде көзделген құжаттар негізінде оны алу үшін жүгінер алдындағы үш жылдан асырылмай қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте әлеуметтік төлем Қазақстан Республикасы шегінен тыс жерге кеткен кезде белгіленген мөлшерде қайта басталады. Егер кеткен кезеңде әлеуметтік төлемді арттыру жүргізілген болса, оның мөлшері барлық арттырулар ескеріліп белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8686,70 +8312,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қайта бастау туралы шешімді бекітуді осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тарауына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қордың филиалы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Қазақстан Республикасының басқа өңірлеріне кеткен әлеуметтік төлем алушының ісі Мемлекеттік корпорацияның басқа бөлімшелерінің электрондық сұрау салуы бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушының жаңа тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесі өтінішті берген күннен бастап екі жұмыс күн ішінде алушының бұрынғы тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесіне электрондық сұрау салу жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8762,286 +8388,286 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының бұрынғы тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесі сұрау салу келіп түскен күннен бастап екі жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация бөлімшесінің ЭЦҚ-мен куәландырылған электрондық анықтама-аттестатты қалыптастырады және алушының жаңа тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесіне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkStart w:name="z76" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Алушы Қазақстан Республикасының шегінен тыс жерлерге кеткен жағдайда Мемлекеттік корпорацияның бөлімшесі алушының осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініші негізінде алушының ісін алушының қолына беріледі немесе басқа елдердің уәкілетті органдарының сұрау салуы бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының қағаз түріндегі ісі болмаған кезде Мемлекеттік корпорацияның бөлімшесі ЭІМ негізінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша істің қағаз нұсқасын қалыптастырады және алушының қолына береді немесе басқа елдердің уәкілетті органдарының сұрау салуы бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkStart w:name="z77" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Әлеуметтік төлемнің мөлшерін арттыру Кодекстің 181-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Үкіметінің шешімі негізінде уәкілетті мемлекеттік органның ұсынысымен арттыру күніне тиісті әлеуметтік төлемдер тағайындалған адамдарға жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арттыру – арттыру күніне тағайындалған әлеуметтік төлемнің мөлшерін тиісті арттыру процентіне көбейту жолымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkStart w:name="z78" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       63. Мемлекеттік корпорацияның бөлімшесі Қордың филиалы бекіту үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша тиісті әлеуметтік төлем тағайындалған әрбір адам бойынша әлеуметтік төлемнің мөлшерін арттыру туралы Қор филиалы шешімдерінің жобаларын қалыптастырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z79" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Қор филиалы бекіткен әлеуметтік төлемді тағайындау (қайта есептеу, қайта бастау) туралы шешімдердің негізінде Мемлекеттік корпорация бес жұмыс күні ішінде тағайындалған (қайта есептелген, қайта басталған) әлеуметтік төлемнің сомаларын Қорға ай сайын төлем айының алдындағы айдың 25-күнiне ұсынылатын әлеуметтік төлемдерге қаражат қажеттілігіне қосуды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z80" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Қор әлеуметтік төлемге қаражаттың қажеттілігін есептеу бойынша болжамды деректерді күнделікті негізде қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Қор әлеуметтік төлемдерді кесте бойынша жүзеге асыру үшін Мемлекеттік корпорацияға күн сайын қаржыландыруды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация қаражат ала отырып, алушыларға әлеуметтік төлемді үш жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9090,70 +8716,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       есепті айдан кейінгі айдың үш жұмыс күнінен кешіктірмей Қорға аударылған әлеуметтік төлем сомалары бойынша, сондай-ақ одан артық есептелген (төленген) әлеуметтік төлемнің және одан ұсталған міндетті зейнетақы жарналарының қайтарылуы бойынша ақпаратты осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қордың Мемлекеттік корпорациядағы еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем бойынша ақша қаражатының қозғалысы туралы мәліметтер нысанында Қорға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkStart w:name="z82" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Мемлекеттік корпорация әлеуметтік төлемдерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаражатты алушылардың банк шоттарына немесе электрондық ақшаны электрондық ақшаның электрондық әмияндарына аудару; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9218,130 +8844,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бөгде адамның күтіміне мұқтаж және денсаулық жағдайы бойынша банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға бара алмайтыны туралы медициналық қорытындысы бар адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері болмаған ауылдық жерде тұратын адамдарға жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkStart w:name="z83" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Алушының (қамқоршының, қорғаншының) банк шотының нөмірі, төлеу тәсілі, алушының (қамқоршының, қорғаншының) тұрғылықты жері өзгерген жағдайда алушы (қамқоршы, қорғаншы) туралы Мемлекеттік корпорацияның бөлімшесіне тиісті өзгерістерді растайтын құжаттармен осы өзгерістер туралы өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z84" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Егер адам түзеу мекемесіне орналастырылған сәтте әлеуметтік төлем алушы болып табылса, түзеу мекемесі орналасқан жердегі Мемлекеттік корпорацияның бөлімшесі түзеу мекемесінің әкімшілігі ұсынған, көрсетілген адамның өтініші негізінде әлеуметтік төлемді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z85" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Алушы түзеу мекемелерінде болған уақытында әлеуметтік төлемдер алмаған жағдайда, төлем осы Қағидаларға сәйкес қалпына келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Мемлекеттік корпорацияның және (немесе) Қор филиалының кінәсінен уақтылы не толық алынбаған әлеуметтік төлемдер сомаларын төлеу мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әлеуметтік төлем алушы әлеуметтік төлемдердің уақтылы не толық төлемегенін өздігінен анықтаған кезде Мемлекеттік корпорацияның бөлімшесіне өтінішпен жүгінгенде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9352,70 +8978,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алушыға әлеуметтік төлемдер сомаларын төлеу (тағайындау) туралы соттың шешімі келіп түскенде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомство, Мемлекеттік корпорация немесе Қор әлеуметтік төлемдердің уақтылы не толық төленбегенін анықтағанда оған құқық туындаған күннен бастап өткен уақыт үшін мерзімдерді шектемей төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Әлеуметтік төлем сомаларын уақтылы не толық төлемеу фактісі анықталған кезде Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушылар бойынша уақтылы не толық төленбеу себебін анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9446,70 +9072,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>34-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша уақтылы не толық алынбаған әлеуметтік төлем сомаларын төлеу туралы шешімнің жобасын қалыптастырады және бекіту үшін Қордың филиалына жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Қор филиалының және (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның, МӘС бөлімшесінің және (немесе) оның мемлекеттік қызметтер көрсету мәселелері бойынша қызметкерлерінің әрекеттеріне (әрекетсіздіктеріне) шағымдану Қор филиалы басшысының атына, Мемлекеттік корпорацияның немесе Қор басшысының атына, уәкілетті мемлекеттік орган басшысының атына, міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау ведомствосының жергілікті бөлімшесінің басшысының атына, міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау ведомствосының басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор филиалының атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9556,210 +9182,210 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, Қордың филиалы, Мемлекеттік корпорация, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Өтініш беруші көрсетілген мемлекеттік қызметтер нәтижесімен келіспеген жағдайда Қазақстан Республикасының заңнамасымен белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ҚР ӘРПК-нің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін сотқа шағымдануға жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76. Мемлекеттік корпорацияның бөлімшесі әлеуметтік төлемнің артық есептелген (төленген) сомалары анықталған күннен бастап үш жұмыс күні ішінде алушыны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша себептерін көрсете отырып, артық есептелген (төленген) әлеуметтік төлемді қайтару қажеттігі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77. Әлеуметтік төлемнің артық есептелген (төленген) сомасынан ұсталған міндетті зейнетақы жарналарын қайтаруды Мемлекеттік копорация Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>35-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Әлеуметтік төлемдердің артық есептелген (төленген) сомаларын қайтару Қорға аудару үшін Мемлекеттік корпорацияның шотына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       алушының өтініші бойынша, оның Мемлекеттік корпорацияның шотына ақша қаражатын енгізу немесе әлеуметтік төлемнен ұстап қалуға өтініш беру арқылы. Алушының әлеуметтік төлемнен ұстап қалуға өтініші келіп түскен жағдайда Мемлекеттік корпорацияның бөлімшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9844,316 +9470,316 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үшінші тұлғалардан ерікті түрде, әлеуметтік төлемді алушының тегін, атын, әкесінің атын (бар болса) және жеке сәйкестендіру нөмірін көрсете отырып, жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік корпорация есепті айдан кейінгі айдың үш жұмыс күнінен кешіктірмей Қордың шотына әлеуметтік төлемдердің және олардан ұсталған міндетті зейнетақы жарналарының қайтаруға жататын артық есептелген (төленген) сомаларын аударады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Әлеуметтік төлемнің сомалары қате аударылған жағдайларда Мемлекеттік корпорация әлеуметтік төлемдерді беру жөніндегі ұйымға Мемлекеттік корпорация мен әлеуметтік төлемдерді беру жөніндегі ұйым арасындағы шартта белгіленген нысан бойынша және тәсілмен төлем тапсырмасын кері қайтару немесе нұсқауды орындауды тоқтата тұру туралы ақпарат жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлемдерді беру жөніндегі ұйым қате аударым не кері қайтару немесе нұсқауды орындауды тоқтата тұру туралы ақпараттың негізінде ақшаны Мемлекеттік корпорацияға қайтаруды жүзеге асырады не нұсқауды орындауды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Мемлекеттік корпорацияның бөлімшесіне қатыссыз себептермен алушыларға артық есептелген (төленген) әлеуметтік төлемдер сомаларын есептен шығару үшін Қордың, Мемлекеттік корпорация бөлімшесінің маманы Қордың мүддесін білдіруге берілген сенімхат негізінде, Қазақстан Республикасының қолданыстағы азаматтық-процессуалдық заңнамасымен белгіленген тәртіппен сот органдарына борышкердің қайда екендігі белгісіз болуына, борышкердің (жауапкердің) кім екенін анықтауға мүмкіндік болмауына немесе мұрагерлерінің болмауына байланысты соманы қайтару мүмкін еместігі туралы сот шешімін шығару үшін өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Артық аударылған (төленген) сомаларды есептен шығару есептен шығару актісі бойынша сот актілерінің негізінде жүргізіледі, олар үш жыл сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Төлем жүзеге асырылатын әлеуметтік төлем алушылардың істері (қолданыстағы істер) Мемлекеттік корпорацияның мұрағатында сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭІМ уәкілетті мемлекеттік органның АЖ-да тұрақты сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Төлемі тоқтатыла тұрған әлеуметтік төлем алушылардың істері алушының жүгінуіне дейін "Бақылауда" белгісімен қолданыстағы істерден жеке сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алты айдан кейін соңғы төлемнің күні мен сомасын көрсете отырып іс есептен шығарылады және Мемлекеттік корпорацияның архивіне тапсырылады. Мемлекеттік корпорация алты айдан астам мерзімге тоқтатыла тұрған әлеуметтік төлем алушылардың істері бойынша әлеуметтік төлемдерді Қор филиалының шешімі бойынша қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Әлеуметтік төлем алушының ісінің телнұсқасын қалпына келтіру Қор филиалының шешімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлем алушының қалпына келтірілген ісінің телнұсқасы мұқабасының оң жақ үстіңгі бұрышында "Телнұсқа" деген белгі қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkStart w:name="z99" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Уәкілетті мемлекеттік органның АЖ-ы олардың мақсатына сәйкес АЖ үздіксіз жұмыс істеуін және өзектілендірілуін қамтамасыз етуге бағытталған кешенді іс-шараларды қамтамасыз етеді. Уәкілетті мемлекеттік органның АЖ берілетін деректердің толықтығын, дұрыстығын, өзектілігін және уақтылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық өзара іс-қимыл ЭЦҚ қолдана отырып, Қазақстан Республикасы мемлекеттік органдарының Бірыңғай тасымалдау (ақпарат беру) ортасы арқылы жүзеге асырылады. Ақпарат алмасу кезінде ақпаратты қорғау мемлекеттік органдардың бірыңғай қорғалған ақпарат беру ортасын пайдалану есебінен де, техникалық және ұйымдастырушылық сипаттағы іс-шаралар есебінен де қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭІМ уәкілетті мемлекеттік органның АЖ-да тұрақты сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkStart w:name="z100" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Қордың филиалдары мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызмет көрсету мониторингінің АЖ-ға автоматтандырылған режимде енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10431,68 +10057,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:bookmarkStart w:name="z102" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш  ("Азаматтарға арналған үкімет" Мемлекеттік корпорациясы арқылы еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындау үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат _________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11650,68 +11276,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш  (Медициналық-әлеуметтік сараптама бөлімшесі арқылы еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындау үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13428,68 +13054,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:bookmarkStart w:name="z106" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш  (еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді "электрондық үкімет" веб-портал арқылы тағайындау үшін)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш беруші туралы мәліметтер: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16840,68 +16466,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін айқындау үшін есепті кезеңге түскен әлеуметтік аударымдар туралы №______хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18822,68 +18448,68 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="99"/>
+    <w:bookmarkStart w:name="z111" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінішті және құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20__ жылғы "__" _______________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19305,68 +18931,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z113" w:id="100"/>
+    <w:bookmarkStart w:name="z113" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы 20____ жылғы "__"__________ №___________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -20046,68 +19672,68 @@
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z115" w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға азаматтардың өтiнiштерiн тіркеудің және есепке алудың электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -21972,68 +21598,68 @@
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z117" w:id="102"/>
+    <w:bookmarkStart w:name="z117" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға азаматтардың өтiнiштерiн (өтінімдерін) тіркеудің электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -24090,68 +23716,68 @@
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="103"/>
+    <w:bookmarkStart w:name="z119" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушының міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі және орташа айлық кірісі туралы анықтама _____________________________________  (Мемлекеттік корпорация бөлімшесінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жеке шотының № ________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25406,68 +25032,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="104"/>
+    <w:bookmarkStart w:name="z121" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы 20____ жылғы "__" _______________  № _______ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26417,68 +26043,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Берілген күні, шығ. №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="105"/>
+    <w:bookmarkStart w:name="z123" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ____________________________________________________________________ берілді </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27098,68 +26724,68 @@
               </w:rPr>
               <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="106"/>
+    <w:bookmarkStart w:name="z125" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем тағайындауға құжаттарға тексеру жүргізу туралы  20____ жылғы "_____" _______ № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы Сіздің назарыңызға </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27581,68 +27207,68 @@
               </w:rPr>
               <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем бойынша sms-хабарламалар журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның _______________________________ бойынша бөлімшесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -29004,68 +28630,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (әлеуметтік аударымдарды төлеушінің </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немесе бірыңғай төлем төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="108"/>
+    <w:bookmarkStart w:name="z129" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________№ _____ хабарлама </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 15-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29586,68 +29212,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="109"/>
+    <w:bookmarkStart w:name="z131" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 16-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29909,68 +29535,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Кімге ______________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (әлеуметтік аударымдарды төлеушінің немесе бірыңғай төлем төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z133" w:id="110"/>
+    <w:bookmarkStart w:name="z133" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № _____ хабарлама </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 17-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30331,68 +29957,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сақтандыру қоры" акционерлік</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қоғамының филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="111"/>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, ____________________________________________________ _______________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30742,68 +30368,68 @@
               </w:rPr>
               <w:t>19-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z137" w:id="112"/>
+    <w:bookmarkStart w:name="z137" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем тағайындауға арналған құжаттарды жете ресімдеу қажеттігі туралы № _____ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20____ жылғы "_____" ________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31225,68 +30851,68 @@
               </w:rPr>
               <w:t>20-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z139" w:id="113"/>
+    <w:bookmarkStart w:name="z139" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем тағайындау (тағайындаудан бас тарту) туралы № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20____ жылғы "_____" ________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -31881,68 +31507,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің БСН / ЖСН</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="114"/>
+    <w:bookmarkStart w:name="z141" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 21-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33302,68 +32928,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала)__________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="115"/>
+    <w:bookmarkStart w:name="z143" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы 20__ жылғы "_____" _______ № _______ ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Істің № _____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33929,68 +33555,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала)__________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="116"/>
+    <w:bookmarkStart w:name="z145" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы 20__ жылғы "_____" _______№ _______ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Істің № _____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34862,68 +34488,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="117"/>
+    <w:bookmarkStart w:name="z147" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді қайта есептеу туралы 20__ жылғы "_____" _______№ _______ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35639,68 +35265,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _______________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="118"/>
+    <w:bookmarkStart w:name="z149" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы 20____ жылғы "__" _______________ № _______ ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36724,68 +36350,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="119"/>
+    <w:bookmarkStart w:name="z151" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, азамат __________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37315,68 +36941,68 @@
               </w:rPr>
               <w:t>27-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z153" w:id="120"/>
+    <w:bookmarkStart w:name="z153" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемді тоқтату туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20___жылғы "__"________№_______ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -37852,68 +37478,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="121"/>
+    <w:bookmarkStart w:name="z155" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -38888,68 +38514,68 @@
               </w:rPr>
               <w:t>29-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z157" w:id="122"/>
+    <w:bookmarkStart w:name="z157" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АНЫҚТАМА-АТТЕСТАТ 20__ жылғы ____ ____________ № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат__________________________________ әлеуметтік төлемді </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39461,68 +39087,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="123"/>
+    <w:bookmarkStart w:name="z159" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -40481,68 +40107,68 @@
               </w:rPr>
               <w:t xml:space="preserve">31-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z161" w:id="124"/>
+    <w:bookmarkStart w:name="z161" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем алушының ісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлем алушының ісі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41576,68 +41202,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _____________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________ облысы (қаласы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="125"/>
+    <w:bookmarkStart w:name="z163" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін арттыру туралы 20____ жылғы "__" _______________  № _______ ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Үкіметінің 20__ жылғы "__"________ № _______ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42383,68 +42009,68 @@
               </w:rPr>
               <w:t>33-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="126"/>
+    <w:bookmarkStart w:name="z165" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы _____айына "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамының "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" КЕАҚ-дағы еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем бойынша ақша қаражатының қозғалысы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -44567,68 +44193,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды __________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="127"/>
+    <w:bookmarkStart w:name="z167" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________ облысы (қаласы) бойынша  "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының  20__ жылғы "___" __________  № ___________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -45556,68 +45182,68 @@
               </w:rPr>
               <w:t>35-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z169" w:id="128"/>
+    <w:bookmarkStart w:name="z169" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Еңбекке қабілеттіліктен айырылу жағдайы жағдайы бойынша артық есептелген (төленген) әлеуметтік төлемді қайтару қажеттігі туралы 20____ жылғы "_____" ________ № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алушы ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -46237,68 +45863,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс/қала _________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="129"/>
+    <w:bookmarkStart w:name="z171" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының еңбекке қабілеттіліктен айырылу жағдайы бойынша әлеуметтік төлем сомасын ұстап қалу туралы 20 ___ жылғы "_____" _______ № ____ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат __________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -46700,55 +46326,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>