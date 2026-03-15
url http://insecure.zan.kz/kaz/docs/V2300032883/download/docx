--- v0 (2025-11-23)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c91a075" w14:textId="c91a075">
+    <w:p w14:paraId="9fa9c55" w14:textId="9fa9c55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1617,412 +1617,172 @@
         <w:t>
       4) әкімшілік орган – Қазақстан Республикасының заңдарына сәйкес әкімшілік актіні қабылдау, әкімшілік әрекет жасау (әрекетсіздік) жөнінде өкілеттіктер берілген мемлекеттік орган, жергілікті өзін-өзі басқару органы, мемлекеттік заңды тұлға, сондай-ақ өзге ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z169" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...132 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, Қазақстан Республикасының Салық кодексінде көзделген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлға, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 319-бабы 2-тармағы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> тоғызыншы абзацына сәйкес жергілікті атқарушы органдар немесе жеке көмекшілерге материалдық пайда төлеген кезде өзге де заңды тұлғалар, сондай-ақ осы Кодекстің </w:t>
+      Жеке көмекшілерге материалдық пайда төлеген кезде жергілікті атқарушы органдар немесе өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>243-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында аталған адамдар үшін әлеуметтік аударымдарды төлейтін, осы Кодекстің 102-бабы 2-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> айқындалған интернет-платформа операторы әлеуметтік төлемдерді төлеушілер деп танылады;</w:t>
+        <w:t xml:space="preserve"> бірінші бөлігінің 8) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында айқындалған интернет-платформа операторы әлеуметтік аударымдарды төлеуші ретінде танылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) әлеуметтік төлемді алушы (бұдан әрі – алушы) - міндетті әлеуметтік сақтандыру жүйесіне қатысушы болып табылатын, қайтыс болған (сот хабарсыз кетті деп таныған немесе қайтыс болды деп жариялаған) асыраушының асырауында болған және оларға қатысты Мемлекеттік әлеуметтік сақтандыру қоры асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау туралы шешім қабылдаған отбасы мүшелері;</w:t>
-      </w:r>
-[...104 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) бірыңғай төлемді төлеуші – Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>776-1-бабына</w:t>
+        <w:t>820-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған салық агенті;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2384,86 +2144,126 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. қараңыз) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve">. қараңыз); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="18"/>
+    <w:bookmarkStart w:name="z15" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Әлеуметтік төлемнің мөлшерін есептеу (айқындау), тағайындау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z16" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z16" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2498,51 +2298,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындауға өтінішпен, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша портал арқылы әлеуметтік төлемді тағайындауға өтінішпен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке басын куәландыратын құжатпен, не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін) (қандас мәртебесі бар адам әлеуметтік төлем тағайындауға өтініш білдірген жағдайда қандас куәлігі не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін)) Мемлекеттік корпорацияға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2571,51 +2371,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Проактивті қызмет арқылы әлеуметтік төлем тағайындау кезінде өтініш беру талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, әлеуметтік төлемнің үлесіне құқығы бар адам қалалық, аудандық Мемлекеттік корпорацияның бөлімшелеріне (бұдан әрі – Мемлекеттік корпорацияның бөлімшелері) жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="20"/>
+    <w:bookmarkStart w:name="z17" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Үшінші тұлғалардың әлеуметтік төлем тағайындау үшін өтініш пен осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2630,307 +2430,307 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесінде (бұдан әрі – Негізгі талаптар тізбесі) көзделген құжаттарды беруі "Нотариат туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен әлеуметтік төлем алуға құқығы бар адамның нотариалды куәландырылған сенімхаты бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z18" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z18" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сот шешімімен әрекетке қабілетсіз, әрекетке қабілеті шектеулі немесе қамқоршылыққа немесе қорғаншылыққа мұқтаж деп танылған адамдарға әлеуметтік төлемдер тағайындау үшін өтінішті және қажетті құжаттарды олардың қамқоршылары немесе қорғаншылары береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z19" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z19" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Түзеу мекемесiндегі әлеуметтік төлем алуға құқығы бар адамға әлеуметтік төлем өтiнiштің және түзеу мекемесі орналасқан жердегі Мемлекеттік корпорацияның бөлiмшесiне оның әкiмшiлiгi ұсынатын құжаттардың негiзiнде тағайындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z20" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z20" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Негізгі талаптардың тізбесі "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z21" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z21" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Әлеуметтік төлемді тағайындау үшін өтініш беруші сәйкестендіру үшін ұсынылатын осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген құжаттармен бірге мынадай құжаттарды ұсынады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z171" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z171" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) асыраушысының қайтыс болуы туралы куәлік (не қайтыс болу туралы азаматтық хал актілерінің жазбаларынан мәліметтер бар анықтама немесе портал арқылы алынған қайтыс болу туралы хабарлама) не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін) не адамды хабарсыз кетті деп тану немесе қайтыс болды деп жариялау туралы сот шешімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z172" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z172" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қайтыс болған (сот хабарсыз кетті деп таныған немесе қайтыс болды деп жариялаған) адаммен туыстық қатынастарды растайтын құжаттар, қайтыс болған асыраушы баласының (балаларының) туу туралы және неке (ерлі-зайыптылықты) қию (бұзу) туралы, бала асырап алу туралы, әке (ана) болуды белгілеу туралы куәліктер не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z173" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z173" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жалпы орта, техникалық, кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарынан он сегіз жастан жиырма үш жасқа дейінгі отбасы мүшелерінің күндізгі оқу нысаны бойынша, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша білім алушылар немесе білім алушылар болып табылатыны туралы анықтама (жыл сайын жаңартылып отырады) не цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, Қазақстан Республикасынан тыс жерлерде білім беру ұйымдарында оқыған жағдайда білім беру ұйымынан анықтама ұсынылады, онда: оқу орнының толық атауы, білім алушының тегі, аты, әкесінің аты (бар болса), туған күні, оқыту нысаны (бар болса), курсы мен көрсетілген курста оқу кезеңі, білім беру ұйымының мөрі және уәкілетті тұлғаның қолы. Білім алушының академиялық демалыста болуы білім беру ұйымының анықтамасымен расталады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте білім алушы оқу орнынан шығарылған немесе сырттай оқу нысанына ауысқан жағдайларда білім беру ұйымының басшысы әлеуметтік төлем алушының тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесін хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z174" w:id="28"/>
+    <w:bookmarkStart w:name="z174" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қорғаншылық немесе қамқоршылық белгілеу туралы құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттарды мемлекеттік ақпараттық жүйелерден, соның ішінде цифрлық құжаттардың сервисінен алу мүмкіндігі болған кезде оларды ұсыну талап етілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3165,90 +2965,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="29"/>
+    <w:bookmarkStart w:name="z22" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Құжаттар Мемлекеттік корпорация арқылы әлеуметтік төлем алуға жүгінген кезде құжаттардың көшірмелері "Нотариат туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен куәландырылған жағдайларды қоспағанда, түпнұсқада ұсынылады, маман сканерлейді және жалпы орта, техникалық, кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарынан анықтамадан басқасы өтініш берушіге қайтарылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалпы орта, техникалық, кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарынан анықтамасы облыстық, республикалық маңызы бар қалалар мен астананың Қор филиалы (бұдан әрі - Қор филиалы) әлеуметтік төлем тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдағаннан кейін өтініш берушіге қайтарылады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3299,168 +3099,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес құжаттың қазақ немесе орыс тіліне дұрыс аударылғанын куәландырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішті қабылдайтын Мемлекеттік корпорацияның маманы әлеуметтік төлем тағайындау үшін ұсынылған құжаттар топтамасының толықтығын, сондай-ақ мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан алынған мәліметтерді тексереді, сканерлеу сапасын және құжаттардың электрондық көшірмелерінің Негізгі талаптар тізбесімен сәйкес өтініш беруші ұсынған түпнұсқаларға сәйкестігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="30"/>
+    <w:bookmarkStart w:name="z23" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Мемлекеттік корпорация арқылы әлеуметтік төлем алуға жүгінгенде өтініш берушіге құжаттарды қабылдау кезінде танысу үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес міндетті әлеуметтік сақтандыру жүйесіне қатысушы (қайтыс болған асыраушы) үшін әлеуметтік төлемнің мөлшерін айқындау үшін есепті кезеңге түскен әлеуметтік аударымдар туралы хабарлама (бұдан әрі – түскен әлеуметтік аударымдар туралы хабарлама) беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш берушінің келіп түскен әлеуметтік аударымдар туралы хабарламамен танысуын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындауға өтініш бланкісін толтыру кезінде өтініш беруші растайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="31"/>
+    <w:bookmarkStart w:name="z24" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Өтініш берушіге әлеуметтік төлем тағайындауға өтінішті және құжаттарды қабылдаудан бас тарту туралы қолхат осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мынадай негіздер бойынша кідіріссіз беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) уәкілетті мемлекеттік органның АЖ-дан әлеуметтік төлемді тағайындау, жүзеге асыру, проактивті көрсетілетін қызмет арқылы оны тағайындауға өтініш беру немесе келісім беру фактісін растайтын мәліметтерді алу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3587,128 +3387,128 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="32"/>
+    <w:bookmarkStart w:name="z25" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Өтініш беруші әлеуметтік төлемді тағайындау үшін портал арқылы жүгінген кезде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес портал арқылы әлеуметтік төлемді тағайындауға өтініш нысанында көзделген қажетті мәліметтерді, сондай-ақ танысу үшін түскен әлеуметтік аударымдар туралы хабарламаны өтініш беруші тиісті мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан "электрондық үкімет" шлюзі арқылы дербес алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, өтініш беруші өзінің ЭЦҚ-мен мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан келіп түскен электрондық өтініш пен мәліметтерді, оның ішінде түскен әлеуметтік аударымдар туралы хабарламамен танысуды куәландырады және оны "Е-макет" ААЖ-ға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="33"/>
+    <w:bookmarkStart w:name="z26" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Портал арқылы келіп түскен электрондық өтініш әлеуметтік төлемді тағайындау үшін ұсынылған мәліметтермен қоса мемлекеттік органдардың және (немесе) ұйымдардың АЖ-да мынадай параметрлер бойынша тексеруден өтеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұсынылған мәліметтердің толықтығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3775,226 +3575,226 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қор филиалының әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы Қор филиалы шешімінің жобасы қалыптастырылады, олар Қордың филиалына түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЖ арқылы көрсетілген параметрлер бойынша тексеруден өтпеген жағдайда портал өтініш берушіге электрондық өтініштің қабылданбағаны туралы хабарлама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="34"/>
+    <w:bookmarkStart w:name="z27" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>239-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша адамда әлеуметтік төлем тағайындау құқығы туындаған кезде, өтініш берушінің ұялы байланыс абоненттік құрылғысының телефон нөмірі порталда тіркелген жағдайда проактивті қызмет ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Е-макет" ААЖ арқылы автоматтандырылған режимде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындауға өтініш бланкісінде көзделген шарттарды қабылдау (бұдан әрі – шарттар), әлеуметтік төлемді алу мүмкіндігі туралы әлеуетті өтініш берушіге оның ұялы байланыс абоненттік құрылғысының нөміріне хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="35"/>
+    <w:bookmarkStart w:name="z28" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Проактивті қызметті алуға келісімді растау және шарттарды қабылдау үшін әлеуетті өтініш беруші "Е-макет" ААЖ интеграциясы іске асырылған екінші деңгейдегі банктердің ұсынған тізімінен банктік шотты таңдайды және "Е-макет" ААЖ ұсынатын сандардың комбинациясын теру арқылы жауап хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күнтізбелік үш күн ішінде өтініш берушінің келісімі болмаған жағдайда проактивті қызмет көрсетуден бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="36"/>
+    <w:bookmarkStart w:name="z29" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Проактивті қызмет арқылы әлеуметтік төлем алуға жүгінген кезде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген қажетті мәліметтерді алу үшін "Е-макет" ААЖ-дан мемлекеттік органдардың және (немесе) ұйымдардың АЖ-на сұрау салулар жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z30" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z30" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Өтініш берушінің проактивті қызмет көрсетуге келісімін алғаннан кейін "Е-макет" ААЖ-ға әлеуметтік төлем тағайындауға азаматтардың өтініштерін (өтінімдерін) тіркеудің электрондық журналында өтінімді автоматты түрде тіркеу жүргізіледі, содан кейін өтініш берушіге ұялы байланыс абоненттік құрылғысына әлеуметтік төлемге өтінімді қабылдау туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Е-макет" ААЖ-да автоматты түрде ЭІМ және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4007,70 +3807,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қор филиалының әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы шешім жобасы қалыптастырылады, олар Қордың филиалына түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭІМ-да тағайындау (тағайындаудан бас тарту) туралы шешім қабылдау үшін қажетті мәліметтер болмаған немесе дұрыс болмаған жағдайда, Қор филиалы әлеуметтік төлем тағайындаудан бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="38"/>
+    <w:bookmarkStart w:name="z31" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әлеуметтік төлемді тағайындау туралы түскен өтініштер, оның ішінде электрондық өтініштер келіп түскен күні сол жұмыс күні ішінде, ал жұмыс күнінен тыс келіп түскен жағдайда – өтініш келіп түскен күннен кейінгі бірінші жұмыс күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік корпорация жүгінген кезде – осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4103,109 +3903,109 @@
         </w:rPr>
         <w:t xml:space="preserve">
       портал, сондай-ақ проактивті қызмет арқылы әлеуметтік төлем алуға өтініш білдірген кезде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемді тағайындауға азаматтардың өтініштерін (өтінімдерін) тіркеудің электрондық журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="39"/>
+    <w:bookmarkStart w:name="z32" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электрондық журналдарда көрсетілген өтініштерді немесе өтінімдерді тіркеу күні Қордан әлеуметтік төлем тағайындауға өтініш берген күн болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, берілетін деректердің толықтығын, түпнұсқалылығын, дұрыстығын, бұрмаланбауын және уақтылығын ақпаратты беретін АЖ әкімшілері қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="40"/>
+    <w:bookmarkStart w:name="z33" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Мемлекеттік корпорацияның бөлімшесі екі жұмыс күні ішінде түскен құжаттар топтамасының толықтығын тексереді, ЭІМ қалыптастырады, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4220,89 +4020,89 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандар бойынша міндетті әлеуметтік сақтандыру жүйесіне қатысушының міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі және орташа айлық кірісі туралы анықтаманы, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қор филиалының әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы шешімінің жобасын қалыптастырады. Қалыптастырылған ЭІМ-ді бөлімше Мемлекеттік корпорацияның облыстық, республикалық маңызы бар қалалар және астананың филиалдарына (бұдан әрі – Мемлекеттік корпорацияның филиалдары) жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның филиалы екі жұмыс күні ішінде келіп түскен құжаттарды қарайды, ЭІМ-ді ресімдеудің дұрыстығын, әлеуметтік төлем мөлшерінің есептелуін тексереді және ЭІМ-ді Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="41"/>
+    <w:bookmarkStart w:name="z34" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қордың филиалы Мемлекеттік корпорациядан ЭІМ келіп түскен күннен бастап төрт жұмыс күні ішінде, сондай-ақ, өтініш беруші портал, проактивті қызмет арқылы жүгінген кезде ЭІМ-ін шешімнің жобасын қарайды және әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді тағайындаудан бас тарту үшін негіздер анықталған кезде Қор филиалы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4423,70 +4223,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тыңдау нәтижелері бойынша Қор филиалы әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші Мемлекеттік корпорация арқылы жүгінген жағдайда Қордың филиалы мемлекеттік көрсетілетін қызмет нәтижесін "электрондық үкімет" шлюзі арқылы Мемлекеттік корпорацияға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="42"/>
+    <w:bookmarkStart w:name="z35" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қор филиалдарының әлеуметтік төлемді тағайындау үшін қажетті құжаттардың (мәліметтердің) дұрыстығын тексеруі үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуметтік аударымдардың уақтылы және (немесе) толық түспеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4849,89 +4649,89 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте Қор филиалының сұрау салуына мемлекеттік органдардан, ұйымдардан, төлеушіден, бірыңғай төлемді төлеушілерден, өтініш берушілерден құжаттар және (немесе) мәліметтер берілген кезде Қор филиалы оларды ЭІМ-не қосу үшін Мемлекеттік корпорацияның бөлімшесіне жібереді, ал мәліметтер мемлекеттік органдардың және (немесе) ұйымдардың АЖ-і мен "Е -макет" ААЖ интеграциялануы арқылы келіп түскен кезде олар ЭІМ-ге автоматты режимде Мемлекеттік корпорацияның қатысуынсыз тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация ЭІМ-ні ұсынылған құжаттармен және (немесе) мәліметтермен олар Мемлекеттік корпорацияның бөлімшесіне келіп түскен күннен кейін екі жұмыс күні ішінде толықтырады және оны Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="43"/>
+    <w:bookmarkStart w:name="z36" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Тексеру мерзімі Қор филиалы ЭІМ тексеруге жіберген күннен бастап бір айдан аспайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жүргізілген тексеру нәтижелерін ескере отырып, Қор филиалы әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="44"/>
+    <w:bookmarkStart w:name="z37" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Егер Қор филиалы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4946,51 +4746,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жүргізілген тексеру нәтижелері бойынша төлеуші және (немесе) бірыңғай төлемді төлеуші әлеуметтік төлемді есептеу кезінде ескерілетін кезеңге келетін айлар (ай) үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтару жүзеге асырылмаған, Қор филиалы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5103,110 +4903,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="45"/>
+    <w:bookmarkStart w:name="z38" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25. Негіздер болған кезде Қордың филиалы ЭІМ қарау кезінде Мемлекеттік корпорацияның бөлімшесінен өтініш берушінің әлеуметтік төлем бойынша іс макетін электрондық құжатпен салыстыру үшін жалпы орта, техникалық, кәсіптік, орта білімнен кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарының анықтамасының түпнұсқасын сұратады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z39" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z39" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Егер әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы шешім қабылдау үшін ЭІМ-ге қосымша құжаттарды (мәліметтерді) қосу қажеттігі анықталса, Қор филиалы ЭІМ-ді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді тағайындауға арналған құжаттарды жете ресімдеу қажеттігі туралы хабардар ете отырып, Мемлекеттік корпорация бөлімшесіне қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте Қор филиалы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5483,110 +5283,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z40" w:id="47"/>
+    <w:bookmarkStart w:name="z40" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Жете ресімдеу мерзімі Қордың филиалы ЭІМ жете ресімдеуге жіберген күннен бастап отыз жұмыс күннен аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z41" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z41" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Егер отыз жұмыс күні ішінде талап етілетін құжаттар ұсынылмаса, Қор филиалы әлеуметтік төлемді тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z42" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z42" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Мемлекеттік корпорация арқылы өтініш берген кезде Мемлекеттік корпорацияның бөлімшесі өтініш берушіні Қор филиалы қабылдаған әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім жөнінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтініш беруші жеке өзі жүгінген кезде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5655,1030 +5455,808 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы sms-хабарламалар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="50"/>
+    <w:bookmarkStart w:name="z43" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Өтініш беруші портал арқылы жүгінген кезде Қор филиалы қабылдаған шешімнің қорытындысы бойынша "Е-макет" ААЖ-да электрондық құжат нысанында осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы хабарлама қалыптастырылады, Қор филиалы басшысының ЭЦҚ-мен куәландырылады және порталға өтініш берушінің "жеке кабинетіне" жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z44" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z44" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Әлеуметтік төлемдерді тағайындаудан бас тарту туралы шешім қабылданған жағдайда Қор филиалы шешімде бас тарту себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z45" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z45" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Сот шешімімен іс-әрекетке қабілетсіз немесе әрекетке қабілеті шектеулі деп танылған қамқоршылықтағы (қорғаншылықтағы) адам үшін төлемдер алатын қамқоршы (қорғаншы) ауысқан, асырауындағы адамдардың саны артқан, оның ішінде асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемнің үлесін бөлген кезде, Мемлекеттік корпорацияның бөлімшесі жаңадан ұсынылған мәліметтермен және құжаттармен толықтырылған ЭІМ дайындайды, шешім жобасын қалыптастырады және оны бекіту үшін Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЖ-да әлеуметтік төлем алушының тегі, аты, әкесінің аты (бар болса), туған күні өзгерген кезде ЭІМ-де өзгерістер автоматты режимде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="53"/>
+    <w:bookmarkStart w:name="z46" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әлеуметтік төлемнің мөлшерін есептеу міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кірісі және тиісті коэффициенттер негізге алына отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте әлеуметтік төлемнің мөлшерін есептеу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушының кірісінің орташа айлық мөлшеріне Қазақстан Республикасының заңнамасына сәйкес бюджет қаражаты есебінен алынған жеке көмекшілерге материалдық пайда қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік төлемдер мөлшерін есептеген және өзгерткен кезде тиындармен есептелген сомалар бір теңгеге дейін дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 33-тармаққа өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      33-тармақтың екінші бөлігі жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">34. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Әлеуметтік төлемнің мөлшерін есептеу кезінде әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшері әлеуметтік төлемді алу құқығы туындаған айдың алдындағы соңғы күнтізбелік жиырма төрт ай ішінде (осы кезеңде әлеуметтік аударымдарда үзілістердің болу-болмауына қарамастан) әлеуметтік аударымдар жүргізілген кірістер сомасын жиырма төртке бөлу жолымен мынадай формула бойынша айқындалады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОАК = (АК1 + АК2 + АК3...... + АК24) / 24, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ОАК – міндетті әлеуметтік сақтандыру жүйесіне қатысушының орташа айлық кірісі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      АК – әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген ай сайынғы кіріс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кодекстің 101-1-бабында көрсетілген адамдар үшін әлеуметтік аударымдарды есептеу объектісі ретінде есепке алынған ай сайынғы кіріс Қазақстан Республикасының Салық кодексінде көзделген арнайы мобильдік қосымшаға сәйкес мәліметтермен қосымша расталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бірыңғай төлем төлеушінің жұмыскерлері болып табылатын адамдар үшін АК осы Қағиданың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>39-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту.  35-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...413 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="54"/>
+    <w:bookmarkStart w:name="z49" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Осы Қағидалардың 35-тармағында көзделген тәртіппен әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшерін айқындау кезінде Кодекстің 118-бабы 3-тармағының екінші бөлігінде көзделген кірістер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша субъект қызметіне әлеуметтік аударымдар мөлшерлемесіне 0 түзету коэффициентін қолдану кезеңіне міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы төлеуші беретін анықтаманың негізінде ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, төтенше жағдай, шектеу іс-шаралары қолданылған кезеңде қызметтің шектелуіне байланысты кірісінен айырылу жағдайы бойынша орталықтандырылған деректер базасының мәліметтерімен расталған әлеуметтік төлемді алу кезеңдері орташа айлық кіріс мөлшерінің есебінен алып тасталады және орташа айлық кіріс мөлшерін айқындау кезеңі басталардың тура алдындағы басқа айлармен ауыстырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер орташа айлық кіріс мөлшерін айқындау кезеңі басталардың алдындағы айлар (ай) өтініш берушінің төтенше жағдай, шектеу іс-шаралары қолданылған кезеңде қызметтің шектелуіне байланысты кірісінен айырылу жағдайы бойынша әлеуметтік төлемді алу кезеңіне келсе, онда бұл айлар (ай) осындай төлемдерді алу кезеңі басталардың алдындағы айлармен (аймен) ауыстырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді есептеу кезінде Кодекстің 101-1 және 102-1-баптарында көрсетілген адамдар үшін әлеуметтік аударымдар жүргізілген әрбір ай үшін кіріс нақты келіп түскен айда әлеуметтік аударымдар сомасын Кодекстің 244-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген әлеуметтік аударымдар мөлшерлемесіне бөлу жолымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...184 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="55"/>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Бірыңғай төлемді төлеушінің жұмыскерлері болып табылатын адамдардың кірісінен басқа, әлеуметтік аударымдарды есептеу объектісі ретінде есепке алынған ай сайынғы кіріс Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген көрсетілген ай үшін төлеушіден түскен әлеуметтік аударымдар сомасын әлеуметтік аударымдар мөлшерлемесіне бөлу және алынған нәтижені жүзге көбейту арқылы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АК = ӘА а / S әа х 100, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6805,51 +6383,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="56"/>
+    <w:bookmarkStart w:name="z52" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Бірыңғай төлемді төлеушінің қызметкерлері болып табылатын адамдар үшін әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген ай сайынғы кіріс көрсетілген ай үшін бірыңғай төлемге енгізілген, келіп түскен әлеуметтік аударымдардың сомасын Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6864,51 +6442,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлігіне сәйкес тиісті жылға белгіленген бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесіне бөлу және алынған нәтижені Салық кодексінің 776-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тиісті жылға белгіленген салық салу объектісіне қолданылатын бірыңғай төлем мөлшерлемесіне бөлу жолымен, мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АК = ӘА а / БТ мөлшерлемесіне ӘА үлесі / БТ мөлшерлемесі, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6937,70 +6515,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БТ мөлшерлемесіне ӘА үлесі – бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесі, %;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БТ мөлшерлемесі – салық салу объектісіне қолданылатын бірыңғай төлем ставкасы, %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="57"/>
+    <w:bookmarkStart w:name="z53" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Әлеуметтік төлемнің ай сайынғы мөлшері әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген кірістің орташа айлық мөлшерін әлеуметтік төлемге құқық туындаған күнге республикалық бюджет туралы заңда белгіленген ең төмен жалақы мөлшерінің 50 пайызын шегеріп, тиісті кірісті алмастыру, қатысу өтілі және асырауындағылар санының коэффициенттеріне көбейту жолымен мынадай формула бойынша айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘТаа = (ОАК– 50 % ЕТЖ) х КАК х ҚӨК х АСК, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7449,246 +7027,246 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қатысу өтілінің коэффициентін айқындау кезінде Кодекстің 240-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> төртінші бөлігінде айқындалған кезеңдер есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="58"/>
+    <w:bookmarkStart w:name="z54" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Бұл ретте, егер төлеуші және (немесе) бірыңғай төлемді төлеуші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтаруды жүзеге асырмаса, Мемлекеттік корпорация бөлімшесінің маманы міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісін есептеуде төленген әлеуметтік аударымдардың сомаларын артық (қате) төленген әлеуметтік аударымдар сомасына азайту жағына қарай түзетуді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z55" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z55" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Егер әлеуметтік төлемнің есептелген мөлшері теріс мәнді құрайтын болса, онда Қордың филиалы әлеуметтік төлем тағайындаудан бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z56" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z56" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Бір төлеушіден немесе бірыңғай төлем төлеушіден бір ай үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушының пайдасына әлеуметтік аударымдар бірнеше рет келіп түскен жағдайда, осы ай үшін әлеуметтік төлемді есептеу үшін қабылданатын жиынтық кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z57" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z57" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Міндетті әлеуметтік сақтандыру жүйесіне қатысушының пайдасына бір ай ішінде екі және одан да көп төлеушілерден және (немесе) бірыңғай төлем төлеушілерден әлеуметтік аударымдар түскен кезде түскен әлеуметтік аударымдар бойынша әрбір төлеушіден түсетін ай сайынғы кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспайтын мөлшерде қабылданады, олар кейіннен жинақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z58" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z58" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Қорға әлеуметтік төлемді есептеу үшін қабылданатын кезеңге келетін әлеуметтік аударымдар оны тағайындауға өтініш берілген күннен кейін түскен жағдайда, әлеуметтік төлемнің мөлшерін есептеуде (айқындауда) есепке алынбайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z59" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z59" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. Сот актілері мен сотқа дейінгі тергеп-тексеру органының актілері негізінде заңсыз деп танылған кірістен түскен, әлеуметтік төлемдердің мөлшерін айқындау кезінде есепке алынған кезең үшін төленген әлеуметтік аударымдар міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік төлем тағайындау үшін кейінгі жүгінуі кезінде есепке алынбайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, сот актілері мен сотқа дейінгі тергеп-тексеру органының актілері негізінде заңсыз деп танылған кірістен түскен әлеуметтік аударымдар бойынша ақпарат уәкілетті мемлекеттік органның АЖ арқылы Мемлекеттік корпорацияға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="64"/>
+    <w:bookmarkStart w:name="z60" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Әлеуметтік төлемдерді тоқтата тұру, қайта есептеу, қайта бастау, тоқтату және тағайындау (тағайындаудан бас тарту) туралы шешімді қайта қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z61" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z61" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Әлеуметтік төлем мынадай мәліметтер, оның ішінде АЖ-дан алынған мәліметтер келіп түскен айдан кейінгі айдың бірінші күнінен бастап тоқтатыла тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушының банктік шоты бойынша үш және одан да көп ай бойы шығыс операцияларының болмауы туралы мәлімет. Бұл ретте әлеуметтік төлем тоқтатыла тұрған күннен бастап қайта басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8007,90 +7585,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) хабарсыз кетті деп танылған немесе қайтыс болды деп жарияланған адамдардың жеке зейнетақы шоттарына әлеуметтік аударымдардың, сондай-ақ міндетті зейнетақы жарналарының, міндетті кәсіптік зейнетақы жарналарының келіп түсуі немесе азаматтың тірі болу фактісін растайтын ақпараттың келіп түсуі туралы мәліметтер. Бұл ретте, егер азаматтың тірі екені расталса, әлеуметтік төлем тоқтатылады, расталмаған жағдайда – әлеуметтік төлем тоқтатыла тұрған күннен бастап қайта басталады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) өтініш берушінің әлеуметтік төлемнің мөлшерін негізсіз айқындауға алып келген анық емес мәліметтерді ұсынуы туралы мәліметтер. Бұл ретте әлеуметтік төлем тоқтатыла тұрған күнінен бастап осы Қағидаларға сәйкес айқындалған мөлшерде қайта басталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="66"/>
+    <w:bookmarkStart w:name="z62" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Қор филиалы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген мәліметтер келіп түскен кезде әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы шешімді (бұдан әрі – шешім) келіп түскен күннен бастап екі жұмыс күн ішінде тоқтата тұру туралы шешімді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8141,90 +7719,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация бөлімшесінен әлеуметтік төлемді тоқтата тұру туралы Қор филиалының шешімнің жобасы келіп түскен күні қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі негізінде әлеуметтік төлемді жүзеге асыруды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="67"/>
+    <w:bookmarkStart w:name="z63" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Әлеуметтік төлем осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша берілген алушының Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындауға өтініші бойынша әлеуметтік төлемді алуға құқық сақталған жағдайда әлеуметтік төлемді тоқтата тұруды туындатқан мән-жайлардың аяқталғанын растайтын АЖ-дан алынған құжаттардың және (немесе) мәліметтердің негізінде қайта басталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, Мемлекеттік корпорацияның бөлімшесі әлеуметтік төлемді қайта бастау үшін қажетті өтініш пен құжаттарды қабылдауды жүзеге асырады, олармен алушының ЭІМ толықтырады, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8237,70 +7815,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді қайта бастау туралы шешімнің жобасын қалыптастырады және оны Қор филиалына бекітуге жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлемді қайта бастау туралы шешімді Қор филиалы шешім жобасы келіп түскен күннен бастап екі жұмыс күні ішінде қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="68"/>
+    <w:bookmarkStart w:name="z64" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Қайтыс болған (сот хабарсыз кетті деп таныған немесе қайтыс болды деп жариялаған) асыраушының асырауында болған, бала кезден бірінші немесе екінші топтағы мүгедектігі бар адамдар деп танылған адамдарға қайта куәландыру кезінде, әлеуметтік төлем Қор филиалының шешімі негізінде қайта куәландыру күнінен қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның маманы күндізгі оқу нысаны бойынша оқушылар немесе студенттер болып табылатын отбасы мүшелері бойынша "электрондық үкімет" шлюзі арқылы тиісті АЖ-ға сұрау салу негізінде әлеуметтік төлемді қайта қарау шешімінің жобасын қалыптастырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8355,70 +7933,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="69"/>
+    <w:bookmarkStart w:name="z65" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Асырауындағы адамдар саны ұлғаю кезінде асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін қайта есептеу әлеуметтік төлемді алушының, қайтыс болған (сот хабарсыз кетті деп таныған немесе қайтыс болды деп жариялаған) асыраушының асырауында болған отбасы мүшелерінің жазбаша өтініші негізінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалпы орта, техникалық, кәсіптік, ортадан кейінгі, жоғары, жоғары оқу орнынан кейінгі білім беру ұйымдарынан анықтама ұсынған кезде оқу кезеңінің басталу күнінен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8637,70 +8215,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді алушының әлеуметтік төлем мөлшерін қайта есептеу туралы өтініші негізінде Мемлекеттік корпорация бөлімшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қор филиалының бекітуі үшін әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы Қор филиалының шешім жобасын қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="70"/>
+    <w:bookmarkStart w:name="z66" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қор филиалы мыналар келіп түскен күннен бастап екі жұмыс күні ішінде әлеуметтік төлемді тоқтату туралы шешім қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8843,70 +8421,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       алушы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша алушы әлеуметтік төлемді тоқтатуға өтініш берген жағдай. Бұл ретте, әлеуметтік төлем өтініш берілген айдан кейінгі айдың бірінші күнінен бастап тоқтатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="71"/>
+    <w:bookmarkStart w:name="z67" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі негізінде әлеуметтік төлемді жүзеге асыруды тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі келіп түскен күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8939,187 +8517,187 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының хабарландырылуы туралы sms-хабарлама осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша sms-хабарламалар журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z68" w:id="72"/>
+    <w:bookmarkStart w:name="z68" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Әлеуметтік төлемді есептеу үшін қабылданған кезең үшін Қорға әлеуметтік аударымдар оны тағайындауға өтініш берілген күннен кейін түскен кезде алушыға тағайындалған әлеуметтік төлем мөлшерін қайта есептеу жүргізілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z69" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z69" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       55. Қор филиалы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекстің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидалардың шарттарына, сондай-ақ осындай шешімдер шығарылған кезде қолданыста болған заңнамаға қайшы келетін заңсыз тағайындалған (тағайындаудан бас тартылған), тоқтатыла тұрған, қайта басталған, тоқтатылған әлеуметтік төлемдер анықталған жағдайда әлеуметтік төлемдерді тағайындау (тағайындаудан бас тарту), тоқтата тұру, қайта бастау, тоқтату туралы, оның ішінде әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомствоның аумақтық бөлімшелері қабылдаған әлеуметтік төлемдер сот шешімдері, әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомствоның немесе Қордың жазбаша тапсырмалары негізінде қабылданған шешімдерді қайта қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z70" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z70" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әлеуметтік төлемді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z71" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z71" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Қазақстан Республикасына тұрақты тұруға келген адамдар не Қазақстан Республикасының басқа өңірлерінен келген алушылар, егер заңдарда және халықаралық шарттарда өзгеше көзделмесе, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді алушының ісіне сұрау салуға өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшесі алушының ісіне сұрау салуды өтініш берушінің бұрынғы тұрған жері бойынша жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="76"/>
+    <w:bookmarkStart w:name="z72" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. Басқа елдерден Қазақстан Республикасына тұрақты тұруға келген адамдар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9134,71 +8712,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация арқылы әлеуметтік төлемді тағайындауға өтінішті және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Негізгі талаптар тізбесінде көзделген құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z73" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z73" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Қазақстан Республикасынан тыс жерге тұрақты тұруға кеткен және қайтып келген, әлеуметтік төлемді алушылар болып табылатын адамдар кеткен елінде әлеуметтік төлемді алмаған кезде, әлеуметтік төлем тоқтатылған күннен бастап, бірақ Негізгі талаптар тізбесінде көзделген құжаттар негізінде оларды алу үшін жүгінер алдындағы үш жылдан асырылмай қалпына келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте әлеуметтік төлемдер Қазақстан Республикасының шегінен тыс жерге кету сәтінде белгіленген мөлшерде қалпына келтіріледі. Егер кету кезеңінде әлеуметтік төлемдерге арттыру жүргізілген болса, олардың мөлшері осы арттырулар ескеріле отырып белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9229,70 +8807,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қайта бастау туралы шешімді бекітуді осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тарауына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қордың филиалы жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="78"/>
+    <w:bookmarkStart w:name="z74" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Қазақстан Республикасының басқа өңірлеріне кеткен әлеуметтік төлем алушының ісі Мемлекеттік корпорацияның басқа бөлімшелерінің электрондық сұрау салуы бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алушының жаңа тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесі өтінішті берген күннен бастап екі жұмыс күн ішінде алушының бұрынғы тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесіне электрондық сұрау салу жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9305,286 +8883,286 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының бұрынғы тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесі сұрау салу келіп түскен күннен бастап екі жұмыс күн ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>27-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік корпорация бөлімшесінің ЭЦҚ-сымен куәландырылған электрондық анықтама-аттестатты қалыптастырады және алушының жаңа тұрғылықты жері бойынша Мемлекеттік корпорацияның бөлімшесіне жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="79"/>
+    <w:bookmarkStart w:name="z75" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Алушы Қазақстан Республикасының шегінен тыс жерге кеткен жағдайда Мемлекеттік корпорацияның бөлімшесі алушының осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>28-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініші негізінде алушының ісін алушының қолына береді немесе басқа елдердің уәкілетті органдарының сұрау салуы бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының қағаз жеткізгіштегі ісі болмаған кезде Мемлекеттік корпорацияның бөлімшесі ЭІМ негізінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>29-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем алушының ісінің қағаз нұсқасын қалыптастырады және алушының қолына беріледі немесе басқа елдердің уәкілетті органдарының сұрау салуы бойынша жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="80"/>
+    <w:bookmarkStart w:name="z76" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Қордан төленетін әлеуметтік төлемдердің мөлшерін арттыру Кодекстің 240-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Үкіметінің шешімі негізінде арттыру күніне тиісті әлеуметтік төлемдер тағайындалған адамдарға жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Арттыру – арттыру күніне тағайындалған әлеуметтік төлемнің мөлшерін тиісті арттыру процентіне көбейту жолымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="81"/>
+    <w:bookmarkStart w:name="z77" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Мемлекеттік корпорацияның бөлімшесі Қор филиалының бекітуі үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>30-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем тағайындалған әрбір адам бойынша төленетін әлеуметтік төлемнің мөлшерін арттыру туралы шешімдердің жобаларын қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z78" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z78" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Қор филиалы бекіткен әлеуметтік төлемді тағайындау (қайта есептеу, қайта бастау) туралы шешімдердің негізінде Мемлекеттік корпорация бес жұмыс күні ішінде тағайындалған (қайта есептелген, қайта басталған) әлеуметтік төлемнің сомаларын қорға ай сайын төлем айының алдындағы айдың 25-күнiне ұсынылатын әлеуметтік төлемдерге қаражат қажеттілігіне қосуды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z79" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z79" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Қор әлеуметтік төлемге қаражаттың қажеттілігін есептеу бойынша болжамды деректерді күнделікті негізде қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z80" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z80" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Қор әлеуметтік төлемдерді кесте бойынша жүзеге асыру үшін Мемлекеттік корпорацияға күн сайын қаржыландыруды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация қаражат ала отырып, алушыларға әлеуметтік төлемді төлеуді үш жұмыс күні ішінде жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9633,70 +9211,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       есепті айдан кейінгі айдың үш жұмыс күнінен кешіктірмей Қорға аударылған әлеуметтік төлем сомалары бойынша, сондай-ақ одан артық есептелген (төленген) әлеуметтік төлемнің және одан ұсталған міндетті зейнетақы жарналарының қайтарылуы бойынша ақпаратты осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>31-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қордың Мемлекеттік корпорациядағы асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем бойынша ақша қаражатының қозғалысы туралы мәліметтер нысанында Қорға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="85"/>
+    <w:bookmarkStart w:name="z81" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Мемлекеттік корпорация әлеуметтік төлемдерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаражатты алушылардың банк шоттарына немесе электрондық ақшаны электрондық ақшаның электрондық әмияндарына аудару; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9761,130 +9339,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бөгде адамның күтіміне мұқтаж және денсаулық жағдайы бойынша банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға бара алмайтыны туралы медициналық қорытындысы бар адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері болмаған ауылдық жерде тұратын адамдарға жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="86"/>
+    <w:bookmarkStart w:name="z82" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Алушының (қамқоршының, қорғаншының) банк шотының нөмірі, төлеу тәсілі, алушының (қамқоршының, қорғаншының) тұрғылықты жері өзгерген жағдайда алушы (қамқоршы, қорғаншы) Мемлекеттік корпорацияның бөлімшесіне тиісті өзгерістерді растайтын құжаттармен осындай өзгерістер туралы өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z83" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z83" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Егер адам түзеу мекемесіне орналастырылған сәтте әлеуметтік төлем алушы болып табылса, түзеу мекемесі орналасқан жердегі Мемлекеттік корпорацияның бөлімшесі түзеу мекемесінің әкімшілігі ұсынған, көрсетілген адамның өтініші негізінде әлеуметтік төлемді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z84" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z84" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Алушы түзеу мекемелерінде болған уақытында әлеуметтік төлемдерді алмаған жағдайда, төлем осы Қағидаларға сәйкес қалпына келтіріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z85" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z85" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Мемлекеттік корпорацияның және (немесе) Қор филиалының кінәсінен уақтылы не толық алынбаған әлеуметтік төлемдер сомаларын төлеу мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әлеуметтік төлем алушы әлеуметтік төлемдердің уақтылы не толық төлемегенін өздігінен анықтаған кезде Мемлекеттік корпорацияның бөлімшесіне өтінішпен жүгінгенде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9895,70 +9473,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алушыға әлеуметтік төлемдер сомаларын төлеу (тағайындау) туралы соттың шешімі келіп түскенде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомство, Мемлекеттік корпорация немесе Қор әлеуметтік төлемдердің уақтылы не толық төленбегенін анықтағанда оған құқық туындаған күннен бастап өткен уақыт үшін мерзімдерді шектемей төленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="90"/>
+    <w:bookmarkStart w:name="z86" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       71. Әлеуметтік төлем сомаларын уақтылы не толық төлемеу фактісі анықталған кезде Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушылар бойынша уақтылы не толық төленбеу себебін анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9989,70 +9567,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша уақтылы не толық алынбаған әлеуметтік төлем сомаларын төлеу туралы шешімнің жобасын қалыптастырады және бекіту үшін Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="91"/>
+    <w:bookmarkStart w:name="z87" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Қор филиалының және (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның және (немесе) оның мемлекеттік қызметтер көрсету мәселелері бойынша қызметкерлерінің әрекеттеріне (әрекетсіздіктеріне) шағымдану Қор филиалы басшысының атына, Мемлекеттік корпорацияның немесе Қор басшысының атына, уәкілетті мемлекеттік орган басшысының атына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор филиалының атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10157,170 +9735,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, Қордың филиалы, Мемлекеттік корпорация, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="92"/>
+    <w:bookmarkStart w:name="z88" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       73. Өтініш беруші көрсетілген мемлекеттік қызметтер нәтижесімен келіспеген жағдайда Қазақстан Республикасының заңнамасымен белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z89" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z89" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       74. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ҚР ӘРПК-нің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін сотқа шағымдануға жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z90" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z90" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       75. Мемлекеттік корпорацияның бөлімшесі әлеуметтік төлемнің артық есептелген (төленген) сомалары анықталған күннен бастап үш жұмыс күні ішінде алушыны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>33-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша себептерін көрсете отырып, әлеуметтік төлемнің артық есептелген (төленген) сомасын қайтару қажеттігі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z91" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z91" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Әлеуметтік төлемдердің артық есептелген (төленген) сомаларын қайтару Қорға аудару үшін Мемлекеттік корпорацияның шотына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       алушының өтініші бойынша, оның Мемлекеттік корпорацияның шотына ақша қаражатын енгізу немесе әлеуметтік төлемнен ұстап қалуға өтініш беру арқылы. Алушының әлеуметтік төлемнен ұстап қалуға өтініші келіп түскен жағдайда Мемлекеттік корпорацияның бөлімшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10405,222 +9983,222 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үшінші тұлғалардан ерікті түрде, әлеуметтік төлемді алушының тегін, атын, әкесінің атын (бар болса) және жеке сәйкестендіру нөмірін көрсете отырып жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация есепті айдан кейінгі айдың үш жұмыс күнінен кешіктірмей Қордың шотына әлеуметтік төлемнің және одан ұсталған міндетті зейнетақы жарналарының қайтаруға жататын артық есептелген (төленген) сомаларын аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="96"/>
+    <w:bookmarkStart w:name="z92" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Әлеуметтік төлемнің сомалары қате аударылған жағдайларда Мемлекеттік корпорация әлеуметтік төлемдерді беру жөніндегі ұйымға Мемлекеттік корпорация мен әлеуметтік төлемдерді беру жөніндегі ұйым арасындағы шартта белгіленген нысан бойынша және тәсілмен төлем тапсырмасын кері қайтару немесе нұсқауды орындауды тоқтата тұру туралы ақпарат жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлемдерді беру жөніндегі ұйым қате аударым не кері қайтару немесе нұсқауды орындауды тоқтата тұру туралы ақпараттың негізінде ақшаны Мемлекеттік корпорацияға қайтаруды жүзеге асырады не нұсқауды орындауды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z93" w:id="97"/>
+    <w:bookmarkStart w:name="z93" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Мемлекеттік корпорацияның бөлімшесіне қатыссыз себептермен алушыларға артық есептелген (төленген) әлеуметтік төлемдер сомаларын есептен шығару үшін Қордың, Мемлекеттік корпорация бөлімшесінің маманы Қордың мүддесін білдіруге берілген сенімхат негізінде, Қазақстан Республикасының қолданыстағы азаматтық-процессуалдық заңнамасымен белгіленген тәртіппен сот органдарына борышкердің қайда екендігі белгісіз болуына, борышкердің (жауапкердің) кім екенін анықтауға мүмкіндік болмауына немесе мұрагерлерінің болмауына байланысты соманы қайтару мүмкін еместігі туралы сот шешімін шығару үшін өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Артық аударылған (төленген) сомаларды есептен шығару есептен шығару актісі бойынша сот актілерінің негізінде жүргізіледі, олар үш жыл сақталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="98"/>
+    <w:bookmarkStart w:name="z94" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Уәкілетті мемлекеттік органның АЖ-ы олардың мақсатына сәйкес АЖ үздіксіз жұмыс істеуін және өзектілендірілуін қамтамасыз етуге бағытталған кешенді іс-шараларды қамтамасыз етеді. Уәкілетті мемлекеттік органның АЖ берілетін деректердің толықтығын, дұрыстығын, өзектілігін және уақтылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық өзара іс-қимыл ЭЦҚ қолдана отырып, Қазақстан Республикасы мемлекеттік органдарының Бірыңғай тасымалдау (ақпарат беру) ортасы арқылы жүзеге асырылады. Ақпарат алмасу кезінде ақпаратты қорғау мемлекеттік органдардың бірыңғай қорғалған ақпарат беру ортасын пайдалану есебінен де, техникалық және ұйымдастырушылық сипаттағы іс-шаралар есебінен де қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="99"/>
+    <w:bookmarkStart w:name="z95" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Төлем жүзеге асырылатын әлеуметтік төлем алушылардың істері (қолданыстағы істер) Мемлекеттік корпорацияның мұрағатында сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭІМ уәкілетті мемлекеттік органның АЖ-да тұрақты сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="100"/>
+    <w:bookmarkStart w:name="z96" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Төлемі тоқтатыла тұрған әлеуметтік төлем алушылардың істері алушының жүгінуіне дейін "Бақылауда" белгісімен қолданыстағы істерден жеке сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алты айдан кейін соңғы төлемнің күні мен сомасын көрсете отырып іс есептен шығарылады және Мемлекеттік корпорацияның архивіне тапсырылады. Мемлекеттік корпорация алты айдан астам мерзімге тоқтатыла тұрған әлеуметтік төлем алушылардың істері бойынша әлеуметтік төлемдерді Қор филиалының шешімі бойынша қайта басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10631,70 +10209,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлем алушының ісінің телнұсқасын қалпына келтіру Қор филиалының шешімі негізінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлем алушының қалпына келтірілген ісінің телнұсқасы мұқабасының оң жақ үстіңгі бұрышында "Телнұсқа" деген белгі қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="101"/>
+    <w:bookmarkStart w:name="z97" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       82. Қордың филиалдары мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызмет көрсету мониторингінің АЖ-ға автоматтандырылған режимде енгізуді қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11056,68 +10634,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акционерлік қоғамының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">филиалы </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="102"/>
+    <w:bookmarkStart w:name="z99" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік корпорация арқылы асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат __________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13013,68 +12591,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акционерлік қоғамының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z101" w:id="103"/>
+    <w:bookmarkStart w:name="z101" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Электрондық үкімет" веб-порталы арқылы асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтініш беруші туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18703,68 +18281,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бұрыштама мөртабаны</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       берiлген күнi, шығ. №</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="104"/>
+    <w:bookmarkStart w:name="z104" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АНЫҚТАМА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19289,68 +18867,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="105"/>
+    <w:bookmarkStart w:name="z106" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушы (қайтыс болған асыраушы) үшін асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін айқындау үшін есепті кезеңге түскен әлеуметтік аударымдар туралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 5-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21564,68 +21142,68 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:bookmarkStart w:name="z108" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінішті және құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы "__" _______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22047,68 +21625,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс(қала) _____________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________ облысы (қаласы) бойынша </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы 20____ жылғы "__" _______________№ _______ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -23164,68 +22742,68 @@
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мемлекеттік корпорацияда асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға азаматтардың өтiнiштерiн тіркеудің және есепке алудың электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -25072,68 +24650,68 @@
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z114" w:id="109"/>
+    <w:bookmarkStart w:name="z114" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға азаматтардың өтiнiштерiн (өтінімдерін) тіркеудің электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -27744,68 +27322,68 @@
               </w:rPr>
               <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkStart w:name="z116" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушының міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі және орташа айлық кірісі туралы анықтама  ___________________________________________________________  (Мемлекеттік корпорация бөлімшесінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке шотының № _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -29060,68 +28638,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс (қала) _____________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:bookmarkStart w:name="z118" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылуы жағдайы бойынша әлеуметтік төлемді тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы 20__ жылғы "___" ____________ № _________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -30357,68 +29935,68 @@
               </w:rPr>
               <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға құжаттарға тексеру жүргізу туралы № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы "___" ____________бастап</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30840,68 +30418,68 @@
               </w:rPr>
               <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:bookmarkStart w:name="z122" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> sms-хабарламалар журналы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның _______________________ бойынша бөлімшесі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -32263,68 +31841,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (әлеуметтік аударымдарды төлеушінің </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немесе бірыңғай төлем төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="114"/>
+    <w:bookmarkStart w:name="z124" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" № ______ хабарлама </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32698,68 +32276,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="115"/>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келісім </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 15-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33039,68 +32617,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (әлеуметтік аударымдарды төлеушінің </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немесе бірыңғай төлем төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z128" w:id="116"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № _____ хабарлама </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 16-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33461,68 +33039,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акционерлік қоғамының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z130" w:id="117"/>
+    <w:bookmarkStart w:name="z130" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, ________________________________________________, ______________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -33872,68 +33450,68 @@
               </w:rPr>
               <w:t>18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="118"/>
+    <w:bookmarkStart w:name="z132" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға арналған құжаттарды жете ресімдеу қажеттігі туралы  № _____ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "_____" ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34355,68 +33933,68 @@
               </w:rPr>
               <w:t>19-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="119"/>
+    <w:bookmarkStart w:name="z134" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы  № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "_____" ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34957,68 +34535,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Төлеушінің БСН/ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="120"/>
+    <w:bookmarkStart w:name="z136" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 20-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36514,68 +36092,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Облыс (қала)_________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="121"/>
+    <w:bookmarkStart w:name="z138" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _______________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы 20__жылғы "___" ____________  № ___________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37143,68 +36721,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) __________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="122"/>
+    <w:bookmarkStart w:name="z140" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы  20__ жылғы "_____" _______ № _______шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38060,68 +37638,68 @@
               </w:rPr>
               <w:t>23-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z142" w:id="123"/>
+    <w:bookmarkStart w:name="z142" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді қайта есептеу туралы  20__жылғы "__" ____________ № ___________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің 239-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -38763,68 +38341,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="124"/>
+    <w:bookmarkStart w:name="z144" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, азамат ____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39462,68 +39040,68 @@
               </w:rPr>
               <w:t>25-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="125"/>
+    <w:bookmarkStart w:name="z146" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемді тоқтату туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы"__"________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39999,68 +39577,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z148" w:id="126"/>
+    <w:bookmarkStart w:name="z148" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41035,68 +40613,68 @@
               </w:rPr>
               <w:t>27-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z150" w:id="127"/>
+    <w:bookmarkStart w:name="z150" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> АНЫҚТАМА-АТТЕСТАТ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20__ жылғы ____ ____________ № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -41680,68 +41258,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Мемлекеттік әлеуметтік сақтандыру қоры" </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="128"/>
+    <w:bookmarkStart w:name="z152" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтiнiш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат ___________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -42646,68 +42224,68 @@
               </w:rPr>
               <w:t>29-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="129"/>
+    <w:bookmarkStart w:name="z154" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем алушының ісі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем алушының ісі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -43849,68 +43427,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды ______________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) __________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z156" w:id="130"/>
+    <w:bookmarkStart w:name="z156" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _____________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін арттыру туралы  20____ жылғы "__" _____№ _______ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Үкіметінің 20__ жылғы "__"________ № _______қаулысына сәйкес</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -44890,68 +44468,68 @@
               </w:rPr>
               <w:t>31-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="131"/>
+    <w:bookmarkStart w:name="z158" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы _____айына "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамының "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" КЕАҚ-дағы асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем бойынша ақша қаражатының қозғалысы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -46634,68 +46212,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="132"/>
+    <w:bookmarkStart w:name="z160" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының  "___" 20__ жылғы "___" № ___________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің 232- бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -47605,68 +47183,68 @@
               </w:rPr>
               <w:t>33-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="133"/>
+    <w:bookmarkStart w:name="z162" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Асыраушысынан айырылу жағдайы бойынша әлеуметтік төлемнің артық есептелген (төленген) сомасын қайтару қажеттігі туралы 20____ жылғы "_____" ________ № ______ хабарлама </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алушы __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -48322,68 +47900,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс/қала _________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="134"/>
+    <w:bookmarkStart w:name="z164" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ___________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының асыраушысынан айырылу жағдайы бойынша әлеуметтік төлем сомасын ұстап қалу туралы істің № ______________  20 ___ жылғы "_____" _______ № ____ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат (ша)__________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -48803,55 +48381,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>