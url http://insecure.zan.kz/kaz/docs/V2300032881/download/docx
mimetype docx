--- v0 (2025-11-13)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5520bc9" w14:textId="5520bc9">
+    <w:p w14:paraId="5a2934a" w14:textId="5a2934a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1347,876 +1347,628 @@
         <w:t>
       2) әкімшілік орган – Қазақстан Республикасының заңдарына сәйкес әкімшілік актіні қабылдау, әкімшілік әрекет жасау (әрекетсіздік) жөнінде өкілеттіктер берілген мемлекеттік орган, жергілікті өзін-өзі басқару органы, мемлекеттік заңды тұлға, сондай-ақ өзге ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z153" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік аударымдар – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды төлеушілер төлейтін ақша;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:p>
-[...132 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әлеуметтік аударымдарды төлеуші (бұдан әрі – төлеуші) – Қазақстан Республикасының заңнамасында белгіленген тәртіппен Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдарды есептеуді және төлеуді жүзеге асыратын жұмыс беруші, дара кәсіпкер, оның ішінде шаруа немесе фермер қожалығы, Қазақстан Республикасының Салық кодексінде көзделген өзін-өзі жұмыспен қамтығандар үшін арнаулы салық режимін қолданатын жеке тұлға, жеке практикамен айналысатын адам, оның ішінде Қазақстан Республикасының салық заңнамасында айқындалған, нысанасы жұмыстарды орындау (қызметтерді көрсету) болып табылатын азаматтық-құқықтық сипаттағы шарттар бойынша кіріс алатын жеке тұлғалар үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар төлеуді жүзеге асыратын салық агенттері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 319-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 31) тармақшасының тоғызыншы абзацына сәйкес жергілікті атқарушы органдар немесе жеке көмекшілерге материалдық пайда төлеген кезде өзге де заңды тұлғалар, сондай-ақ осы Кодекстің </w:t>
+      Жеке көмекшілерге материалдық пайда төлеген кезде жергілікті атқарушы органдар немесе өзге де заңды тұлғалар, сондай-ақ Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>243-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бірінші бөлігінің 7) тармақшасында аталған адамдар үшін әлеуметтік аударымдарды төлейтін, осы Кодекстің </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z156" w:id="21"/>
+        <w:t xml:space="preserve"> бірінші бөлігінің 8) тармақшасында көрсетілген адамдар үшін әлеуметтік аударымдарды төлейтін, Кодекстің 102-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасында айқындалған интернет-платформа операторы әлеуметтік аударымдарды төлеуші ретінде танылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік төлемді алушы – әлеуметтік тәуекел жағдайы туындағанға дейін өзі үшін Мемлекеттік әлеуметтік сақтандыру қорына әлеуметтік аударымдар жүргізілген және Мемлекеттік әлеуметтік сақтандыру қоры оған қатысты жұмысынан айырылу жағдайы бойынша әлеуметтік төлемдерді тағайындау туралы шешім шығарған жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z157" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z157" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "бір өтініш" қағидаты – бір өтініш негізінде көрсетілетін бірнеше мемлекеттік қызметтер жиынтығын көздейтін мемлекеттік қызметті көрсету нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...115 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z158" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7) бірыңғай төлемді төлеуші – Салық кодексінің </w:t>
-[...9 lines deleted...]
-        <w:t>776-1-бабына</w:t>
+      7) бірыңғай төлемді төлеуші – Қазақстан Республикасы Салық кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>820-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған салық агенті;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z159" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) "Е-макет" автоматтандырылған ақпараттық жүйесі (бұдан әрі – "Е-макет" ААЖ) – уәкілетті мемлекеттік органның "Зейнетақы төлемдерін және жәрдемақыларды электрондық тағайындау" автоматтандырылған ақпараттық жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z243" w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z243" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8-1) екінші деңгейдегі банктердің ақпараттандыру объектілері – электрондық ақпараттық ресурстар, бағдарламалық жасақтамалар, интернет-ресурс және екінші деңгейлі банктердің ақпараттық-коммуникациялық инфрақұрылымы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z160" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z160" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жұмысынан айырылу жағдайы бойынша әлеуметтік төлем (бұдан әрі – әлеуметтік төлем) – Мемлекеттік әлеуметтік сақтандыру қоры әлеуметтік төлемді алушының пайдасына жүзеге асыратын төлем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z161" w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z161" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қатысу өтілінің коэффициенті – міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтіліне қарай айқындалатын коэффициент;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z162" w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z162" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) мансап орталығы – еңбек мобильділігі орталығының функцияларын аудандарда, облыстық және республикалық маңызы бар қалаларда, астанада орындауды жүзеге асыратын филиалы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z163" w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z163" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Мемлекеттік әлеуметтік сақтандыру қоры (бұдан әрі – Қор) – әлеуметтік аударымдарды шоғырландыруды, асыраушысынан айырылған жағдайда, отбасы мүшелерін – асырауындағыларды қоса алғанда, өздеріне қатысты әлеуметтік тәуекел жағдайы туындаған міндетті әлеуметтік сақтандыру жүйесіне қатысушыларға әлеуметтік төлемдерді тағайындауды және жүзеге асыруды жүргізетін, құрылтайшысы және жалғыз акционері мемлекет болып табылатын, акционерлік қоғам нысанындағы коммерциялық емес ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z164" w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z164" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтілі – әлеуметтік аударымдар түскен айлардың жалпы саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z165" w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z165" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) міндетті әлеуметтік сақтандыру жүйесіне қатысушы – өзі үшін әлеуметтік аударымдар төленетін және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексте</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген әлеуметтік тәуекел жағдайлары туындаған кезде әлеуметтік төлемдерді алуға құқығы бар жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z166" w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z166" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) отбасының цифрлық картасы – "электрондық үкіметтің" ақпараттық-коммуникациялық платформасында іске асырылған, отбасылардың (адамдардың) тізімдерін олардың әлеуметтік саламаттылығының деңгейі бойынша қалыптастыруға және сегменттеуге мүмкіндік беретін талдамалық шешім;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z167" w:id="32"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z167" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) проактивті көрсетілетін қызмет – көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасы бойынша көрсетілетін мемлекеттік қызмет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z168" w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z168" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) уәкілетті мемлекеттік орган – Қазақстан Республикасының заңнамасына сәйкес халықты әлеуметтік қорғау саласындағы басшылықты және салааралық үйлестіруді, Қордың қызметін реттеуді, бақылау функцияларын жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z169" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z169" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) цифрлық құжаттар сервисі – "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторға бекітіп берілген және ақпараттандыру объектілерінен алынған мәліметтер негізінде қалыптастырылған электрондық түрдегі құжаттарды көрсетуге және пайдалануға арналған объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z170" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z170" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) Электрондық еңбек биржасы (бұдан әрі – ЭЕБ порталы) – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыс іздеуді және персоналды іріктеуге жәрдемдесуді, жұмыспен қамту саласында электрондық және проактивті форматта қызметтер көрсетуді қамтамасыз ететін, жұмыс іздеушілер мен жұмыс берушілерге арналған жұмыспен қамтудың бірыңғай цифрлық платформасын білдіретін ақпараттандыру объектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z171" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z171" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) электрондық құжат – өзіндегі ақпарат электрондық цифрлық нысанда ұсынылған және электрондық цифрлық қолтаңба арқылы куәландырылған құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z172" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z172" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) электрондық өтінім – әлеуметтік төлемдерді тағайындауға қажетті, Мемлекеттік корпорацияның, мансап орталығының, электрондық цифрлық қолтаңбамен куәландырылған электрондық құжат нысанындағы мәліметтер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z173" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z173" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) электрондық өтініш – электрондық цифрлық қолтаңбамен куәландырылған электрондық құжат нысанындағы өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z174" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z174" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z175" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z175" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) электрондық цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың анықтығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электрондық цифрлық нышандар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z176" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z176" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) электрондық іс макеті (бұдан әрі – ЭІМ) – "Е-макет" ААЖ-да автоматты режимде немесе Мемлекеттік корпорацияда қалыптастырылатын әлеуметтік төлемді алушының электрондық іс макеті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2258,105 +2010,145 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>. қараңыз) бұйрықтарымен.</w:t>
+        <w:t xml:space="preserve">. қараңыз); 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="42"/>
+    <w:bookmarkStart w:name="z15" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Әлеуметтік төлемнің мөлшерін есептеу (айқындау), тағайындау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z16" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z16" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Кодекстің 113-бабына сәйкес әлеуметтік төлем алуға құқығы бар адамдар Қорға осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша өтінішпен, 2-қосымшаға сәйкес нысан бойынша портал, "Электрондық еңбек биржасы" порталы, екінші деңгейдегі банктердің ақпараттандыру объектілері арқылы әлеуметтік төлемді тағайындау үшін өтінішпен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмыссыз ретінде тіркелгені туралы мәліметтер болған кезде жеке басын куәландыратын құжатпен, не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін) (қандас мәртебесі бар адам әлеуметтік төлем тағайындауға өтініш білдірген жағдайда қандас куәлігі не цифрлық құжаттар сервисінен электрондық құжатпен (сәйкестендіру үшін)) Мемлекеттік корпорацияға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2483,51 +2275,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="44"/>
+    <w:bookmarkStart w:name="z17" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Үшінші тұлғалардың әлеуметтік төлем тағайындау үшін өтініш пен осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2542,191 +2334,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Жұмысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптар тізбесінде (бұдан әрі – Негізгі талаптар тізбесі) көзделген құжаттарды беруі "Нотариат туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен әлеуметтік төлем алуға құқығы бар адамның нотариалды куәландырылған сенімхаты бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z18" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z18" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Негізгі талаптардың тізбесі "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z19" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z19" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Мемлекеттік корпорация арқылы әлеуметтік төлем алуға өтініш берген кезде өтініш берушіге құжаттарды қабылдау кезеңінде танысу үшін осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әлеуметтік төлемнің мөлшерін айқындау үшін есепті кезеңге түскен әлеуметтік аударымдар туралы хабарлама (бұдан әрі – түскен әлеуметтік аударымдар туралы хабарлама) беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z182" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z182" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш берушінің түскен әлеуметтік аударымдар туралы хабарламамен танысуын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш бланкісін толтыру кезінде өтініш беруші растайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z20" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z20" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Өтінішті қабылдайтын Мемлекеттік корпорацияның маманы "электрондық үкімет" шлюзі арқылы тиісті ақпараттық жүйелерге (бұдан әрі – АЖ):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жеке тұлғалар" мемлекеттік дерекқоры АЖ-ға өтініш берушінің жеке басын куәландыратын құжаттар бойынша;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2849,290 +2641,290 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Өтінішті қабылдайтын Мемлекеттік корпорацияның маманы әлеуметтік төлем тағайындау үшін ұсынылған құжаттар топтамасының толықтығын, сондай-ақ мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан алынған мәліметтерді тексереді, сканерлеу сапасын және құжаттардың электрондық көшірмелерінің осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш беруші ұсынған түпнұсқаларға сәйкестігін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="49"/>
+    <w:bookmarkStart w:name="z21" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Өтініш берушіге әлеуметтік төлем тағайындауға өтінішті және құжаттарды қабылдаудан бас тарту туралы қолхат осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мынадай негіздер бойынша кідіріссіз беріледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z183" w:id="50"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z183" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) уәкілетті мемлекеттік органның АЖ-дан әлеуметтік төлемді тағайындау, жүзеге асыру, проактивті көрсетілетін қызмет арқылы оны тағайындауға өтініш беру немесе келісім беру фактісін растайтын мәліметтерді алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z184" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z184" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өтініш берушінің құжаттардың толық емес топтамасын және (немесе) қолданылу мерзімі өткен құжаттарды және (немесе) қолданылу мерзімі әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылданған күні аяқталатын құжаттарды ұсынуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z185" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z185" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жеке басты куәландыратын құжат бойынша мәліметтердің (мемлекеттік АЖ-дан алынған мәліметтермен расталатын Қазақстан Республикасының заңнамасына сәйкес оны ауыстырудан басқа) тағайындау үшін қажетті құжаттарға сәйкес келмеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z186" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z186" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) әлеуметтік төлем тағайындауға құқығының болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z187" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z187" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өтініш берушінің әлеуметтік төлемді тағайындау үшін талап етілетін, қолжетімділігі шектеулі дербес деректерге қол жеткізуге келісімінің болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z188" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z188" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жұмысынан айырылу жағдайы бойынша әлеуметтік тәуекел туындаған айдың алдындағы соңғы жиырма төрт айда міндетті әлеуметтік сақтандыру жүйесіне қатысушы үшін әлеуметтік аударымдарды төленбеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z189" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z189" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) міндетті әлеуметтік сақтандыру жүйесіне қатысушының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған жүйеге қатысу өтілінің алты айдан кем болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z190" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z190" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы тармақпен көзделген негіздер болмаған кезде өтініш берушіге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініште көзделген құжаттардың қабылданғаны туралы немесе электрондық қолхат (өтініш берушінің сұрауы бойынша қолхат қағаз нысанында) беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3151,611 +2943,611 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="58"/>
+    <w:bookmarkStart w:name="z22" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мансап орталығы арқылы әлеуметтік төлем тағайындауға жүгінген кезде оның өтінішті қабылдайтын маманы "Төлемдерді өңдеуді ұйымдастыру" ААЖ-да тексеру жүргізу үшін "электрондық үкімет" шлюзі арқылы мынадай параметрлер бойынша сұрау салуды қалыптастырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z191" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z191" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) міндетті әлеуметтік сақтандыру жүйесіне қатысушы үшін жұмысынан айырылу жағдайы бойынша әлеуметтік тәуекел туындаған айдың алдындағы соңғы жиырма төрт айда әлеуметтік аударымдардың төленбеуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z192" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z192" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) міндетті әлеуметтік сақтандыру жүйесіне қатысушының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған жүйеге қатысу өтілінің алты айдан кем болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z193" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z193" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер осы тармақтың бірінші бөлігінде көрсетілген параметрлер расталмаса, өтінішті қабылдайтын мансап орталығының маманы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен АЖ-да сұрау салулар қалыптастырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z194" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z194" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       АЖ-дан мәліметтер алған және (немесе) АЖ-ғы мәліметтері сәйкес келмеген (болмаған) кезде өтініш беруші құжаттарды ұсынған кезде мансап орталығының маманы өтініш берушіге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес танысу үшін түскен әлеуметтік аударымдар туралы хабарламаны береді, өтінішті қабылдайды және өтініш берушіге қабылдағаны туралы белгісі бар өтініштің үзбелі талонын табыс етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z195" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z195" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініш берушінің түскен әлеуметтік аударымдар туралы хабарламамен танысуын осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш бланкісін толтыру кезінде өтініш беруші растайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z196" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z196" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өтініштен, АЖ-дан алынған мәліметтерден және өтініш беруші құжаттарды ұсынған жағдайда, құжаттардың электрондық көшірмелерінен тұратын электрондық өтінім өтініш берушіден өтініш қабылданған күні Мемлекеттік корпорацияның қалалық, аудандық бөлімшелеріне (бұдан әрі - Мемлекеттік корпорацияның бөлімшелері) жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z197" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z197" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттардың электрондық көшірмелері өтінішті қабылдаған маманның ЭЦҚ-мен куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z23" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z23" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Өтініш беруші әлеуметтік төлемді тағайындау үшін портал, ЭЕБ порталы арқылы жүгінген кезде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес портал, "Электронды еңбек биржасы" порталы арқылы әлеуметтік төлемді тағайындау үшін өтініш нысанында көзделген қажетті мәліметтерді, сондай-ақ танысу үшін түскен әлеуметтік аударымдар туралы хабарламаны өтініш беруші тиісті мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан "электрондық үкімет" шлюзі арқылы дербес алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z198" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z198" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, өтініш беруші өзінің ЭЦҚ-мен мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан келіп түскен электрондық өтініш пен мәліметтерді, оның ішінде түскен әлеуметтік аударымдар туралы хабарламамен танысуды куәландырады және оны "Е-макет" ААЖ-ға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z24" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z24" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Портал, ЭЕБ порталы арқылы келіп түскен электрондық өтініш әлеуметтік төлемді тағайындау үшін ұсынылған мәліметтермен қоса мемлекеттік органдардың және (немесе) ұйымдардың АЖ-да мынадай параметрлер бойынша тексеруден өтеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z199" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z199" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ұсынылған мәліметтердің толықтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z200" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z200" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) әлеуметтік төлемді тағайындау, төлеу, сондай-ақ тағайындауға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>өтініш</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> беру фактілерінің болмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z201" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z201" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) өтініш берушінің Кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жасқа толмауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z202" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z202" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) міндетті әлеуметтік сақтандыру жүйесіне қатысушы үшін жұмысынан айырылу жағдайы бойынша әлеуметтік тәуекел туындаған айдың алдындағы соңғы жиырма төрт ай үшін төленген әлеуметтік аударымдардың болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z203" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z203" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) міндетті әлеуметтік сақтандыру жүйесіне қатысушының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекске</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес айқындалған алты айдан кем емес жүйеге қатысу өтілінің болуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z204" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z204" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген параметрлер бойынша тексерудің оң нәтижесі болған жағдайда "Е-макет" ААЖ-да азаматтардың әлеуметтік төлем тағайындауға өтініштерін (өтінімдерін) тіркейтін электрондық журналында өтініш автоматты түрде тіркеледі, кейіннен өтініш берушіге облыстық, республикалық маңызы бар қалалар және астананың Қор филиалы (бұдан әрі – Қор филиалы) директорының ЭЦҚ-мен куәландырылған электрондық өтініштің қабылданғаны туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z205" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z205" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Е-макет" ААЖ-да автоматты түрде ЭІМ және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қор филиалының әлеуметтік төлем тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы шешімінің жобасы қалыптастырылады, олар Қордың филиалына түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z206" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z206" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЖ арқылы көрсетілген параметрлер бойынша тексеруден өтпеген жағдайда портал, ЭЕБ порталы өтініш берушіге электрондық өтініштің қабылданбағаны туралы хабарлама береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z25" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z25" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3770,291 +3562,291 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>114-баптарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздер бойынша адамда әлеуметтік төлем тағайындау құқығы туындаған кезде, өтініш берушінің ұялы байланыс абоненттік құрылғысының телефон нөмірі порталда тіркелген жағдайда проактивті қызмет ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z207" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z207" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Е-макет" ААЖ арқылы автоматтандырылған режимде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш бланкісінде көзделген міндеттемелер мен шарттарды қабылдау (бұдан әрі – міндеттемелер), әлеуметтік төлемді алу мүмкіндігі туралы әлеуетті өтініш берушіге оның ұялы байланыс абоненттік құрылғысының нөміріне хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z26" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z26" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Проактивті қызметті алуға келісімді растау және міндеттемелерді қабылдау үшін әлеуетті өтініш беруші "Е-макет" ААЖ интеграциясы іске асырылған екінші деңгейдегі банктердің ұсынған тізімінен банктік шотты таңдайды және "Е-макет" ААЖ ұсынатын сандардың комбинациясын теру арқылы жауап хабарлама жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z208" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z208" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күнтізбелік үш күн ішінде өтініш берушінің келісімі болмаған жағдайда проактивті қызмет көрсетуден бас тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z27" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z27" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Проактивті қызмет арқылы әлеуметтік төлем алуға жүгінген кезде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген қажетті мәліметтерді алу үшін "Е-макет" ААЖ-дан мемлекеттік органдардың және (немесе) ұйымдардың АЖ-на сұрау салулар жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z28" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z28" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Өтініш берушінің проактивті қызмет көрсетуге келісімін алғаннан кейін "Е-макет" ААЖ-ға әлеуметтік төлем тағайындауға азаматтардың өтініштерін (өтінімдерін) тіркеудің электрондық журналында өтінімді автоматты түрде тіркеу жүргізіледі, содан кейін өтініш берушіге ұялы байланыс абоненттік құрылғысына әлеуметтік төлемге өтінімді қабылдау туралы хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z209" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z209" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Е-макет" ААЖ-да автоматты түрде ЭІМ және осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қор филиалының әлеуметтік төлем тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы шешім жобасы қалыптастырылады, олар Қордың филиалына түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z210" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z210" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭІМ-да тағайындау (тағайындаудан бас тарту) туралы шешім қабылдау үшін қажетті мәліметтер болмаған немесе дұрыс болмаған жағдайда, Қор филиалы әлеуметтік төлем тағайындаудан бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z244" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z244" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15-1. Өтініш беруші екінші деңгейдегі банктердің ақпараттандыру объектілері арқылы әлеуметтік төлемді тағайындауға өтініш берген кезде өтініш беруші өтінішті автоматтандырылған режимде қалыптастыруға бастамашылық жасайды, ол осы Қағидаларға 2-қосымшаға сәйкес өтініш бланкісінде көзделген міндеттемелер мен шарттар туралы хабардар етіледі, сондай-ақ электрондық өтінішке қол қойылғанға дейін танысу үшін екінші деңгейдегі банктердің ақпараттандыру объектісінің мобильді қосымшасында осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша "Е-макет" ААЖ-ға қалыптастырылған келіп түскен әлеуметтік аударымдар туралы хабарлама алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы Қағидаларға 2-қосымшаға сәйкес өтініш нысанында көзделген мәліметтерді, екінші деңгейлі банктердің ақпараттандыру объектісі сұрау салу арқылы тиісті мемлекеттік органдардың және (немесе) ұйымдардың АЖ-дан "электрондық үкімет" шлюзі арқылы алады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4163,70 +3955,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="86"/>
+    <w:bookmarkStart w:name="z29" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Әлеуметтік төлемді тағайындау туралы түскен өтініштер, оның ішінде электрондық, өтініштер келіп түскен күні сол жұмыс күні ішінде, ал жұмыс күнінен тыс келіп түскен жағдайда – өтініш келіп түскен күннен кейінгі бірінші жұмыс күні:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік корпорация, мансап орталығы арқылы жүгінген кезде – осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4301,131 +4093,131 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="87"/>
+    <w:bookmarkStart w:name="z30" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес электрондық журналдарда көрсетілген өтініштерді немесе өтінімдерді тіркеу күні Қордан әлеуметтік төлем тағайындауға өтініш берген күн болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z213" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z213" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, берілетін деректердің толықтығын, түпнұсқалылығын, дұрыстығын, бұрмаланбауын және уақтылығын ақпаратты беретін АЖ әкімшілері қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z31" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z31" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Әлеуметтік төлем тағайындауға өтініш беру мерзімі әлеуметтік төлемге құқық туындаған күннен бастап он екі айдан аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z32" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z32" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Мемлекеттік корпорацияның бөлімшесі бір жұмыс күні ішінде түскен құжаттар топтамасының толықтығын тексереді, ЭІМ қалыптастырады, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4440,91 +4232,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандар бойынша міндетті әлеуметтік сақтандыру жүйесіне қатысушының міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі және орташа айлық кірісі туралы анықтаманы, осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Қор филиалының әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешімінің жобасын қалыптастырады. Қалыптастырылған ЭІМ-ді бөлімше Мемлекеттік корпорацияның облыстық, республикалық маңызы бар қалалар және астананың филиалдарына (бұдан әрі – Мемлекеттік корпорацияның филиалдары) жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z214" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z214" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның филиалы бір жұмыс күні ішінде келіп түскен құжаттарды қарайды, ЭІМ-ді ресімдеудің дұрыстығын, әлеуметтік төлем мөлшерінің есептелуін тексереді және ЭІМ-ді Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z33" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z33" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Қордың филиалы Мемлекеттік корпорациядан ЭІМ келіп түскен күннен бастап төрт жұмыс күні ішінде, сондай-ақ, өтініш беруші портал, ЭЕБ порталы, екінші деңгейдегі банктердің ақпараттандыру объектілері, проактивті қызмет арқылы жүгінген кезде ЭІМ-ін шешімнің жобасын қарайды және әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді тағайындаудан бас тарту үшін негіздер анықталған кезде Қор филиалы Қазақстан Республикасы Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4707,70 +4499,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="93"/>
+    <w:bookmarkStart w:name="z34" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Қор филиалдарының әлеуметтік төлемді тағайындау үшін қажетті құжаттардың (мәліметтердің) дұрыстығын тексеруі үшін негіздер болып табылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуметтік аударымдардың уақтылы және (немесе) толық түспеуі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5195,89 +4987,89 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="94"/>
+    <w:bookmarkStart w:name="z35" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Тексеру мерзімі Қор филиалы ЭІМ тексеруге жіберген күннен бастап бір айдан аспайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жүргізілген тексеру нәтижелерін ескере отырып, Қор филиалы әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="95"/>
+    <w:bookmarkStart w:name="z36" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Егер Қор филиалы осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5292,51 +5084,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24 тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген, жүргізілген тексеру нәтижелері бойынша төлеуші және (немесе) бірыңғай төлемді төлеуші әлеуметтік төлемді есептеу кезінде ескерілетін кезеңге келетін айлар (ай) үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтару жүзеге асырылмаған, Қор филиалы осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5429,90 +5221,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="96"/>
+    <w:bookmarkStart w:name="z37" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       24. Егер әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы шешім қабылдау үшін ЭІМ-ге қосымша құжаттарды (мәліметтерді) қосу қажеттілігі анықталса, Қор филиалы ЭІМ-ді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлемді тағайындауға арналған құжаттарды жете ресімдеу қажеттілігі туралы хабардар ете отырып, Мемлекеттік корпорация бөлімшесіне қайтарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте Қор филиалы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5809,110 +5601,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="97"/>
+    <w:bookmarkStart w:name="z38" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Жете ресімдеу мерзімі Қордың филиалы ЭІМ жете ресімдеуге жіберген күннен бастап отыз жұмыс күннен аспайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z39" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z39" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Егер отыз жұмыс күні ішінде талап етілетін құжаттар ұсынылмаса, Қор филиалы әлеуметтік төлемді тағайындаудан бас тарту туралы шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z40" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z40" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Мемлекеттік корпорация, мансап орталығы арқылы өтініш берген кезде Мемлекеттік корпорацияның бөлімшесі өтініш берушіні Қор филиалы қабылдаған әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы шешім жөнінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       өтініш беруші жеке өзі жүгінген кезде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5981,70 +5773,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы sms-хабарламалар осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="100"/>
+    <w:bookmarkStart w:name="z41" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Өтініш беруші портал, ЭЕБ порталы, екінші деңгейдегі банктердің ақпараттандыру объектілері арқылы жүгінген кезде Қор филиалы қабылдаған шешімнің қорытындысы бойынша "Е-макет" ААЖ-да электрондық құжат нысанында осы Қағидаларға 18-қосымшаға сәйкес әлеуметтік төлемді тағайындау (тағайындаудан бас тарту) туралы хабарлама қалыптастырылады, Қор филиалы басшысының ЭЦҚ-мен куәландырылады және порталға, ЭЕБ порталына, екінші деңгейлі банктердің ақпараттандыру объектісінің мобильді қосымшасына өтініш берушінің "жеке кабинетіне" жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6063,110 +5855,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="101"/>
+    <w:bookmarkStart w:name="z42" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Әлеуметтік төлемді тағайындаудан бас тарту туралы шешім қабылданған жағдайда Қор филиалы шешімде бас тарту себебін көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z43" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z43" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. АЖ-да әлеуметтік төлем алушының тегі, аты, әкесінің аты (бар болса), туған күні өзгерген кезде ЭІМ-де өзгерістер автоматты режимде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z44" w:id="103"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z44" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Әлеуметтік төлем әлеуметтік төлемге құқық туындаған күннен бастап оның субсидияланатын жұмыс орындарына, мансап орталығының жолдамасы бойынша кәсіптік оқытуға қатысу фактісіне қарамастан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ол үшін алты айдан он екі айға дейін әлеуметтік аударымдар жүргізілген жағдайда – ұзақтығы бір айға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6251,280 +6043,208 @@
         </w:rPr>
         <w:t xml:space="preserve">
       ол үшін алпыс және одан көп айға әлеуметтік аударымдар жүргізілген жағдайда – алты айға, бірақ міндетті әлеуметтік сақтандыру жүйесіне қатысушы Кодекстің 207-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жасқа толған мерзімнен асырылмай тағайындалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z45" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Әлеуметтік төлемнің мөлшерін есептеу әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген міндетті әлеуметтік сақтандыру жүйесіне қатысушының кірісінің орташа айлық мөлшеріне және тиісті коэффициенттерге сүйене отырып жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте әлеуметтік төлемнің мөлшерін есептеу үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушының кірісінің орташа айлық мөлшеріне Қазақстан Республикасының заңнамасына сәйкес бюджет қаражаты есебінен алынған жеке көмекшілерге материалдық пайда қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әлеуметтік төлемдер мөлшерін есептеген және өзгерткен кезде тиындармен есептелген сомалар бір теңгеге дейін дөңгелектенеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...158 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="104"/>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Әлеуметтік төлемнің мөлшерін есептеу кезінде әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшері әлеуметтік төлемді алу құқығы туындаған айдың алдындағы соңғы күнтізбелік жиырма төрт ай ішінде (осы кезеңде әлеуметтік аударымдарда үзілістердің болу-болмауына қарамастан) әлеуметтік аударымдар жүргізілген кірістер сомасын жиырма төртке бөлу жолымен мынадай формула бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkEnd w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ОАК = (АК1 + АК2 + АК3...... + АК24) / 24, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6539,150 +6259,62 @@
       ОАК – міндетті әлеуметтік сақтандыру жүйесіне қатысушының орташа айлық кірісі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АК – әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген ай сайынғы кіріс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...98 lines deleted...]
-</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кодекстің 101-1-бабында көрсетілген адамдар үшін әлеуметтік аударымдарды есептеу объектісі ретінде есепке алынған ай сайынғы кіріс Қазақстан Республикасының Салық кодексінде көзделген арнайы мобильдік қосымшадан алынған мәліметтерге сәйкес қосымша расталады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бірыңғай төлем төлеушінің қызметкерлері болып табылатын тұлғалар үшін АК осы Қағиданың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -6714,54 +6346,136 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, егер төлеуші және (немесе) бірыңғай төлемді төлеуші осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>23-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтаруды жүзеге асырмаса, Мемлекеттік корпорация бөлімшесінің маманы міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісін есептеуде төленген әлеуметтік аударымдардың сомаларын артық (қате) төленген әлеуметтік аударымдар сомасына азайту жағына қарай түзетуді жүзеге асырады. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="105"/>
+        <w:t xml:space="preserve"> сәйкес артық (қате) төленген әлеуметтік аударымдарды, бірыңғай төлем құрамындағы әлеуметтік аударымдарды қайтаруды жүзеге асырмаса, Мемлекеттік корпорация бөлімшесінің маманы міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісін есептеуде төленген әлеуметтік аударымдардың сомаларын артық (қате) төленген әлеуметтік аударымдар сомасына азайту жағына қарай түзетуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 33-тармаққа өзгеріс енгізілді -  ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6776,353 +6490,267 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшерін айқындау кезінде Кодекстің 118-бабы 3-тармағының екінші бөлігінде көзделген кірістер осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша субъект қызметіне әлеуметтік аударымдар мөлшерлемесіне 0 түзету коэффициентін қолдану кезеңіне міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы төлеуші беретін анықтаманың негізінде ескеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, төтенше жағдай, шектеу іс-шаралары қолданылған кезеңде қызметтің шектелуіне байланысты кірісінен айырылу жағдайы бойынша орталықтандырылған деректер базасының мәліметтерімен расталған әлеуметтік төлемді алу кезеңдері орташа айлық кіріс мөлшерінің есебінен алып тасталады және орташа айлық кіріс мөлшерін айқындау кезеңі басталардың тура алдындағы басқа айлармен ауыстырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер орташа айлық кіріс мөлшерін айқындау кезеңі басталардың алдындағы айлар (ай) өтініш берушінің төтенше жағдай, шектеу іс-шаралары қолданылған кезеңде қызметтің шектелуіне байланысты кірісінен айырылу жағдайы бойынша төленетін әлеуметтік төлемді алу кезеңіне келсе, онда бұл айлар (ай) осындай төлемдерді алу кезеңі басталардың алдындағы айлармен (аймен) ауыстырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Кодекстің 101-1 және 102-1-баптарында көрсетілген адамдар үшін жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді есептеу кезінде әлеуметтік аударымдар жүргізілген әрбір ай үшін кіріс нақты түскен әлеуметтік аударымдар сомасын Кодекстің 244-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген әлеуметтік аударымдар мөлшерлемесіне бөлу жолымен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 389</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); өзгеріс енгізілді - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 299</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...184 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="106"/>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. Бірыңғай төлемді төлеушінің қызметкерлері болып табылатын адамдардың кірісінен басқа, әлеуметтік аударымдарды есептеу объектісі ретінде есепке алынған ай сайынғы кіріс Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген көрсетілген ай үшін төлеушіден түскен әлеуметтік аударымдар сомасын әлеуметтік аударымдар ставкасына бөлу және алынған нәтижені жүзге көбейту арқылы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АК = ӘА а / S әа х 100, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7133,51 +6761,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘА а – бір айдағы әлеуметтік аударымдар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S әа – әлеуметтік аударымдар мөлшерлемесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="107"/>
+    <w:bookmarkStart w:name="z49" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. Бірыңғай төлемді төлеушінің қызметкерлері болып табылатын адамдар үшін әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген ай сайынғы кіріс көрсетілген ай үшін бірыңғай төлемге енгізілген, келіп түскен әлеуметтік аударымдардың сомасын Кодекстің 244-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7192,51 +6820,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тиісті жылға белгіленген бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесіне бөлу және алынған нәтижені Салық кодексінің 776-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тиісті жылға белгіленген салық салу объектісіне қолданылатын бірыңғай төлем мөлшерлемесіне бөлу жолымен, мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АК = ӘА а / БТ мөлшерлемесіне ӘА үлесі / БТ мөлшерлемесі, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7265,70 +6893,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БТ мөлшерлемесіне ӘА үлесі – бірыңғай төлем мөлшерлемесіндегі әлеуметтік аударымдардың үлесі, %;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БТ мөлшерлемесі – салық салу объектісіне қолданылатын бірыңғай төлем ставкасы, %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="108"/>
+    <w:bookmarkStart w:name="z50" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Әлеуметтік төлемнің ай сайынғы мөлшері әлеуметтік аударымдарды есептеу объектісі ретінде ескерілген орташа айлық кіріс мөлшерін кірісті алмастырудың және қатысу өтілінің тиісті коэффициенттеріне көбейту жолымен мынадай формула бойынша айқындалады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ӘТжа = ОАК х КАК х ҚӨК, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7705,366 +7333,366 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қатысу өтілінің коэффициентін айқындау кезінде Кодекстің 118-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алтыншы бөлігінде айқындалған кезеңдер есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="109"/>
+    <w:bookmarkStart w:name="z51" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Келесі өтініш жасау кезінде бұрын алып келген әлеуметтік төлемнің әрбір айы үшін міндетті әлеуметтік сақтандыру жүйесіне жалпы қатысу өтілінен он екі айдың шегерілетіні негізге алына отырып тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z52" w:id="110"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z52" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Бір төлеушіден немесе бірыңғай төлем төлеушіден бір ай үшін міндетті әлеуметтік сақтандыру жүйесіне қатысушының пайдасына әлеуметтік аударымдар бірнеше рет келіп түскен жағдайда, осы ай үшін әлеуметтік төлемді есептеу үшін қабылданатын жиынтық кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспауға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z53" w:id="111"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z53" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Міндетті әлеуметтік сақтандыру жүйесіне қатысушының пайдасына бір ай ішінде екі және одан да көп төлеушілерден және (немесе) бірыңғай төлем төлеушілерден әлеуметтік аударымдар түскен кезде түскен әлеуметтік аударымдар бойынша әрбір төлеушіден түсетін ай сайынғы кіріс республикалық бюджет туралы заңда тиісті қаржы жылына белгіленген ең төмен жалақының жеті еселенген мөлшерінен аспайтын мөлшерде қабылданады, олар кейіннен жинақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z54" w:id="112"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z54" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Қорға әлеуметтік төлемді есептеу үшін қабылданатын кезеңге келетін әлеуметтік аударымдар оны тағайындауға өтініш берілген күннен кейін түскен жағдайда, әлеуметтік төлемнің мөлшерін есептеуде (айқындауда) есепке алынбайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z55" w:id="113"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z55" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Сот актілері мен сотқа дейінгі тергеп-тексеру органының актілері негізінде заңсыз деп танылған кірістен түскен, әлеуметтік төлемдердің мөлшерін айқындау кезінде ескерілген кезең үшін төленген әлеуметтік аударымдар міндетті әлеуметтік сақтандыру жүйесіне қатысушының әлеуметтік төлем тағайындау үшін кейінгі жүгінуі кезінде есепке алынбайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, сот актілері мен сотқа дейінгі тергеп-тексеру органының актілері негізінде заңсыз деп танылған кірістен түскен әлеуметтік аударымдар бойынша ақпарат уәкілетті мемлекеттік органның АЖ арқылы Мемлекеттік корпорацияға беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="114"/>
+    <w:bookmarkStart w:name="z56" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Әлеуметтік төлемдерді тоқтата тұру, қайта есептеу, қайта бастау, тоқтату және тағайындау (тағайындаудан бас тарту) туралы шешімді қайта қарау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z57" w:id="115"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z57" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Әлеуметтік төлем мынадай мәліметтер, оның ішінде АЖ-дан алынған мәліметтер келіп түскен айдан кейінгі айдың бірінші күнінен бастап тоқтатыла тұрады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z223" w:id="116"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z223" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) алушының банктік шоты бойынша үш және одан да көп ай бойы шығыс операцияларының болмауы туралы мәлімет. Бұл ретте әлеуметтік төлем тоқтатыла тұрған күнінен бастап қайта басталады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z224" w:id="117"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z224" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы мақсатта Мемлекеттік корпорацияның бөлімшесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z225" w:id="118"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z225" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       екінші деңгейдегі банктермен, банк операцияларының тиісті түрлеріне қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы бар ұйымдармен, "Қазпошта" акционерлік қоғамының аумақтық бөлімшелерімен (бұдан әрі – әлеуметтік төлемдерді беру жөніндегі ұйымдар) тоқсан сайын алушының банк шоты бойынша үш және одан да көп ай шығыс операцияларының болмау фактісіне салыстырып тексеруді жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z226" w:id="119"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z226" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салыстырып тексеру қорытындысы бойынша, есепті тоқсаннан кейінгі айдың 25-күніне дейінгі мерзімде Мемлекеттік корпорацияның бөлімшесі әлеуметтік төлем алушыны телефон арқылы және (немесе) АЖ-да ұялы телефон нөмірі болған кезде оның ұялы телефонына sms-хабарлама беру арқылы, алушыны хабарлама алған айдан кейінгі айдың 1-күніне дейінгі мерзімде жеке басын куәландыратын құжатты көрсете отырып, Мемлекеттік корпорацияның бөлімшесіне жеке өтініш жасау қажеттігі туралы хабардар етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z227" w:id="120"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z227" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       егер алушы Мемлекеттік корпорацияның бөлімшесіне белгіленген мерзімде келмеген жағдайда, алушы хабардар етілген айдан кейінгі айдың 1-күнінен бастап әлеуметтік төлем тоқтатыла тұрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z228" w:id="121"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z228" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шетелдіктің немесе азаматтығы жоқ адамның жеке басын куәландыратын құжаттың, қандас куәлігінің қолданылу мерзімінің өтуі туралы мәлімет. Бұл ретте жұмысынан айырылу жағдайы бойынша әлеуметтік төлем Қазақстан Республикасының аумағында тұрақты тұратын шетелдіктің немесе азаматтығы жоқ адамның жеке басын куәландыратын құжат, қандас куәлігі берілген күннен бастап қайта басталады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z229" w:id="122"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z229" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш берушінің жұмысынан айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін негізсіз айқындауға алып келген анық емес мәліметтерді ұсынуы туралы мәлімет. Бұл ретте жұмысынан айырылу жағдайы бойынша әлеуметтік төлем тоқтатыла тұрған күнінен бастап осы Қағидаларға сәйкес айқындалған мөлшерде қайта басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z245" w:id="123"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z245" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор филиалы жұмыссыздың субсидияланатын жұмыс орнындарына қатысқаны үшін әлеуметтік аударымдарды және (немесе) міндетті зейнетақы жарналарын қоспағанда, жұмыс берушінің әлеуметтік аударымдарды және (немесе) міндетті зейнетақы жарналары түскені туралы мәліметтер АЖ-дан келіп түскен күннен бастап екі жұмыс күні ішінде әлеуметтік төлемді тоқтата тұру туралы шешім қабылдайды, маңсап орталығы бағыты бойынша кәсіптік оқыту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8083,90 +7711,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="124"/>
+    <w:bookmarkStart w:name="z58" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген әлеуметтік төлемді тоқтата тұру үшін негіздер басталған кезде Мемлекеттік корпорацияның бөлімшесі екі жұмыс күні ішінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8215,90 +7843,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Әлеуметтік төлемді тоқтата тұру туралы шешімді Қор филиалы шешім жобасы келіп түскен күннен бастап екі жұмыс күні ішінде қабылдайды. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі негізінде әлеуметтік төлемді жүзеге асыруды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="125"/>
+    <w:bookmarkStart w:name="z59" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       45. Әлеуметтік төлем осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша берілген алушының өтініші бойынша әлеуметтік төлемді алуға құқық сақталған жағдайда әлеуметтік төлемді тоқтата тұруды туындатқан мән-жайлардың аяқталғанын растайтын АЖ-дан алынған құжаттардың және (немесе) мәліметтердің негізінде қайта басталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік аударымдар және (немесе) міндетті зейнетақы жарналары және (немесе) жұмыс берушінің міндетті зейнетақы жарналары өтемақы және ынталандырушы сипаттағы төлемдерден түскен жағдайда, әлеуметтік төлемді алушы осы Қағидаларға 17-1-қосымшаға сәйкес нысан бойынша өтемақы және ынталандырушы сипаттағы төлемдерді алу фактісін растайтын анықтаманы ұсынған кезде әлеуметтік төлем тоқтатыла тұрған күннен бастап осы Қағидаларға сәйкес айқындалған мөлшерде қайта басталады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8391,110 +8019,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="126"/>
+    <w:bookmarkStart w:name="z60" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Қор филиалы мыналар келіп түскен күннен бастап екі жұмыс күні ішінде әлеуметтік төлемді тоқтату туралы шешім қабылдайды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z230" w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z230" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>21-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша АЖ-дан мынадай мәліметтер келіп түскенде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушының қайтыс болғаны (соттың оны қайтыс болды деп жариялау туралы шешімі заңды күшіне енгені) туралы мәлімет. Бұл ретте әлеуметтік төлем алушының қайтыс болған айын қоса алғанда (оны қайтыс болды деп жариялау туралы сот шешімі заңды күшіне енген айды қоса алғанда) жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8561,170 +8189,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушының кәсіпкерлік қызметті жүзеге асыруы туралы мәлімет. Бұл ретте әлеуметтік төлем дара кәсіпкер ретінде тіркелген айдан кейінгі айдың бірінші күнінен бастап тоқтатылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Еңбек шарттарын есепке алудың бірыңғай жүйесі" АЖ-мен белсенді еңбек шарты туралы мәлімет. Бұл ретте әлеуметтік төлем еңбек шарты жасалған айдан кейінгі айдың бірінші күнінен бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z234" w:id="128"/>
+    <w:bookmarkStart w:name="z234" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Мемлекеттік корпорация бөлімшесінен мынадай жағдайларда әлеуметтік төлемді тоқтату туралы шешім жобасы: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z235" w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z235" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушы әлеуметтік төлем тағайындау туралы шешім қабылдауға негіз болған анық емес құжаттарды (мәліметтерді) ұсынған жағдай. Бұл ретте, әлеуметтік төлем тағайындалған күнінен бастап тоқтатылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z236" w:id="130"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z236" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>22-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша алушы әлеуметтік төлемді тоқтатуға өтініш берген жағдай. Бұл ретте, әлеуметтік төлем өтініш берілген айдан кейінгі айдың бірінші күнінен бастап тоқтатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z237" w:id="131"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z237" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, Мемлекеттік корпорацияның бөлімшесі екі жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша шешімнің жобасын қалыптастырады және шешімнің жобасын әлеуметтік төлемді тоқтату туралы шешім қабылдау үшін Қордың филиалына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8743,70 +8371,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="132"/>
+    <w:bookmarkStart w:name="z61" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Мемлекеттік корпорацияның бөлімшесі Қор филиалының шешімі негізінде әлеуметтік төлемді жүзеге асыруды тоқтатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте, Мемлекеттік корпорацияның бөлімшесі Қор филиалының әлеуметтік төлемді тоқтату туралы шешімі келіп түскен күннен бастап үш жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8839,304 +8467,304 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Алушының хабарландырылуы туралы sms-хабарлама осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша әлеуметтік төлем бойынша sms-хабарламалар журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="133"/>
+    <w:bookmarkStart w:name="z62" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Жұмыссыз мансап орталығының жолдамасы бойынша субсидияланатын жұмыс орындарына, кәсіптік оқуға қатысқан жағдайларда әлеуметтік төлем тоқтатылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z63" w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z63" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Әлеуметтік төлемді есептеу үшін қабылданған кезең үшін Қорға әлеуметтік аударымдар оны тағайындауға өтініш берілген күннен кейін түскен кезде алушыға тағайындалған әлеуметтік төлем мөлшерін қайта есептеу жүргізілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z64" w:id="135"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z64" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Қор филиалы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z238" w:id="136"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z238" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодекстің</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және осы Қағидалардың шарттарына, сондай-ақ осындай шешімдер шығарылған кезде қолданыста болған заңнамаға қайшы келетін заңсыз тағайындалған (тағайындаудан бас тартылған), тоқтатыла тұрған, қайта басталған, тоқтатылған әлеуметтік төлемдер анықталған жағдайда әлеуметтік төлемдерді тағайындау (тағайындаудан бас тарту), тоқтата тұру, қайта бастау, тоқтату туралы, оның ішінде әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомствоның аумақтық бөлімшелері қабылдаған әлеуметтік төлемдер сот шешімдері, әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомствоның немесе Қордың жазбаша тапсырмалары негізінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z239" w:id="137"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z239" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) әлеуметтік төлемді алушының өтініші негізінде осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>38-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бұрын шегерілген айларды қатысу өтілінде есепке алу мақсатында егер әлеуметтік төлемнің тағайындалған кезеңінде алушы бұрын жүзеге асырылған әлеуметтік төлемнің (әлеуметтік төлемдердің) артық алынған сомаларын ерікті түрде қайтарса, ағымдағы әлеуметтік төлемді тағайындау туралы қабылданған шешімдерді қайта қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z65" w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z65" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Әлеуметтік төлемді жүзеге асыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z66" w:id="139"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z66" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. Қордың филиалы бекіткен әлеуметтік төлем тағайындау туралы шешімдердің негізінде Мемлекеттік корпорация оны төлеуге қаражатқа қажеттілікті қалыптастырады, ол Қорға ай сайын төлем айының алдындағы айдың 25-күнінен кешіктірілмей табыс етіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бұл ретте әлеуметтік тәуекел басталған күннен бастап төлеудің ағымдағы айына дейінгі кезең үшін әлеуметтік төлем бойынша қажеттілікті Мемлекеттік корпорация болжамды деректер негізінде қалыптастырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нақты қажеттілік болжамды деректер негізінде қалыптастырылған қажеттіліктен асып кеткен жағдайда, Мемлекеттік корпорация Қорға қосымша қажеттілік жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="140"/>
+    <w:bookmarkStart w:name="z67" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Қор әлеуметтік төлемге қаражаттың қажеттілігін есептеу бойынша болжамды деректерді күнделікті негізде қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z68" w:id="141"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z68" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Қор әлеуметтік төлемдерді кесте бойынша жүзеге асыру үшін Мемлекеттік корпорацияға күн сайын қаржыландыруды жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорация қаражат ала отырып, алушыларға әлеуметтік төлемді төлеуді әлеуметтік тәуекел басталған күннен бастап ағымдағы төлем айы ішіндегі кезеңге әлеуметтік төлем тағайындау туралы шешім қабылданған күннен бастап үш жұмыс күні ішінде, ал әлеуметтік төлемнің келесі айлары кестеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9185,70 +8813,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       есепті айдан кейінгі айдың үш жұмыс күнінен кешіктірмей Қорға аударылған әлеуметтік төлем сомалары бойынша, сондай-ақ одан артық есептелген (төленген) әлеуметтік төлемнің және одан ұсталған міндетті зейнетақы жарналарының қайтарылуы бойынша ақпаратты осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қордың Мемлекеттік корпорациядағы жұмысынан айырылу жағдайы бойынша әлеуметтік төлем бойынша ақша қаражатының қозғалысы туралы мәліметтер нысанында Қорға береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="142"/>
+    <w:bookmarkStart w:name="z69" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Мемлекеттік корпорация әлеуметтік төлемдерді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қаражатты алушылардың банк шоттарына немесе электрондық ақшаны электрондық ақшаның электрондық әмияндарына аудару; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9313,170 +8941,170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бөгде адамның күтіміне мұқтаж және денсаулық жағдайы бойынша банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға бара алмайтыны туралы медициналық қорытындысы бар адамдарға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазпошта" акционерлік қоғамының аумақтық бөлімшелері болмаған ауылдық жерде тұратын адамдарға жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z70" w:id="143"/>
+    <w:bookmarkStart w:name="z70" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Алушының банк шотының нөмірі, төлеу тәсілі, алушының тұрғылықты жері өзгерген жағдайда алушы Мемлекеттік корпорацияның бөлімшесіне тиісті өзгерістерді растайтын құжаттармен осындай өзгерістер туралы өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z71" w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z71" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Мемлекеттік корпорацияның және (немесе) Қор филиалының кінәсінен уақтылы не толық алынбаған әлеуметтік төлемдер сомаларын төлеу мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z240" w:id="145"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z240" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әлеуметтік төлем алушы әлеуметтік төлемдердің уақтылы не толық төлемегенін өздігінен анықтаған кезде Мемлекеттік корпорацияның бөлімшесіне өтінішпен жүгінгенде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z241" w:id="146"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z241" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алушыға әлеуметтік төлемдер сомаларын төлеу (тағайындау) туралы соттың шешімі келіп түскенде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z242" w:id="147"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z242" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) міндетті әлеуметтік сақтандыру саласындағы бақылау және қадағалау жөніндегі ведомство, Мемлекеттік корпорация немесе Қор әлеуметтік төлемдердің уақтылы не толық төленбегенін анықтағанда оған құқық туындаған күннен бастап өткен уақыт үшін мерзімдерді шектемей төленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z72" w:id="148"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z72" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Әлеуметтік төлем сомаларын уақтылы не толық төлемеу фактісі анықталған кезде Мемлекеттік корпорация:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       алушылар бойынша уақтылы не толық төленбеу себебін анықтайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9507,70 +9135,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша уақтылы не толық алынбаған әлеуметтік төлем сомаларын төлеу туралы шешімнің жобасын қалыптастырады және бекіту үшін Қордың филиалына жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="149"/>
+    <w:bookmarkStart w:name="z73" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Қор филиалының және (немесе) оның лауазымды адамдарының, Мемлекеттік корпорацияның, мансап орталығының және (немесе) оның мемлекеттік қызметтер көрсету мәселелері бойынша қызметкерлерінің әрекеттеріне (әрекетсіздіктеріне) шағымдану Қор филиалы басшысының атына, Мемлекеттік корпорацияның немесе Қор басшысының атына, уәкілетті мемлекеттік орган басшысының, тиісті жергілікті атқарушы органның басшысына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қор филиалының атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9617,190 +9245,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте, Қордың филиалы, Мемлекеттік корпорация, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағымды жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның атына келіп түскен өтініш берушінің шағымы ол тіркелген күннен бастап он бес жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="150"/>
+    <w:bookmarkStart w:name="z74" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Өтініш беруші көрсетілген мемлекеттік қызметтер нәтижесімен келіспеген жағдайда Қазақстан Республикасының заңнамасымен белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z75" w:id="151"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z75" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       60. Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, ҚР ӘРПК-нің 91-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әкімшілік (сотқа дейінгі) тәртіппен шағымданғаннан кейін сотқа шағымдануға жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z76" w:id="152"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z76" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Мемлекеттік корпорацияның бөлімшесі әлеуметтік төлемнің артық есептелген (төленген) сомалары анықталған күннен бастап үш жұмыс күні ішінде алушыны осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша себептерін көрсете отырып, артық есептелген (төленген) әлеуметтік төлемді қайтару қажеттігі туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z77" w:id="153"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z77" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Әлеуметтік төлемдердің артық есептелген (төленген) сомасынан ұсталған міндетті зейнетақы жарналарын қайтаруды Мемлекеттік корпорация Қодекстің 35-бабына сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z78" w:id="154"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z78" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Әлеуметтік төлемдердің артық есептелген (төленген) сомаларын қайтару Қорға аудару үшін Мемлекеттік корпорацияның шотына:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       алушының өтініші бойынша. Алушының әлеуметтік төлемнен ұстап қалуға өтініші келіп түскен жағдайда Мемлекеттік корпорацияның бөлімшесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9867,220 +9495,220 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       соттың шешімі бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік корпорация есепті айдан кейінгі айдың үш жұмыс күнінен кешіктірмей Қордың шотына әлеуметтік төлемдердің және олардан ұсталған міндетті зейнетақы жарналарының қайтаруға жататын артық есептелген (төленген) сомаларын аударады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="155"/>
+    <w:bookmarkStart w:name="z79" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Әлеуметтік төлемнің сомалары қате аударылған жағдайларда Мемлекеттік корпорация әлеуметтік төлемдерді беру жөніндегі ұйымға Мемлекеттік корпорация мен әлеуметтік төлемдерді беру жөніндегі ұйым арасындағы шартта белгіленген нысан бойынша және тәсілмен төлем тапсырмасын кері қайтару немесе нұсқауды орындауды тоқтата тұру туралы ақпарат жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік төлемдерді беру жөніндегі ұйым қате аударым не кері қайтару немесе нұсқауды орындауды тоқтата тұру туралы ақпараттың негізінде ақшаны Мемлекеттік корпорацияға қайтаруды жүзеге асырады не нұсқауды орындауды тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="156"/>
+    <w:bookmarkStart w:name="z80" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Мемлекеттік корпорацияның бөлімшесіне қатыссыз себептер бойынша алушыларға артық есептелген (төленген) әлеуметтік төлемдер сомаларын есептен шығару үшін борышкердің қайда екендігі белгісіз болуына, борышкердің (жауапкердің) кім екенін белгілеуге мүмкіндік болмауына немесе мұрагерлерінің болмауына байланысты соманы қайтару мүмкін еместігі туралы сот шешімін шығару үшін Мемлекеттік корпорация бөлімшесінің маманы Қордың мүддесін білдіруге берілген сенімхат негізінде Қазақстан Республикасының қолданыстағы азаматтық-процессуалдық заңнамасымен белгіленген тәртіппен сот органдарына өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшелері артық аударылған (төленген) сомаларды есептен шығаруды сот актілерінің негізінде есептен шығару актісі бойынша жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік корпорацияның бөлімшесі есептен шығару актілерін үш жыл сақтайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="157"/>
+    <w:bookmarkStart w:name="z81" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Уәкілетті мемлекеттік органның АЖ-ы олардың мақсатына сәйкес АЖ үздіксіз жұмыс істеуін және өзектілендірілуін қамтамасыз етуге бағытталған кешенді іс-шараларды қамтамасыз етеді. Уәкілетті мемлекеттік органның АЖ берілетін деректердің толықтығын, дұрыстығын, өзектілігін және уақтылығын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпараттық өзара іс-қимыл ЭЦҚ қолдана отырып, Қазақстан Республикасы мемлекеттік органдарының Бірыңғай тасымалдау (ақпарат беру) ортасы арқылы жүзеге асырылады. Ақпарат алмасу кезінде ақпаратты қорғау мемлекеттік органдардың бірыңғай қорғалған ақпарат беру ортасын пайдалану есебінен де, техникалық және ұйымдастырушылық сипаттағы іс-шаралар есебінен де қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЭІМ уәкілетті мемлекеттік органның АЖ-да тұрақты сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z82" w:id="158"/>
+    <w:bookmarkStart w:name="z82" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Қордың филиалдары мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызмет көрсету мониторингінің АЖ-ға автоматтандырылған режимде енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10410,68 +10038,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоры" акционерлік қоғамының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z84" w:id="159"/>
+    <w:bookmarkStart w:name="z84" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Азамат __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11676,68 +11304,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоры" акционерлік қоғамының</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z86" w:id="160"/>
+    <w:bookmarkStart w:name="z86" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Электрондық үкімет" веб-порталы, "Электрондық еңбек биржасы" порталы, екінші деңгейдегі банктердің ақпараттандыру объектісі арқылы әлеуметтік төлемді тағайындау үшін өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -15282,68 +14910,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z89" w:id="161"/>
+    <w:bookmarkStart w:name="z89" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлемнің мөлшерін айқындау үшін есепті кезеңге түскен әлеуметтік аударымдар туралы № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17204,68 +16832,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z91" w:id="162"/>
+    <w:bookmarkStart w:name="z91" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтінішті және құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17674,68 +17302,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қарау қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z93" w:id="163"/>
+    <w:bookmarkStart w:name="z93" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> _________________________________облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының жұмысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау (қайта есептеу) немесе тағайындаудан бас тарту туралы  20 _______ жылғы "____" № ____________________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18404,68 +18032,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қарау қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z95" w:id="164"/>
+    <w:bookmarkStart w:name="z95" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға азаматтардың өтініштерін тіркеудің және есепке алудың электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -20281,68 +19909,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қарау қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z97" w:id="165"/>
+    <w:bookmarkStart w:name="z97" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға азаматтардың өтініштерін (өтінімдерін) тіркеудің электрондық журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="168"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -22436,68 +22064,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="166"/>
+    <w:bookmarkStart w:name="z99" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушының міндетті әлеуметтік сақтандыру жүйесіне қатысу өтілі және орташа айлық кіріс туралы анықтама  _______________________________________________  (Мемлекеттік корпорация бөлімшесінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке шотының № _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23768,68 +23396,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды _______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) ___________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="167"/>
+    <w:bookmarkStart w:name="z101" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамының _____________________ облысы (қаласы) бойынша филиалының жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындау немесе тағайындаудан бас тарту туралы  20____ жылғы "__" _______________ № _______ ШЕШІМІ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24732,68 +24360,68 @@
               </w:rPr>
               <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z103" w:id="168"/>
+    <w:bookmarkStart w:name="z103" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылуы жағдайы бойынша әлеуметтік төлемді тағайындауға құжаттарға тексеру жүргізу туралы  № ______ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "_____" ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25267,68 +24895,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="169"/>
+    <w:bookmarkStart w:name="z105" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлем бойынша SMS-хабарламалар журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мемлекеттік корпорацияның _______________________________ бойынша бөлімшесі </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -26479,68 +26107,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (әлеуметтік аударымдарды төлеушінің немесе бірыңғай төлем төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № _____ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z107" w:id="170"/>
+    <w:bookmarkStart w:name="z107" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 13-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -26917,68 +26545,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акционерлік қоғамының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="171"/>
+    <w:bookmarkStart w:name="z109" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 14-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27292,68 +26920,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (әлеуметтік аударымдарды төлеушінің </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       немесе бірыңғай төлем төлеушінің атауы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="172"/>
+    <w:bookmarkStart w:name="z111" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20____ жылғы "___" ________ № _____ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 15-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27730,68 +27358,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">акционерлік қоғамының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>филиалы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="173"/>
+    <w:bookmarkStart w:name="z113" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Келісім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, ________________________________________________ _________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28269,68 +27897,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="174"/>
+    <w:bookmarkStart w:name="z115" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тағайындауға арналған құжаттарды жете ресімдеу қажеттігі туралы  № _____ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "_____" ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -28786,68 +28414,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z247" w:id="175"/>
+    <w:bookmarkStart w:name="z247" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 17-1-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -29467,68 +29095,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z117" w:id="176"/>
+    <w:bookmarkStart w:name="z117" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлем тағайындау  (тағайындаудан бас тарту) туралы  № _____ хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20____ жылғы "_____" ________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30162,68 +29790,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z119" w:id="177"/>
+    <w:bookmarkStart w:name="z119" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Міндетті әлеуметтік сақтандыру жүйесіне қатысушының ай сайынғы кірісі туралы анықтама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 19-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31717,68 +31345,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала)_________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z121" w:id="178"/>
+    <w:bookmarkStart w:name="z121" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________________________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы  20__ жылғы "_____" _______№ _______ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -32794,68 +32422,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ауданның коды __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Облыс (қала) _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z123" w:id="179"/>
+    <w:bookmarkStart w:name="z123" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ________________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тоқтата тұру (қайта бастау, тоқтату) туралы  20___ жылғы "___" _______ № ____ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әлеуметтік кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -33547,68 +33175,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________ облысы (қаласы) бойынша</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамының филиалы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="180"/>
+    <w:bookmarkStart w:name="z125" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Мен, азамат __________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34190,68 +33818,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z127" w:id="181"/>
+    <w:bookmarkStart w:name="z127" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша әлеуметтік төлемді тоқтату туралы хабарлама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20___жылғы "__"________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -34689,68 +34317,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="182"/>
+    <w:bookmarkStart w:name="z129" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20__жылғы _____ айға "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамының "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" КЕАҚ-дағы жұмысынан айырылу жағдайы бойынша әлеуметтік төлем бойынша ақша қаражатының қозғалысы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -36893,68 +36521,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="183"/>
+    <w:bookmarkStart w:name="z131" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ауданның коды __________________ Облыс (қала) ______________ ___________________ облысы (қаласы) бойынша  "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының  20__ жылғы "___" __________ № ___________ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Әлеуметтік кодексінің 113-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -37898,68 +37526,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z133" w:id="184"/>
+    <w:bookmarkStart w:name="z133" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмысынан айырылу жағдайы бойынша артық есептелген (төленген) әлеуметтік төлемді қайтару қажеттігі туралы № ______ хабарлама  20____ жылғы "_____" ________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Алушы __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -38613,68 +38241,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ауданның коды _____________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Облыс/қала __________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="185"/>
+    <w:bookmarkStart w:name="z135" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> ____________________ облысы (қаласы) бойынша "Мемлекеттік әлеуметтік сақтандыру қоры" акционерлік қоғамы филиалының жұмысынан айырылу жағдайы бойынша әлеуметтік төлем сомасын ұстап қалу туралы  20 ___ жылғы "_____" _______ № ____ шешімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азамат __________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -39201,442 +38829,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 237 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="186"/>
+    <w:bookmarkStart w:name="z137" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрлігінің күші жойылған кейбір шешімдері мен құрылымдық элементтерінің тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z138" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z138" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 20838 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z139" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z139" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 2 ақпандағы № 22 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 22156 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z140" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z140" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 16 наурыздағы № 78 бұйрығы (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 22354 болып тіркелген) бекітілген өзгерістер енгізілетін Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрі шешімдері тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z141" w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z141" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Мемлекеттік базалық зейнетақы төлемін бюджет қаражаты есебінен беру, сондай-ақ жасына байланысты зейнетақы төлемдерін, мүгедектігі бойынша, асыраушысынан айрылу жағдайы бойынша берілетін мемлекеттік әлеуметтік жәрдемақыларды, мемлекеттік арнайы жәрдемақыларды тағайындау және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2015 жылғы 14 сәуірдегі № 223 бұйрығына өзгерістер мен толықтырулар енгізу туралы" және "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 30 наурыздағы № 94 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 22440 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z142" w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z142" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 14 маусымдағы № 205 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 23076 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z143" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z143" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы мен "Міндетті әлеуметтік сақтандыру жүйесінің және әлеуметтік-еңбек саласында мемлекеттік қызметтер көрсетудің кейбір мәселелері туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 11 маусымдағы № 224 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 31 қаңтардағы № 36 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 26702 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z144" w:id="193"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z144" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 23 қыркүйектегі № 385 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 29822 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z145" w:id="194"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z145" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Әлеуметтік төлемдердің мөлшерлерін есептеу (айқындау), Мемлекеттік әлеуметтік сақтандыру қорынан төленетін әлеуметтік төлемдерді тағайындау, қайта есептеу, тоқтата тұру, қайта бастау, тоқтату және жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 8 маусымдағы № 217 бұйрығы және "Мемлекеттік әлеуметтік сақтандыру қорынан бала бір жасқа толғанға дейін оның күтіміне байланысты табысынан айырылған жағдайда төленетін әлеуметтiк төлемдерді алушыларға міндетті зейнетақы жарналарын субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2014 жылғы 18 желтоқсандагы № 330 бұйрығы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 28 желтоқсандагы№ 528 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 31443 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>