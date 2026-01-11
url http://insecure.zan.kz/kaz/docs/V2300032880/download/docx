--- v0 (2025-10-21)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7e1e28b" w14:textId="7e1e28b">
+    <w:p w14:paraId="35f40c7" w14:textId="35f40c7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3144,655 +3144,847 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z34" w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Жұмыс іздеп жүрген және (немесе) жұмыссыз адам ретінде тіркелген "Мәңгілік ел жастары-индустрияға!" ("Серпін") және "Жарқын Болашақ" жобаларына қатысушылар қатарындағы түлектер, сондай-ақ қандастар шығу өңіріне/мемлекетіне қарамастан ерікті өңіраралық қоныс аударуға қатысады.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, "Мәңгілік ел жастары-индустрияға!" ("Серпін") және "Жарқын Болашақ" жобаларына қатысушылар қатарындағы түлектер оқу өңіріне қарамастан қабылдау өңірінде осы Қағидаларға сәйкес мемлекеттік қолдау шараларын алады. Қандастарды қабылдаудың өңірлік квотасына енгізілген қандастардың және олардың отбасы мүшелерінің Қазақстан Республикасының азаматтығын алуы осы Қағидаларда көзделген ерікті түрде қоныс аударуда мемлекеттік қолдаудың ұсынылатын шараларын тоқтату үшін негіз болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Мансап орталықтары үш жұмыс күні ішінде ақпараттық-коммуникациялық технологиялар және (немесе) желінің абоненттік құрылғысы және ЭҮП арқылы өтініш берушілерді хабардар етеді және оларға әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі қабылдау өңірінің жергілікті атқарушы органы, сондай-ақ, қандастарды қабылдау комиссиясы қабылдаған шешімдердің көшірмелерін ұсынады, үміткерді жаңа тұрғылықты жерде қабылдауға дайын екендігі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Хабарламаны алғаннан кейін қоныс аударуды қандастар және қоныс аударушылар дербес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="32"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Қабылдау өңірінің мансап орталығы қоныс аударушы жаңа тұрғылықты жерге келгеннен кейін бес жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыс күшінің ұтқырлығын арттыру үшін ерікті қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы әлеуметтік келісімшарттың жобасын дайындайды және қол қою үшін еңбек мобильділігі орталығына жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек мобильділігі орталығы екі жұмыс күні ішінде қол қояды және қол қойылған әлеуметтік келісімшартты қандас немесе қоныс аударушымен одан әрі жасасу үшін мансап орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      24-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Бір қабылдау өңірінің ішінде қоныстандыру ауданынан/қаласынан тыс бір елді мекеннен басқа елді мекенге көшкен жағдайда қандас не қоныс аударушы тиісті мансап орталықтарын хабардар етеді және жаңа тұрғылықты жері бойынша әлеуметтік келісімшарт жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Өңіраралық қоныс аударуды ұйымдастыру мақсатында шығу және қабылдау өңірлерінің еңбек мобильділігі орталығы шығу өңірлерінде бос орындар жәрмеңкелерін ұйымдастыру, қандастар мен қоныс аударушыларды қабылдаудың белгіленген өңірлік квота, еңбек нарығындағы жағдай, жұмыс күшіне сұраныс пен ұсыныс туралы, әлеуметтік инфрақұрылыммен қамтамасыз ету шарттары және қабылдау өңірлеріне танысу сапарларын ұйымдастыру арқылы өзара іс-қимылды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Өңіраралық қоныс аударуды мемлекеттік қолдау шаралары жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Жұмыс берушілердің қатысуымен өңіраралық қоныс аудару тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Жұмыс берушілерге өңіраралық қоныс аударуда жәрдем көрсету үшін мансап орталықтары өңірлік кәсіпкерлер палаталарының филиалымен бірлесіп, жұмыс берушілерге ерікті өңіраралық қоныс аудару шеңберінде мемлекеттік қолдау шараларын көрсетудің тәртібі мен шарттары туралы консультация береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Қабылдау өңірінен еңбек ресурстарына қажеттілігі бар жұмыс берушілер персоналды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандық (кәсіп) бөлінісінде және жұмыс шарттарында қажетті жұмыскерлердің санын көрсете отырып, бос жұмыс орындары туралы өтінімді орналастыру жолымен Электрондық еңбек биржасы не қандастар мен Қазақстан Республикасының азаматтары қатарындағы ізденушіні (бұдан әрі – ізденуші (лер) түйіндемені қарау жолымен шығу өңірлерінен таңдау арқылы іріктейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпаратта жұмыс берушінің есебінен тұрғын үймен қамтамасыз ету жөнінде, қосымша қолдау шаралары және әлеуметтік инфрақұрылыммен қамтамасыз ету туралы мәліметтер көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығу өңірлеріне бару арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бос жұмыс орындары жәрмеңкесіне қатысу арқылы іріктейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 23-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="35"/>
-[...251 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="41"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Жұмыс беруші кадрларды алған кезде Электрондық еңбек биржасы арқылы ізденушінің (лердің) байланыс деректері туралы ақпарат алу үшін ізденушінің жүйесінде идентификаторды қамтитын сұрау салуды қалыптастырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жұмыс беруші кадрларды іріктеу кезінде шығу өңірлеріне бару және бос орындар жәрмеңкелеріне қатысу жолымен ізденушімен (лермен) Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3849,90 +4041,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Көшудің тәртібі мен шарттарын жұмыс беруші мен ізденуші азаматтық-құқықтық сипаттағы Шартқа сәйкес келіседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Жұмыс беруші ізденушінің (лердің) көшу шарттары келісілгеннен кейін мамандық (кәсіп) бөлінісінде және жұмыс шарттарында жұмыскерлердің саны көрсетіле отырып, ізденуші (лер) туралы мәліметтерді мансап орталығына жібереді, сондай-ақ ізденушіге (лерге) қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы өтінішпен жүгіну туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ізденушінің (лердің) өтініші мен құжаттары Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 15 қаңтардағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3989,510 +4181,510 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Ізденушіні (лерді) қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу не одан бас тарту Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының 2016 жылғы 15 қаңтардағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13334 болып тіркелген) бекітілген Қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу қағидаларында көзделген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Мансап орталығы ақпараттық-коммуникациялық технологиялар және (немесе) желінің абоненттік құрылғысы арқылы жұмыс берушіні қабылданған шешім туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Жұмыс беруші ақпараттық-коммуникациялық технологиялар немесе желінің абоненттік құрылғысы арқылы жұмыс іздеушіні шығу өңірінен жаңа тұрғылықты жерде қабылдау дайындығы және жайластыру және үй беру мүмкіндіктері туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Өңіраралық қоныс аударуға жәрдемдесетін қабылдау өңірінің жұмыс берушісіне тұрақты жұмысқа орналастыру және кемінде екі жыл мерзімге тұрғын үймен қамтамасыз ету шартымен қабылданған әрбір жұмыскер үшін бір мезгілде 400 айлық есептік көрсеткіш (бұдан әрі – АЕК) мөлшерінде жұмысқа орналасуға субсидия (бұдан әрі – жұмысқа орналасуға субсидия) беріледі не кемінде бес жылға тұрғын үймен қамтамасыз ету және тұрақты жұмысқа орналастыру шартымен қоныс аударушының немесе қандастың отбасына тұрғын үй беру үшін тұрғын үй құнының 50% мөлшерінде, бірақ 1160 АЕК асырмай жұмыс беруші шығыстарының бөлігі өтеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 32-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 36-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37. Бес жыл өткен соң, тараптардың келісімі бойынша жұмыскер азаматтық-құқықтық сипаттағы шартқа сәйкес Қазақстан Республикасының тұрғын үй заңнамасына сәйкес тұрғын үй сатып алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 37-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">33. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="45"/>
-[...55 lines deleted...]
-      36. Өңіраралық қоныс аударуға жәрдемдесетін қабылдау өңірінің жұмыс берушісіне тұрақты жұмысқа орналастыру және кемінде екі жыл мерзімге тұрғын үймен қамтамасыз ету шартымен қабылданған әрбір жұмыскер үшін бір мезгілде 400 айлық есептік көрсеткіш (бұдан әрі – АЕК) мөлшерінде жұмысқа орналасуға субсидия (бұдан әрі – жұмысқа орналасуға субсидия) беріледі не кемінде бес жылға тұрғын үймен қамтамасыз ету және тұрақты жұмысқа орналастыру шартымен қоныс аударушының немесе қандастың отбасына тұрғын үй беру үшін тұрғын үй құнының 50% мөлшерінде, бірақ 1160 АЕК асырмай жұмыс беруші шығыстарының бөлігі өтеледі.</w:t>
+    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38. Жұмыс берушіге жұмысқа орналасуға субсидия берілген және шығыстарын өтеу кезінде көшуге субсидия төленбейді және тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстар кандасқа және қоныс аударушыға өтелмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...163 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="50"/>
+    <w:bookmarkStart w:name="z55" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 3 қыркүйектегі № 353 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21173 болып тіркелді) бекітілген Еңбек шарттарын есепке алудың бірыңғай жүйесінде еңбек шарты туралы мәліметтерді ұсыну және алу қағидаларына сәйкес жұмыс беруші қандастар және қоныс аударушылар қатарынан жұмысқа орналастырылған жұмыскерлердің еңбек шарттары бойынша мәліметтерді "Электрондық еңбек шарттарын есепке алудың бірыңғай жүйесі" ААЖ-ға орналастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z56" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Жұмыс берушілер қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім шығарылған күннен бастап күнтізбелік 30 күн ішінде жұмысқа орналасуға өтініш берушіге (лерге) қатысты жұмысқа орналасуға субсидия төлеу туралы немесе шығыстарды өтеу туралы өтінішті қабылдау өңірінің мансап орталықтарына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша төмендегі растайтын құжаттармен бірге береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы өңірлік комиссияның шешімі немесе қандастарды қабылдау жөніндегі комиссияның қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4659,70 +4851,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="52"/>
+    <w:bookmarkStart w:name="z57" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мансап орталығы жұмыс берушінің жұмысқа орналасуға субсидия төлеу немесе жұмыс берушінің шығыстарының бір бөлігін өтеу туралы өтініші қабылданған күннен бастап бір жұмыс күні ішінде жұмыс берушіге жұмысқа орналасуға субсидиялар төлеу не жұмыс берушінің шығыстарының бір бөлігін өтеу туралы шешім қабылдау үшін еңбек мобильділігі орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4741,51 +4933,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="53"/>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Еңбек моибльділігі орталығы өтініш қабылданған күннен бастап бес жұмыс күні ішінде жұмысқа орналасуға субсидия беру туралы не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4800,51 +4992,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-2-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыс берушінің шығыстарының бір бөлігін өтеу туралы немесе себептерін дәлелді негіздей отырып, оларды беруден бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс берушіге жұмысқа орналасуға субсидия беруден бас тарту не жұмыс беруші шығыстарының бір бөлігін өтеу үшін мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4993,1148 +5185,1148 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="54"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыс беруші шығыстарының бір бөлігін өтеу не жұмыс берушіге субсидия төлеу, өңірлік квотаға қосу, қызметтік тұрғын үй беру жөніндегі талаптар көзделетін үшжақты әлеуметтік келісімшарт еңбек мобильділігі орталығы, ерікті қоныс аударуға қатысушы және жұмыс беруші арасында еңбек мобильділігі орталығы жұмысқа орналасуға субсидия төлеу немесе жұмыс берушінің шығыстарының бір бөлігін өтеу туралы шешімдер қабылданған күннен бастап екі жұмыс күні ішінде жасалады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44. Әлеуметтік келісімшарт жасалғаннан кейін үш жұмыс күні ішінде еңбек мобильділігі орталықтары жұмыс берушінің екінші деңгейдегі банкте немесе қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы негізінде жеке және заңды тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын ұйымдарда ашқан дербес шотына ақшалай төлемді аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 44-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. Жұмыс берушінің ұсынысы бойынша әлеуметтік келісімшартта материалдық көмекті ұсыну, әлеуметтік инфрақұрылыммен қамту бөлігінде қоныс аударушылар мен қандастарды қолдаудың қосымша шаралары көзделеді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46. Әлеуметтік келісімшарт талаптарының орындалуын еңбек мобильділігі орталығы, мансап орталығы және жұмыс беруші бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 43-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">47. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="55"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z64" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...68 lines deleted...]
-      45. Жұмыс берушінің ұсынысы бойынша әлеуметтік келісімшартта материалдық көмекті ұсыну, әлеуметтік инфрақұрылыммен қамту бөлігінде қоныс аударушылар мен қандастарды қолдаудың қосымша шаралары көзделеді.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-параграф. Бір облыс шегінде қоныс аударуды ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z62" w:id="57"/>
-[...108 lines deleted...]
-    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-параграфтың тақырыбы жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkStart w:name="z65" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Бір облыс шегінде қоныс аудару (бұдан әрі – облысішілік қоныс аудару) облыс шегінде АЕМ-нен және экономикалық даму әлеуеті төмен моноқалалардан АЕМ-ге, экономикалық даму әлеуеті орташа және жоғары шағын және моноқалаларға, сондай-ақ мемлекеттік тұрғын үй қорынан тұрғын үймен қамтамасыз ету болған кезде немесе жұмыс берушілер, жұмысқа орналастыру немесе кәсіпкерлік бастаманы дамыту жұмыс берушілер есебінен экономикалық өсу орталықтарына жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 48-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49. Ерікті түрде қоныс аударатын адамдарды мемлекеттік қолдау:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жұмыскердің көшуі жұмыс берушінің қаражаты есебінен жүзеге асырылатын жағдайларды қоспағанда, адамдарға және олардың отбасы мүшелеріне материалдық көмек беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жұмыс беруші жұмыскерге тұрғын үй ұсынған жағдайларды қоспағанда, қызметтік тұрғын үй немесе жатақханалардан бөлме беруді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс берушінің қажеттілігі болған кезде кәсіптік оқытуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жаңа тұрғылықты жерінде жұмысқа орналасуға және кәсіпкерлік бастамашылыққа жәрдемдесуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жұмысқа орналасуға субсидиялар бере отырып, жұмыс күшінің мобильділігін арттыру үшін ерікті қоныс аудару шараларына қатысатын жұмыс берушілерде жұмысқа орналасуға жәрдемдесуді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50. Бір облыс ішінде қоныс аударуды мемлекеттік қолдау шаралары жергілікті бюджет қаражаттары есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51. АЕМ-де және экономикалық әлеуеті төмен моноқалаларда тұратын, облысішілік қоныс аударуға қатысуға ниет білдірген және жоспарлаған адамдар ерікті облысішілік қоныс аударуға қатысушылар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 48-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 51-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
-[...125 lines deleted...]
-      50. Бір облыс ішінде қоныс аударуды мемлекеттік қолдау шаралары жергілікті бюджет қаражаттары есебінен жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52. Облыс шегінде қоныс аударуды жоспарлап отырған адамдар тұрғылықты жеріндегі мансап орталықтарына/ауылдық округтер әкімдіктеріне жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
-[...15 lines deleted...]
-      51. АЕМ-де және экономикалық әлеуеті төмен моноқалаларда тұратын, облысішілік қоныс аударуға қатысуға ниет білдірген және жоспарлаған адамдар ерікті облысішілік қоныс аударуға қатысушылар болып табылады.</w:t>
+    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53. Мансап орталықтары және/немесе ауылдық округтердің әкімдіктері үміткерлерге облыс ішіндегі ерікті қоныс аударуға қатысу тәртібі мен шарттары және көрсетілетін мемлекеттік қолдау шаралары туралы консультация береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:p>
-[...77 lines deleted...]
-      52. Облыс шегінде қоныс аударуды жоспарлап отырған адамдар тұрғылықты жеріндегі мансап орталықтарына/ауылдық округтер әкімдіктеріне жүгінеді.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54. Ауылдық округтердің әкімдіктері бір облыс ішінде қоныс аударуға қатысуға үміткерлердің тізімін мансап орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
-[...15 lines deleted...]
-      53. Мансап орталықтары және/немесе ауылдық округтердің әкімдіктері үміткерлерге облыс ішіндегі ерікті қоныс аударуға қатысу тәртібі мен шарттары және көрсетілетін мемлекеттік қолдау шаралары туралы консультация береді.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Мансап орталықтары бір аудан ішінде және облыс шегінде көшуді жоспарлап отырған үміткерлердің тізімдерін қалыптастырады, қоныс аударуға қатысу тәртібі мен шарттары туралы консультациялар береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkStart w:name="z73" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Облыс ішінде қоныс аударуға үміткерлер келісім берген жағдайда мансап орталығына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мынадай құжаттарды:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еңбек өтілін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) білімі туралы құжаттың көшірмесі (бар болса) қоса бере отырып өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Мансап орталықтары құжаттарды қабылдағаннан кейін бес жұмыс күні ішінде басқа ауданға көшкісі келетіндердің өтініштерін және құжаттарын әлеуметтік қорғау және халықты жұмыспен қамту мәселелері жөніндегі жергілікті органға, бір аудан ішінде көшкісі келетіндердікін халықты жұмыспен қамту мәселелері жөніндегі аудандық (қалалық) комиссияның қарауына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Әлеуметтік қорғау және халықты жұмыспен қамту мәселелері жөніндегі жергілікті органы облыс шегінде облыстық (аудандық) маңызы бар қалаға көшкісі келетін адамдардың өтініштері мен құжаттары келіп түскен күннен бастап бес жұмыс күні ішінде оларды халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның қарауына жібереді.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:p>
-[...69 lines deleted...]
-      57. Мансап орталықтары құжаттарды қабылдағаннан кейін бес жұмыс күні ішінде басқа ауданға көшкісі келетіндердің өтініштерін және құжаттарын әлеуметтік қорғау және халықты жұмыспен қамту мәселелері жөніндегі жергілікті органға, бір аудан ішінде көшкісі келетіндердікін халықты жұмыспен қамту мәселелері жөніндегі аудандық (қалалық) комиссияның қарауына жібереді.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссиялар өтініш берген адамдардың құжаттарын қарау қорытындысы бойынша өтініштер келіп түскен күннен бастап бес жұмыс күні ішінде облыс ішінде көшетін азаматтарға қатысты қоныс аударушылар құрамына енгізу не енгізуден бас тарту туралы ұсынымдар әзірлейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
-[...15 lines deleted...]
-      58. Әлеуметтік қорғау және халықты жұмыспен қамту мәселелері жөніндегі жергілікті органы облыс шегінде облыстық (аудандық) маңызы бар қалаға көшкісі келетін адамдардың өтініштері мен құжаттары келіп түскен күннен бастап бес жұмыс күні ішінде оларды халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның қарауына жібереді.</w:t>
+    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссиялар ұсынымдар әзірлегеннен соң үш жұмыс күні ішінде ұсынымдарды мансап орталықтарына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
-[...15 lines deleted...]
-      59. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссиялар өтініш берген адамдардың құжаттарын қарау қорытындысы бойынша өтініштер келіп түскен күннен бастап бес жұмыс күні ішінде облыс ішінде көшетін азаматтарға қатысты қоныс аударушылар құрамына енгізу не енгізуден бас тарту туралы ұсынымдар әзірлейді.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      61. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссияның отырысы өтініштер мен құжаттар келіп түскен кезде өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
-[...15 lines deleted...]
-      60. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссиялар ұсынымдар әзірлегеннен соң үш жұмыс күні ішінде ұсынымдарды мансап орталықтарына жібереді.</w:t>
+    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      62. Мансап орталықтары ұсынымдарды алған күннен бастап бес жұмыс күні ішінде комиссиялардың ұсынымдары негізінде өтініш берушілерді облыс ішінде қоныс аудару бойынша шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
-[...15 lines deleted...]
-      61. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссияның отырысы өтініштер мен құжаттар келіп түскен кезде өткізіледі.</w:t>
+    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      63. Мансап орталықтары шешім қабылданған күннен бастап бес жұмыс күні ішінде облыс ішінде қоныс аударуға қатысатын адамдарға қабылданған шешім туралы байланыс құралдары арқылы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkStart w:name="z81" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Мансап орталықтары халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның оң қорытынды бар үміткерге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көшуге жолдама береді. Үміткерлердің көшуі өздігінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z82" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Еңбек мобильділігі орталықтары осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы әлеуметтік келісімшарт жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z83" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Материалдық көмекті төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z84" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Әлеуметтік кодекстің 112-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген материалдық көмек қоныс аударушыда немесе қандаста қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу және жаңа тұрғылықты жерге келу туралы шешім болған кезде төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңбек ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару шараларына қатысқанға дейін соңғы 36 ай бұрын некені (ерлі-зайыптылықты) бұзған адамдар азаматтық хал актілерін жазу кітабында некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу туралы анықтаманы ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6280,71 +6472,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      67-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Экономикалық мобильділік сертификаты тұрғын үй сатып алу, салу немесе Қазақстан Республикасының Ұлттық Банкі және (немесе) Мемлекеттік жоспарлау жүйесінің құжаттарымен бекітілген ипотекалық бағдарлама, оның ішінде тұрғын үй-коммуналдық инфрақұрылымды дамыту тұжырымдамалары шеңберінде, сондай-ақ қаржы институттарын ипотекалық кредиттеу құралдары және тұрғын үй құрылыс жинақтарының жүйесі шеңберінде тұрғын үйді сатып алу кезінде ипотекалық тұрғын үй қарыздары бойынша бастапқы жарна үшін ақшалай төлем түріндегі материалдық көмек ретінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экономикалық мобильділік сертификаты қандастарға немесе қоныс аударушыларға қабылдау өңіріндегі тұрақты тұратын елді мекенде тұрғын үй сатып алу кезінде беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6528,71 +6816,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      68-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Экономикалық мобильділік сертификаты бойынша ақшалай төлемді алу үшін өтінішке мынадай құжаттар ұсынылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрғын үйді сатып алу кезінде – сатып алынатын жылжымайтын мүліктің құнын бағалай отырып, тұрғын үйді сатып алу-сату шарты, жылжымайтын мүлікке құқықтарды мемлекеттік тіркеу туралы хабарлама, сондай-ақ экономикалық мобильділік сертификаты бойынша ақшалай төлемнің кемінде 50% мөлшерінде болжамды мәмілені жүзеге асыруға не сатып алынатын тұрғын үйдің қалған құнын төлеуге арналған меншікті қаражаттың болуын растайтын құжаттар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6954,71 +7338,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      69-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Еңбек мобильділігі орталықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрғын үйді сатып алу кезінде – экономикалық мобильділік сертификаты бойынша ақшалай төлемді беру туралы шешім қабылданғаннан кейін екі жұмыс күні ішінде тұрғын үйді сатып алу-сатудың алдын ала жасалған шартына сәйкес сатушының екінші деңгейдегі банктегі немесе қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы негізінде жеке және заңды тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын ұйымдардағы ағымдағы шотына;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7199,70 +7679,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Көшуге арналған субсидиялар отағасына және отбасының әрбір мүшесіне 70 АЕК мөлшерінде бір рет беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көшу шығыстарын өтеу үшін қандастар мен қоныс аударушылар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7354,71 +7834,167 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      71-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. Тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерді төлеу жөніндегі шығыстарды өтеу ай сайын, он екі айдан көп емес тұрғын үй алғанға дейін мынадай мөлшерлерде өтеледі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қалалық жерге қоныс аударғандар үшін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7636,2079 +8212,2467 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      72-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       72. Тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеуге субсидия төлеу үшін қандастар мен қоныс аударушылар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді, өтінішке тұрғын үйді жалдау (жалға алу) шартының көшірмесі қоса беріледі.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мансап орталықтары өтініштер тізбесін қалыптастырады және екі жұмыс күні ішінде тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерді төлеу бойынша шығыстарды өтеуге субсидия төлеу үшін еңбек мобильділігі орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еңбек мобильділігі орталығы субсидиялар қарайды төлеу туралы не осы Қағидаларға 13-қосымшаға сәйкес нысан бойынша себептерін дәлелді негіздей отырып, оны беруден бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік тұрғын үй қорынан жалға берілетін және (немесе) қызметтік тұрғын үй берілген кезде және Қазақстан Республикасының азаматтары өздерінің еңбек қатынастарының сипатына байланысты міндеттерді орындау кезеңінде, оның ішінде мемлекеттік қызметшілерді ротациялауды жүзеге асыру кезінде, сондай-ақ Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысатын адамдарға қоныстануға арналған жалдау шартына сәйкес тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерді төлеу бойынша шығыстарды өтеу ұсынылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс берушілер жалдау шартына сәйкес жалдамалы және (немесе) қызметтік тұрғын үй берген кезде қандастар мен қоныс аударушыларға тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстарды өтеу ұсынылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемдерді жүзеге асыру мынадай жағдайлар туындаған кезде тоқтатылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) меншік құқығында, оның ішінде экономикалық мобильділік сертификаты бойынша тұрғын үй сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушыны жеке тұрғын үй қорынан жалға алынған, алып отырған тұрғын үйден шығару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алушы басқа елді мекенге тұрақты тұрғылықты жерге, сондай-ақ қабылдау өңірінен тыс жерге кеткен жағдайда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4)қандастың немесе қоныс аударушының жалдау (жалдау) шартында көрсетілген мекенжай бойынша тұрмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жалға берілетін тұрғын үйді қосымша жалдауға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бұрмаланған және жалған мәліметтер беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қандас немесе қоныс аударушы қайтыс болған жағдайда, төлем құқығы қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізілген онымен бірге отбасы мүшелеріне өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      73-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Материалдық көмек өтініш берілген жағдайда квотаға енгізілген сәттен бастап алты айдан кешіктірілмей ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беру мерзімі Қағидалардың осы тармағының бірінші бөлігінде көзделген мерзім өткеннен кейін үш ай ішінде берілген өтініш берушінің өтінішхаты бойынша қалпына келтіруге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке көрсетілген алты ай мерзімде материалдық көмек төлеу туралы өтініш беруге кедергі келтірген өтініш берушіге тәуелді емес мән-жайлар көрсетілген құжат және (немесе) осы мән-жайлардың болуын растайтын құжат қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 73-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-1. Көшуге арналған субсидиялар, тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу, сондай-ақ экономикалық мобильділік сертификаттары түріндегі материалдық көмек төлеу туралы өтінішті қабылдаудан бас тарту үшін негіздер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берушінің Қазақстан Республикасының заңнамасына сәйкес құжаттардың және (немесе) қолданылу мерзімі өткен құжаттардың және (немесе) көшуге субсидиялар түріндегі материалдық көмек төлемдерін тағайындау немесе тағайындаудан бас тарту туралы шешім қабылданған күнге қолданылу мерзімі аяқталатын толық емес құжаттар топтамасын ұсынуы, жалдау (жалға алу) бойынша шығыстарды өтеуі тұрғын үй, коммуналдық қызметтерге ақы төлеу, сондай-ақ экономикалық мобильділік сертификаттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке басты куәландыратын құжат бойынша мәліметтердің (мемлекеттік ақпараттық жүйелерден алынған мәліметтермен расталатын Қазақстан Республикасының заңнамасына сәйкес оны ауыстырудан басқа) оларды тағайындау үшін қажетті құжаттармен сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көшуге субсидиялар, тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу, сондай-ақ экономикалық мобильділік сертификаттары түріндегі материалдық көмек төлемдерін тағайындауға негіздердің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Қағидалардың 73-2-тармағында көзделген мерзімнің аяқталуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 73-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-2. Еңбек мобильділігі орталығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) төленген материалдық көмек төлемдері бойынша тұрақты есепке алуды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушылардың осы Қағидалардың талаптарына сәйкестігін тоқсан сайын мониторингтеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) әлеуметтік келісімшартта көзделген міндеттемелердің орындалуының ай сайын мониторингтеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жергілікті атқарушы органға тұрғын үйді сатып алу-сату, тұрғын үйді жалдау (жалға алу) шарттары туралы мәліметтерді ай сайын ұсынуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 73-2-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 73-2-тармақпен толықтыру көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-3. Еңбек мобильділігі орталығы тоқсан сайын есепті кезеңнен кейінгі айдың 25 (жиырма бесінші) күніне дейін халықтың көші-қоны мәселелері жөніндегі уәкілетті органға тиісті қаржылық күнтізбелік жылға бюджет қаражатын игеру жөніндегі жиынтық ақпаратты жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 73-3-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидаларды 73-3-тармақпен толықтыру көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      74. Бұрын көшуге субсидия тағайындалған "Еңбек" мемлекеттік бағдарламасына қатысушылар тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу бұрын жасалған әлеуметтік келісімшарттарға сәйкес осы Қағидалардың шарттарына сәйкес төлем алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. "Дипломмен ауылға!" бағдарламасына қатысушыда, сондай-ақ қандаста немесе қоныс аударушыда және оның отбасы мүшелерінде жаңа тұрғылықты жері бойынша соңғы бес жыл ішінде меншік құқығындағы тұрғынжайы не соңғы алты айдан астам мерзімге коммуналдық тұрғын үй қорынан тұрақты пайдалануындағы тұрғынжайы болған жағдайда жаңа тұрғылықты жері бойынша тұрғынжай, қызметтік тұрғынжай не жатақхана бөлмесі және экономикалық мобильділік сертификат бойынша ақшалай төлем берілмейді, тұрғынжайды жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстар өтелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 76-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-1. Қандастардың немесе қоныс аударушылардың және олардың отбасы мүшесі (мүшелері) (бар болса) Қазақстан Республикасының Үкіметі айқындаған өңірлердің шегінен тыс жерге бес жыл ішінде өз бетінше ішкі көшіп-қонған жағдайларда қандастарға немесе қоныс аударушыларға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) төленген материалдық көмекті қайтару:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z233" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алушының (алушылардың) материалдық көмекті қайтару туралы өтініші;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:p>
-[...214 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еңбек мобильділігі орталығының қандастар немесе қоныс аударушылар және олардың отбасы мүшесі (мүшелері) (бар болса) алған материалдық көмекті ерікті түрде қайтару туралы хабарламасы (наразылығы) (бұдан әрі – хабарлама);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z235" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алынған материалдық көмек сомасын бюджетке өтеу туралы сот шешімі негіздемелер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 76-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
-[...823 lines deleted...]
-    <w:bookmarkStart w:name="z236" w:id="95"/>
+    <w:bookmarkStart w:name="z236" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76-2. Еңбек мобильділігі орталықтары қандастың немесе қоныс аударушының және олардың отбасы мүшесінің (мүшелерінің) Қазақстан Республикасының Үкіметі айқындаған өңірлерден тыс жерлерге өз бетінше кету фактісі анықталған (расталған) күннен бастап үш жұмыс күні ішінде қандасқа немесе қоныс аударушыға және олардың отбасы мүшелеріне (мүшелері) (бар болса) материалдық көмекті ерікті түрде қайтару туралы хабарламаларды (наразылықтар) жібереді. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 76-2-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-3. Қандас немесе қоныс аударушы және олардың отбасы мүшесі (мүшелері) хабарламаны алған күннен бастап он бес жұмыс күні ішінде алты айдан аспайтын қайтару мерзімін көздейтін жазбаша жауапты адресатқа ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 76-3-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-4. Қандасқа немесе қоныс аударушыға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) осы Қағидаларға 2-қосымшамен бекітілген Әлеуметтік келісімшарттың 8-тармағынан туындайтын талаптарды еңбек мобильділігі орталығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z239" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қандас немесе қоныс аударушы және олардың отбасы мүшесі (мүшелері) шағымды қанағаттандырудан толық немесе ішінара бас тартқан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z240" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) не олардан берілген хабарламаға (наразылыққа) жауап алмаған жағдайларда еңбек мобильділігі орталықтарымен хабарлама (наразылық) жіберілген сәттен бастап жиырма жұмыс күні өткеннен кейін сот органдарына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 76-4-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z241" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-5. Қандастарға немесе қоныс аударушыларға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) төленген материалдық көмекті қайтару жергілікті бюджет кірісіне жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 76-5-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-параграф. Қоныс аударушылар мен қандастар үшін тұрғын үй сатып алу (құнын төлеп алу) және(немесе) салу, сондай-ақ коныс аударушылар мен қандастар үшін тұрғын үй сатып алуды және(немесе) салуды қаржыландыру тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      77. Тұрғын үй қатынастары саласындағы функцияларды жүзее асыратын жергілікті атқарушы орган қоныс аударушылар мен қандастарды тұрғын үймен қамтамасыз ету үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бірыңғай үлгілік жоба бойынша тұрғын үй салуды, тұрғын үйді, оның ішінде өз қаражаты есебінен тұрғын үй салған жұмыс берушілерден сатып алуды (құнын төлеп алуды);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) салынып жатқан объектілер бойынша жобалық-сметалық құжаттама әзірлеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұрғын үй және инженерлік-коммуникациялық инфрақұрылымды салу үшін жер учаскелерін бөлуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) инженерлік инфрақұрылым объектілерін салуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      78. Қандастар мен қоныс аударушылар үшін тұрғын үйдің қажетті саны Қазақстан Республикасының Стратегиялық жоспарлау және реформалар жөніндегі агенттігі Ұлттық статистика бюросының деректері бойынша тиісті жылға арналған қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасы белгіленгенге дейін соңғы 5 жылда орта есеппен қалыптасқан үй шаруашылықтарының орташа мөлшеріне байланысты айқындалады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:p>
-[...77 lines deleted...]
-      76-3. Қандас немесе қоныс аударушы және олардың отбасы мүшесі (мүшелері) хабарламаны алған күннен бастап он бес жұмыс күні ішінде алты айдан аспайтын қайтару мерзімін көздейтін жазбаша жауапты адресатқа ұсынады.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Тұрғын үй саны қандастар мен қоныс аударушылар санын өңірлік квотада белгіленген үй шаруашылықтарының орташа мөлшеріне бөлу жолымен бірлікпен айқындалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...73 lines deleted...]
-      76-4. Қандасқа немесе қоныс аударушыға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) осы Қағидаларға 2-қосымшамен бекітілген Әлеуметтік келісімшарттың 8-тармағынан туындайтын талаптарды еңбек мобильділігі орталығы:</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте егер үйлердің жалпы саны оннан көп немесе одан аз болса, бүтін бірлікке дейін дөңгелектеу қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Бірыңғай үлгілік жоба бойынша тұрғын үй құрылысы жұмыс берушілер тарапынан қоса қаржыландырылған кезде жүзеге асырылады, бұл ретте жұмыс беруші тұрғын үй құнының кемінде 15%-ын қоса қаржыландырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z239" w:id="98"/>
-[...15 lines deleted...]
-      1) қандас немесе қоныс аударушы және олардың отбасы мүшесі (мүшелері) шағымды қанағаттандырудан толық немесе ішінара бас тартқан;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоса қаржыландыру туралы шешімді сәулет, қала құрылысы, құрылыс және мемлекеттік сәулет-құрылыс бақылау және қадағалау істері жөніндегі жергілікті атқарушы орган қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Жұмыс берушілердің тарапынан қоса қаржыландырған жағдайда сәулет, қала құрылысы, құрылыс және мемлекеттік сәулет-құрылыс бақылау және қадағалау істері жөніндегі жергілікті атқарушы орган мен жұмыс беруші мынадай талаптарды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z240" w:id="99"/>
-[...15 lines deleted...]
-      2) не олардан берілген хабарламаға (наразылыққа) жауап алмаған жағдайларда еңбек мобильділігі орталықтарымен хабарлама (наразылық) жіберілген сәттен бастап жиырма жұмыс күні өткеннен кейін сот органдарына жібереді.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тұрғын үйді бірлесіп салу тәртібін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қоныс аударатын азаматтарды міндетті түрде жұмысқа орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) жұмыс берушінің қоса қаржыландыру мөлшерін көздейтін ниет шартын жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Заңнамада белгіленген тәртіппен мердігерді және объектінің түпкілікті құнын айқындағаннан кейін бюджеттік бағдарламалардың әкімшісі, мердігер және жұмыс беруші тұрғын үй құрылысы және жұмыс берушінің қоса қаржыландыру шарттары туралы үшжақты шарт жасасады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:p>
-[...77 lines deleted...]
-      76-5. Қандастарға немесе қоныс аударушыларға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) төленген материалдық көмекті қайтару жергілікті бюджет кірісіне жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Тұрғын үй сатып алу (құнын төлеп алу) және(немесе салу), инженерлік инфрақұрылым объектілерін салу жергілікті атқарушы органдарға республикалық бюджеттен берілетін ағымдағы нысаналы трансферттер, нысаналы даму трансферттері есебінен қаржыландырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:p>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> 5-параграф. Қоныс аударушылар мен қандастар үшін тұрғын үй сатып алу (құнын төлеп алу) және(немесе) салу, сондай-ақ коныс аударушылар мен қандастар үшін тұрғын үй сатып алуды және(немесе) салуды қаржыландыру тәртібі</w:t>
+    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Жергілікті атқарушы органдар осы міндетті іске асыру үшін жергілікті бюджет қаражатын және Қазақстан Республикасының заңнамасында тыйым салынбаған басқа да көздерді тартады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z96" w:id="102"/>
-[...15 lines deleted...]
-      77. Тұрғын үй қатынастары саласындағы функцияларды жүзее асыратын жергілікті атқарушы орган қоныс аударушылар мен қандастарды тұрғын үймен қамтамасыз ету үшін:</w:t>
+    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Жергілікті атқарушы органдар заңнамаға сәйкес тұрғын үй салуға жер учаскелерін бөлуді, жобалық-сметалық құжаттама әзірлеуді, мемлекеттік сараптама өткізуді, қосуға техникалық шарттар беруді, сондай-ақ егжей-тегжейлі жоспарлау жобасына және жергілікті бюджет қаражаты есебінен аумақтарды салу жоспарына сәйкес инженерлік-коммуникациялық инфрақұрылымды тартуды және қосуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:p>
-[...87 lines deleted...]
-      78. Қандастар мен қоныс аударушылар үшін тұрғын үйдің қажетті саны Қазақстан Республикасының Стратегиялық жоспарлау және реформалар жөніндегі агенттігі Ұлттық статистика бюросының деректері бойынша тиісті жылға арналған қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасы белгіленгенге дейін соңғы 5 жылда орта есеппен қалыптасқан үй шаруашылықтарының орташа мөлшеріне байланысты айқындалады.</w:t>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Тапсырыс беруші салынған немесе сатып алынған (құнын төлеп алынған) объектіні қабылдауды және пайдалануға беруді ол толық дайын болған кезде жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z98" w:id="104"/>
-[...248 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектіні бұзушылықтармен және құрылыстық кемшіліктермен пайдалануға қабылдаған жағдайда объектіні пайдалануға қабылдауға қатысушылар "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасының 2001 жылғы 16 шілдедегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="112"/>
+    <w:bookmarkStart w:name="z106" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Тұрғын үйді пайдалануға беру актісін алғанға дейін тұрғын үйді сатып алуды (сатып алуды) түпкілікті қаржыландыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z107" w:id="113"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z107" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Тұрғын үй сатып алынғаннан (сатып алынғаннан) және (немесе) пайдалануға берілгеннен кейін тұрғын үй қатынастары саласындағы функцияларды жүзеге асыратын жергілікті атқарушы органның балансына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z108" w:id="114"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z108" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Тұрғын үй әлеуметтік келісімшарт жасалған жағдайда беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z109" w:id="115"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z109" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Құрылыс және тұрғын үй-коммуналдық шаруашылық мәселелері жөніндегі жергілікті атқарушы орган, жұмыс беруші және қандас немесе қоныс аударушы арасында 20 жыл мерзімге тұрғын үй бере отырып, жалға алу шарты жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z110" w:id="116"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z110" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Әлеуметтік келісімшарт шарттары сақталғанда, бес жыл тұру мерзімі аяқталған соң, мынадай кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатып алынған кездегі тұрғын үйдің баланстық құнынан қалған соманы біржолғы төлеммен енгізген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9739,306 +10703,524 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қызметтік тұрғын үйлер "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңы 109 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігіне сәйкес жекешелендіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="117"/>
+    <w:bookmarkStart w:name="z111" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Нақты тұрған кезеңінде төленген жалға алу төлемдерінің бұдан бұрын енгізілген сомалары тұрғын үй құнының есебіне қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z112" w:id="118"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z112" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. 20 жылдық мерзім аяқталған соң тұрғын үйді жекешелендіру шарттарынан бас тартқан жағдайда жалға алу шарты ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z113" w:id="119"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z113" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Қандасқа не қоныс аударушыға жергілікті атқарушы органның немесе жұмыс берушілердің қаражаты есебінен жалға берілетін тұрғын үй берілген жағдайда, тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстар өтелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z114" w:id="120"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z114" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Қоныс аударушылар мен қандастарға тұрғын үйді салуды қаржыландыру сәулет, қала құрылысы және құрылыс iстерi жөнiндегi уәкiлеттi орган арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z115" w:id="121"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z115" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Қоныс аударушылар мен қандастарға тұрғын үйді сатып алуды (құнын төлеп алуды) қаржыландыру халықтың көші-қон мәселелері жөніндегі уәкілетті орган арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z116" w:id="122"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z116" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Мемлекеттік тұрғын үй қорынан қызметтік тұрғын үйлерді, және жатақханалардан бөлмелерді беру және жайластыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z117" w:id="123"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      97-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       97. Жергілікті атқарушы органдардың тапсырыстары бойынша Қазақстан Республикасының Үкіметі айқындаған өңірлерге қоныс аударатын қандас пен қоныс аударушыға жұмыс беруші жұмыскерге тұрғынжай ұсынған жағдайды қоспағанда, тұрғын үй, қызметтік тұрғын үй және жатақханалардан бөлме беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z118" w:id="124"/>
+    <w:bookmarkStart w:name="z118" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Мемлекеттiк тұрғын үй қорынан берілетін тұрғын үй немесе жеке тұрғын үй қорынан жергiлiктi атқарушы орган жалдаған тұрғын үй әр адамға кемiнде он бес шаршы метр және он сегiз шаршы метрден аспайтын пайдалы алаң көлемінде берiледi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z119" w:id="125"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      99-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       99. Қандас немесе қоныс аударушы мен қоныстандыру жерінің мансап орталығы арасында "Мемлекеттік тұрғын үй қорынан тұрғын үй немесе жеке тұрғын үй қорынан жергілікті атқарушы орган жалдаған тұрғын үй беру және пайдалану қағидаларын бекіту туралы" Қазақстан Республикасы Үкіметінің 2011 жылғы 1 желтоқсандағы № 1420 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген нысан бойынша мемлекеттiк тұрғын үй қорынан тұрғын үйдi немесе жеке тұрғын үй қорынан жергiлiктi атқарушы орган жалдаған тұрғын үйдi жалдау (қосымша жалдау) шарты жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бюджеттік сала жұмыскерлері қатарындағы қатысушыларға жаңа тұрғын үйді сатып алуды жұмыс берушілердің қажеттілігінің негізінде қолданыстағы заңнамаға сәйкес жергілікті атқарушы органдар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="126"/>
+    <w:bookmarkStart w:name="z120" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Жатақханадан бөлмелер отыз бес жасқа дейінгі еңбекші жастарға (оның ішінде жетім балаларға және ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарының тәрбиеленушілеріне, жетім балаларға және ата-анасының қамқорлығынсыз қалған, кәмелеттік жасқа толғанға дейін ата-анасынан айырылған балаларға) олардың бұрынғы тұрған жеріне, оның ішінде облыс орталықтарында тұрғанына қарамастан беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z121" w:id="127"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z121" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Жастар, оның ішінде некеде тұрған жастар үшін жатақханалардан бөлмелер мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жасының отыз беске дейін болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10067,410 +11249,410 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жылжымайтын мүлкі жоқтығы туралы анықтаманың болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) екінші деңгейлі банкта шот ашу туралы анықтаманың болуы шарттарына сәйкес келгенде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="128"/>
+    <w:bookmarkStart w:name="z122" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Жастарға арналған жатақханадағы бөлмелер 10 жылға дейінгі мерзімге беріледі және жекешелендіруге жатпайды. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның шешімі бойынша жастарға арналған жатақханадағы бөлмені жалдау шарты бес жылдан аспайтын мерзімге бір рет ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z123" w:id="129"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z123" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Жастарға арналған жатақханадағы бөлме, тұрғын үй, қызметтік тұрғын үй халықты жұмыспен қамту мәселелері жөніндегі комиссия қабылдаған тұрғын үй беру туралы шешімнің және мансап орталығы мен қандас немесе қоныс аударушы арасында жасалған тұрғын үйді, қызметтік тұрғын үйді және жатақханадағы бөлмені жалдау (қосымша жалдау) туралы шарттың негізінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z124" w:id="130"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z124" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Қандастың немесе қоныс аударушының немесе еңбек етуге қабілетті отбасы мүшесінің екі айдан астам қолданыстағы еңбек шарты немесе мемлекеттік қолдау көрсету туралы әлеуметтік шарты болмаған жағдайда тұрғын үйді, қызметтік тұрғын үйді, жастарға арналған жатақханадағы бөлмені жалдау (қосымша жалдау) шарты бұзылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z125" w:id="131"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Егер шарт жасасу туралы ұсыныс жасалған күннен бастап бес жұмыс күні ішінде қандас немесе қоныс аударушы жалдау (қосымша жалдау) шартына қол қоймаса, мансап орталығы жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді басқа қатысушыға қайта бөледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z126" w:id="132"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Мансап орталығы жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шартын мансап орталығының (қоныстандыру жерінің) тұрғын үй комиссиясы тиісті шешім қабылдағаннан кейін бес жұмыс күні ішінде жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z127" w:id="133"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z127" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Қандас немесе қоныс аударушы жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шартының тарапы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z128" w:id="134"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       108. Жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шарты Қазақстан Республикасының Азаматтық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен екі данада жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z129" w:id="135"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Жастарға арналған жатақханалардан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шартының бір данасы мансап орталығында сақталады, екіншісі өтініш берушіге беріледі және жастарға арналған жатақханадан бөлмеге, тұрғын үйге, қызметтік тұрғын үйге қоныстануға құқық беретін жалғыз құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z130" w:id="136"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z130" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Жалдау (қосымша жалдау) шарты күнтізбелік бір жыл мерзімге жасалады және тараптардың біреуі шарт аяқталғанға дейін күнтізбелік бір ай қалғанда жалдау (қосымша жалдау) шартының талаптарына сәйкес хабарлама (еркін нысанда) жіберген жағдайларды қоспағанда, жыл сайын (жатақханадағы бөлмені жалға алудың онжылдық мерзімі аяқталғанға дейін) автоматты түрде ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z131" w:id="137"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z131" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Қандас немесе қоныс аударушы қайтыс болған жағдайда бұрын жасалған жалдау (қосымша жалдау) шарты халықты жұмыспен қамту мәселелері жөніндегі қалалық (аудандық) комиссияның келісімімен тұрғын үй комиссиясының шешімі бойынша жалға алушы отбасының кәмелетке толған мүшесімен ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z132" w:id="138"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z132" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Отбасының кәмелетке толған мүшесі болмаған жағдайда жалдау (қосымша жалдау) шарты қалалық (аудандық) комиссияның келісімімен отбасының кәмелетке толмаған мүшесінің (мүшелерінің) заңды өкілдерімен жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z133" w:id="139"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z133" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Жалға алушының ауысуы тұрғын үйді жалдау (қосымша жалдау) шартын қайта ресімдеуге алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z134" w:id="140"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z134" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Жастарға арналған жатақханадан бөлме, тұрғын үй, қызметтік тұрғын үй қандасқа немесе қоныс аударушыға бір рет қана беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z135" w:id="141"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z135" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Төтенше жағдайлардың немесе күшпен еңсеруге келмейтін (форс-мажор) өрт, жер сілкіну, су тасқыны сияқты жағдайлардың нәтижесінде жастарға арналған жатақхана, тұрғын үй, қызметтік тұрғын үй апаттық, авариялық, тұру үшін жарамсыз болып танылған жағдайда бос тұрғын үй болған кезде соған теңестірілген басқа тұрғын үй беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z136" w:id="142"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z136" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       116. Жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалға алудың ай сайынғы төлемінің мөлшерін Қазақстан Республикасы Құрылыс және тұрғын үй-коммуналдық шаруашылық істері агенттігі төрағасының 2011 жылғы 26 тамыздағы № 306 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7232 болып тіркелді) бекітілген Мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін төлем мөлшерін есептеу әдістемесіне сәйкес мансап орталығы айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z137" w:id="143"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z137" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Тұрғын үйді бөлудің осы тәртібі ЖҚЖК 2020 бағдарламасы, "Еңбек" мемлекеттік бағдарламасы шеңберінде бұрын салынған (сатып алынған) қызметтік тұрғын үйге және еңбек жастарына арналған жатақханаларға, сондай-ақ жергілікті бюджет қаражаты есебінен салынған және (немесе) сатып алынған тұрғын үйге және жатақханаларға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10800,68 +11982,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="144"/>
+    <w:bookmarkStart w:name="z141" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы әлеуметтік келісімшарт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11072,68 +12254,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі, жеке басты куәландыратын құжаттың сериясы, нөмірі, қашан және кім берген), екінші тараптан төмендегілер туралы осы әлеуметтік келісімшартты (бұдан әрі – Келісімшарт) жасасты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="145"/>
+    <w:bookmarkStart w:name="z251" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімшарттың мәні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімшарт жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу, сондай-ақ мемлекеттік қолдау шараларын көрсету мақсатында жасалды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11198,68 +12380,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мемлекеттік қолдау шараларын көрсету)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Келісімшарт Еңбек мобильділігі орталығы басшысының бұйрығы негізінде жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="146"/>
+    <w:bookmarkStart w:name="z252" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мансап орталығының:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11888,68 +13070,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларын Қазақстан Республикасының Үкіметі айқындаған өңірлерден тыс жерлерге өз еркімен ішкі көші-қон жағдайларында бес жыл ішінде толық көлемде мерзімінен бұрын қайтаруға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ерікті қоныс аударуға қатысушы және оның отбасы мүшесі (мүшелері) алған мемлекеттік қолдау шараларын бюджетке қайтару бұйрықпен бекітілген жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларында көзделген тәртіппен жүзеге асырылады – Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 22 маусымдағы № 234 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32880 болып тіркелген), вахталық әдіспен жұмысқа орналасу, әскери қызметке шақыру, осы елді мекенде тұруға мүмкіндік бермейтін ауру жағдайларын қоспағанда, ерікті түрде қоныс аударуға қатысушының отбасы мүшесін өңірден тыс жерде білім беру орындарында оқыту қоныстану орындары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="147"/>
+    <w:bookmarkStart w:name="z253" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мансап орталығы мен Ерікті қоныс аударуға қатысушы осы Келісімшартта көзделген өз міндеттемелерін орындамағаны не тиісінше орындамағаны үшін Қазақстан Республикасының заңнамалық актілерінде белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11960,68 +13142,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мансап орталығы мен Ерікті қоныс аударуға қатысушы осы Келісімшартта көзделмеген жауапкершілік шаралары Қазақстан Республикасының азаматтық заңнамасының нормаларына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Осы Келісімшарттың қолданылу мерзімінің аяқталуы Мансап орталығын және Ерікті қоныс аударуға қатысушыларды осы мерзімнің аяқталуына дейін болған бұзушылық үшін жауапкершіліктен босатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z254" w:id="148"/>
+    <w:bookmarkStart w:name="z254" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Еңсерілмейтін күш жағдаяттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мансап орталығы мен Ерікті қоныс аударуға қатысушы осы Келісімшартқа қол қойылғаннан кейін туындаған өрт, жер сілкінісі, су тасқыны және апатты құбылыстар, әскери әрекеттер сияқты төтенше жағдайларда немесе күшпен еңсеруге келмейтін жағдайларда (форс-мажор) міндеттемелерін толық немесе ішінара орындамағаны үшін жауапкершіліктен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12050,68 +13232,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Хабардар етпеу немесе уақтылы хабарламау, мұндай хабардар етпеу немесе уақтылы хабарламау тиісті форс-мажорлық жағдайлардан тікелей туындаған жағдайларды қоспағанда, Мансап орталығы мен ерікті қоныс аударуға Қатысушыны осы Келісімшарт бойынша міндеттемелердің орындалмауы үшін жауапкершіліктен босатушы негіздеме ретінде кез келген форс-мажорлық жағдайға сілтеме жасаудан айырады. Форс-мажорлық жағдайлардың басталуы немесе тоқтатылуы туралы хабарлама форс-мажорлық жағдайлар жалпыға белгілі және көпшілік сипатта болған әрі дәлелдеуді қажет етпейтін жағдайларды қоспағанда, құжатпен не мұндай жағдайдарды растайтын тиісті органның және/немесе мекеменің шешімімен расталуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Келісімшарт бойынша міндеттемелердің орындалу мерзімі форс-мажорлық жағдайлар, сондай-ақ осы жағдайлардан туындаған салдар орын алған уақытқа тең болады. Егер форс-мажорлық жағдайлардың туындауына байланысты Мансап орталығының және Ерікті қоныс аударуға қатысушының осы Келісімшарт бойынша міндеттемелердің толық немесе ішінара орындалмауы ____ (кезеңі көрсетілсін) асатын болса, онда Мансап орталығы мен ерікті қоныс аударуға қатысушы осы Келісімшартты бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="149"/>
+    <w:bookmarkStart w:name="z255" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқа да жағдайлар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Келісімшартқа тараптардың келісуі бойынша қосымша келісімшартқа қол қою арқылы өзгерістер мен толықтырулар енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12142,68 +13324,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Келісімшартта көзделген міндеттемелердің орындалуына мониторинг жүргізу үшін осы Келісімшартқа қол қоя отырып, Қатысушы өзінің және оның отбасы мүшелерінің дербес деректерін жинауға және өңдеуге келісім береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Осы Келісімшарт оған Еңбек мобильділігі орталығы және Ерікті қоныс аударуға қатысушы қол қойған сәттен бастап күшіне енеді және 20__ "__" ______ жылға дейін қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="150"/>
+    <w:bookmarkStart w:name="z256" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Тараптардың мекенжайлары мен деректемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -12732,50 +13914,156 @@
               <w:t>
 ________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 (қолы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12885,68 +14173,68 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="151"/>
+    <w:bookmarkStart w:name="z143" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 29.12.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -14885,50 +16173,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы _____________________ ________________ қолы күні</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.О. (бар болса)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16406,50 +17810,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру кодын, алушының банктік шотының нөмірін көрсету)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының қолы _______________/ (Т.А.Ә. (бар болса)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-2-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -17847,68 +19367,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="152"/>
+    <w:bookmarkStart w:name="z145" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы үшжақты әлеуметтік келісімшарт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -18245,68 +19765,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сәйкестендіру нөмірі, жұмыс берушінің заңды мекен-жайы) үшінші тараптар төмендегі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туралы осы әлеуметтік келісімшартты (бұдан әрі – Келісімшарт) жасасты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="153"/>
+    <w:bookmarkStart w:name="z259" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімшарттың мәні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімшарт жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу, сондай-ақ мемлекеттік қолдау шараларын көрсету мақсатында жасалды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -18389,68 +19909,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ерікті қоныс аударуға қатысушыға көрсетілетін мемлекеттік қолдау шараларын көрсету)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Келісімшарт Еңбек мобильділігі орталығы басшысының 20 ___ жылғы "___" _____________ № ____ бұйрығы негізінде жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="154"/>
+    <w:bookmarkStart w:name="z260" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мансап орталығының:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19013,68 +20533,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       10. Әлеуметтік келісімшарттың талаптарына сәйкес, ерікті қоныс аударуға қатысушының өз еркі бойынша Қазақстан Республикасының Үкіметі айқындаған өңірлерден тыс жерлерге ішкі дербес көші-қоны жағдайында бес жыл ішінде жұмыс беруші Қазақстан Республикасының әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларын толық көлемде мерзімінен бұрын қайтаруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="155"/>
+    <w:bookmarkStart w:name="z261" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мансап орталығы, Ерікті қоныс аударуға қатысушы және жұмыс беруші осы Келісімшартта көзделген өз міндеттемелерін орындамағаны не тиісінше орындамағаны үшін Қазақстан Республикасының заңнамалық актілерінде белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19103,68 +20623,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мансап орталығының мен Ерікті қоныс аударуға қатысушылармен жұмыс берушілердің осы Келісімшартта көзделмеген жауапкершілік шаралары Қазақстан Республикасының азаматтық заңнамасының нормаларына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Осы Келісімшарттың қолданылу мерзімінің аяқталуы Мансап орталығын Ерікті қоныс аударуға қатысушыды және жұмыс берушіні осы мерзімнің аяқталуына дейін болған оны бұзғаны үшін жауапкершіліктен босатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="156"/>
+    <w:bookmarkStart w:name="z262" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Еңсерілмейтін күш жағдаяттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мансап орталығы Ерікті қоныс аударуға қатысушы және жұмыс беруші осы Келісімшартқа қол қойылғаннан кейін туындаған өрт, жер сілкінісі, су тасқыны және апатты құбылыстар, әскери әрекеттер сияқты төтенше жағдайларда немесе күшпен еңсеруге келмейтін жағдайларда (форс-мажор) міндеттемелерін толық немесе ішінара орындамағаны үшін жауапкершіліктен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19211,122 +20731,122 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабардар етпеу немесе уақтылы хабарламау, Жұмыспен қамту орталығыны Ерікті қоныс аударуға қатысушыны және жұмыс берушіні мұндай хабардар етпеу немесе уақтылы хабарламау тиісті форс-мажорлық жағдайлардан тікелей туындаған жағдайларды қоспағанда, осы Келісімшарт бойынша міндеттемелердің орындалмауы үшін жауапкершіліктен босатушы негіздеме ретінде кез келген форс-мажорлық жағдайға сілтеме жасаудан айырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Осы Келісімшарт бойынша міндеттемелердің орындалу мерзімі форс-мажорлық жағдайлар, сондай-ақ осы жағдайлардан туындаған салдар орын алған уақытқа тең болады. Егер форс-мажорлық жағдайлардың туындауына байланысты Мансап орталығының, Ерікті қоныс аударуға қатысушынының және жұмыс берушінің осы Келісімшарт бойынша міндеттемелердің толық немесе ішінара орындауының мүмкін болмауы _____ (кезеңі көрсетілсін) асатын болса, онда осы Келісімшартты бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="157"/>
+    <w:bookmarkStart w:name="z263" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқа да жағдайлар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Келісімшартқа тараптардың келісімі бойынша қосымша әлеуметтік келісімшартқа қол қою арқылы өзгерістер мен толықтырулар енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Осы Келісімшарт оған Мансап орталығы, Ерікті қоныс аударуға қатысушы және жұмыс беруші қол қойған сәттен бастап күшіне енеді және 20__ жылғы "__" ______ дейін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="158"/>
+    <w:bookmarkStart w:name="z264" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Тараптардың мекенжайлары мен деректемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -20193,50 +21713,156 @@
               <w:t>
 __________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы) М.О. (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20494,68 +22120,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="159"/>
+    <w:bookmarkStart w:name="z147" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ерікті облысішілік қоныс аударуға қатысушылар қатарына қосу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мені/мені және менің отбасымының мүшелерін ерікті облысішілік қоныс аударуға қатысушылар қатарына қосуыңызды өтінемін</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -21955,50 +23581,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20 ___ "___" ___________ _________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ( өтініш берушінің қолы )</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22108,68 +23850,68 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="160"/>
+    <w:bookmarkStart w:name="z149" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударуға №___ жолдама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қатысушы _______________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24503,50 +26245,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.О.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24846,68 +26704,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="161"/>
+    <w:bookmarkStart w:name="z151" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 7-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25440,50 +27298,166 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____ _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құжаттарды қабылдаған лауазымды адамның Т.А.Ә. (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25785,68 +27759,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="162"/>
+    <w:bookmarkStart w:name="z153" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 8-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -28168,75 +30142,191 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көшуге арналған субсидиялар, тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу, сондай-ақ экономикалық ұтқырлық сертификаттары түріндегі материалдық көмек төлеуге өтінішті қабылдаудан бас тарту туралы  ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. 10-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 10-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve"> (01.03.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.03.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -29318,50 +31408,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (банктің атауы, банктің БСН, Банктің БСК, алушының банктік шотының нөмірі көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының қолы _______________/(Т.А.Ә. (бар болса)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -30516,50 +32722,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (банктің атауы, банктің БСН, Банктің БСК, алушының банктік шотының нөмірі көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының қолы _______________/( тегі, аты, жөні (болған кезде)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31768,50 +34090,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (банктің атауы, банктің БСН, Банктің БСК, алушының банктік шотының нөмірі көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшының қолы_______________/(Т. А. Ә. (бар болса)</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-қосымша жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32930,602 +35368,602 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 234 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="163"/>
+    <w:bookmarkStart w:name="z157" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау және Денсаулық сақтау және әлеуметтік даму министрліктерінің күші жойылған кейбір бұйрықтары мен бұйрықтардың құрылымдық элементтер тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z158" w:id="164"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z158" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 14 маусымдағы № 515 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 13921 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z159" w:id="165"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z159" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарының күші жойылды деп тану туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2017 жылғы 14 ақпандағы № 8 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 14863 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z160" w:id="166"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z160" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы 14 маусымдағы № 242 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер мен толықтыру енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 17194 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z161" w:id="167"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z161" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" 2016 жылғы 14 маусымдағы № 515 және "Халықты жұмыспен қамтуға жәрдемдесудің кейбір мәселелері туралы" 2016 жылғы 14 маусымдағы № 516 бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің м.а. 2019 жылғы 4 қаңтардағы № 5 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 18161 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z162" w:id="168"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z162" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы "Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2019 жылғы 27 наурыздағы № 146 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 18446 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z163" w:id="169"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z163" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2019 жылғы 26 тамыздағы № 461 бұйрығымен бекітілген Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 19289 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z164" w:id="170"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z164" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің мен Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 12 маусымдағы № 226 бұйрығымен бекітілген згерістер мен толықтырулар енгізілетін Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің мен Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 20854 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z165" w:id="171"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z165" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің, Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 11 тамыздағы № 284 бұйрығымен бекітілген Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің, Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 23990 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z166" w:id="172"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z166" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 14 маусымдағы № 515 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 27 мамырдағы № 179 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 28364 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z167" w:id="173"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z167" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 14 маусымдағы № 515 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 24 ақпандағы № 57 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 31966 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z168" w:id="174"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z168" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі комиссияның үлгілік ережесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің м.а. 2016 жылғы 6 қаңтардағы № 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 13013 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z169" w:id="175"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z169" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 16 наурыздағы № 78 бұйрығымен бекітілген Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 22354 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>