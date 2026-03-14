--- v1 (2026-01-11)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35f40c7" w14:textId="35f40c7">
+    <w:p w14:paraId="2b4f929" w14:textId="2b4f929">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3144,399 +3144,323 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қандастар шығу өңіріне/мемлекетіне қарамастан ерікті өңіраралық қоныс аударуға қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қандастарды қабылдаудың өңірлік квотасына енгізілген қандастардың және олардың отбасы мүшелерінің Қазақстан Республикасының азаматтығын алуы осы Қағидаларда көзделген ерікті түрде қоныс аударуда мемлекеттік қолдаудың ұсынылатын шараларын тоқтату үшін негіз болып табылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 19-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Мансап орталықтары үш жұмыс күні ішінде ақпараттық-коммуникациялық технологиялар және (немесе) желінің абоненттік құрылғысы және ЭҮП арқылы өтініш берушілерді хабардар етеді және оларға әлеуметтік қорғау және жұмыспен қамту мәселелері жөніндегі қабылдау өңірінің жергілікті атқарушы органы, сондай-ақ, қандастарды қабылдау комиссиясы қабылдаған шешімдердің көшірмелерін ұсынады, үміткерді жаңа тұрғылықты жерде қабылдауға дайын екендігі туралы хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Хабарламаны алғаннан кейін қоныс аударуды қандастар және қоныс аударушылар дербес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">22. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...274 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="33"/>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Қабылдау өңірінің мансап орталығы қоныс аударушы жаңа тұрғылықты жерге келгеннен кейін бес жұмыс күні ішінде осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыс күшінің ұтқырлығын арттыру үшін ерікті қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы әлеуметтік келісімшарттың жобасын дайындайды және қол қою үшін еңбек мобильділігі орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңбек мобильділігі орталығы екі жұмыс күні ішінде қол қояды және қол қойылған әлеуметтік келісімшартты қандас немесе қоныс аударушымен одан әрі жасасу үшін мансап орталығына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -3572,419 +3496,405 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Бір қабылдау өңірінің ішінде қоныстандыру ауданынан/қаласынан тыс бір елді мекеннен басқа елді мекенге көшкен жағдайда қандас не қоныс аударушы тиісті мансап орталықтарын себептерін көрсете отырып, көшіп кеткенге дейін күнтізбелік 10 күннен кешіктірмей хабардар етеді және жаңа тұрғылықты жері бойынша әлеуметтік келісімшарт жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 24-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Өңіраралық қоныс аударуды ұйымдастыру мақсатында шығу және қабылдау өңірлерінің еңбек мобильділігі орталығы шығу өңірлерінде бос орындар жәрмеңкелерін ұйымдастыру, қандастар мен қоныс аударушыларды қабылдаудың белгіленген өңірлік квота, еңбек нарығындағы жағдай, жұмыс күшіне сұраныс пен ұсыныс туралы, әлеуметтік инфрақұрылыммен қамтамасыз ету шарттары және қабылдау өңірлеріне танысу сапарларын ұйымдастыру арқылы өзара іс-қимылды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Өңіраралық қоныс аударуды мемлекеттік қолдау шаралары жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. Жұмыс берушілердің қатысуымен өңіраралық қоныс аудару тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z43" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Жұмыс берушілерге өңіраралық қоныс аударуда жәрдем көрсету үшін мансап орталықтары өңірлік кәсіпкерлер палаталарының филиалымен бірлесіп, жұмыс берушілерге ерікті өңіраралық қоныс аудару шеңберінде мемлекеттік қолдау шараларын көрсетудің тәртібі мен шарттары туралы консультация береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Қабылдау өңірінен еңбек ресурстарына қажеттілігі бар жұмыс берушілер персоналды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мамандық (кәсіп) бөлінісінде және жұмыс шарттарында қажетті жұмыскерлердің санын көрсете отырып, бос жұмыс орындары туралы өтінімді орналастыру жолымен Электрондық еңбек биржасы не қандастар мен Қазақстан Республикасының азаматтары қатарындағы ізденушіні (бұдан әрі – ізденуші (лер) түйіндемені қарау жолымен шығу өңірлерінен таңдау арқылы іріктейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпаратта жұмыс берушінің есебінен тұрғын үймен қамтамасыз ету жөнінде, қосымша қолдау шаралары және әлеуметтік инфрақұрылыммен қамтамасыз ету туралы мәліметтер көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығу өңірлеріне бару арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бос жұмыс орындары жәрмеңкесіне қатысу арқылы іріктейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      24-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...249 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Жұмыс беруші кадрларды алған кезде Электрондық еңбек биржасы арқылы ізденушінің (лердің) байланыс деректері туралы ақпарат алу үшін ізденушінің жүйесінде идентификаторды қамтитын сұрау салуды қалыптастырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жұмыс беруші кадрларды іріктеу кезінде шығу өңірлеріне бару және бос орындар жәрмеңкелеріне қатысу жолымен ізденушімен (лермен) Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4041,90 +3951,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Көшудің тәртібі мен шарттарын жұмыс беруші мен ізденуші азаматтық-құқықтық сипаттағы Шартқа сәйкес келіседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z47" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Жұмыс беруші ізденушінің (лердің) көшу шарттары келісілгеннен кейін мамандық (кәсіп) бөлінісінде және жұмыс шарттарында жұмыскерлердің саны көрсетіле отырып, ізденуші (лер) туралы мәліметтерді мансап орталығына жібереді, сондай-ақ ізденушіге (лерге) қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы өтінішпен жүгіну туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ізденушінің (лердің) өтініші мен құжаттары Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 15 қаңтардағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4181,90 +4091,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. Ізденушіні (лерді) қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу не одан бас тарту Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының 2016 жылғы 15 қаңтардағы № 20 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13334 болып тіркелген) бекітілген Қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу қағидаларында көзделген тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4337,110 +4247,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Мансап орталығы ақпараттық-коммуникациялық технологиялар және (немесе) желінің абоненттік құрылғысы арқылы жұмыс берушіні қабылданған шешім туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z51" w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Жұмыс беруші ақпараттық-коммуникациялық технологиялар немесе желінің абоненттік құрылғысы арқылы жұмыс іздеушіні шығу өңірінен жаңа тұрғылықты жерде қабылдау дайындығы және жайластыру және үй беру мүмкіндіктері туралы хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z52" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Өңіраралық қоныс аударуға жәрдемдесетін қабылдау өңірінің жұмыс берушісіне тұрақты жұмысқа орналастыру және кемінде екі жыл мерзімге тұрғын үймен қамтамасыз ету шартымен қабылданған әрбір жұмыскер үшін бір мезгілде 400 айлық есептік көрсеткіш (бұдан әрі – АЕК) мөлшерінде жұмысқа орналасуға субсидия (бұдан әрі – жұмысқа орналасуға субсидия) беріледі не кемінде бес жылға тұрғын үймен қамтамасыз ету және тұрақты жұмысқа орналастыру шартымен қоныс аударушының немесе қандастың отбасына тұрғын үй беру үшін тұрғын үй құнының 50% мөлшерінде, бірақ 1160 АЕК асырмай жұмыс беруші шығыстарының бөлігі өтеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4459,70 +4369,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="46"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Бес жыл өткен соң, тараптардың келісімі бойынша жұмыскер азаматтық-құқықтық сипаттағы шартқа сәйкес Қазақстан Республикасының тұрғын үй заңнамасына сәйкес тұрғын үй сатып алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4541,150 +4451,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="47"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Жұмыс берушіге жұмысқа орналасуға субсидия берілген және шығыстарын өтеу кезінде көшуге субсидия төленбейді және тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстар кандасқа және қоныс аударушыға өтелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z55" w:id="48"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 3 қыркүйектегі № 353 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21173 болып тіркелді) бекітілген Еңбек шарттарын есепке алудың бірыңғай жүйесінде еңбек шарты туралы мәліметтерді ұсыну және алу қағидаларына сәйкес жұмыс беруші қандастар және қоныс аударушылар қатарынан жұмысқа орналастырылған жұмыскерлердің еңбек шарттары бойынша мәліметтерді "Электрондық еңбек шарттарын есепке алудың бірыңғай жүйесі" ААЖ-ға орналастыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z56" w:id="49"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. Жұмыс берушілер қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім шығарылған күннен бастап күнтізбелік 30 күн ішінде жұмысқа орналасуға өтініш берушіге (лерге) қатысты жұмысқа орналасуға субсидия төлеу туралы немесе шығыстарды өтеу туралы өтінішті қабылдау өңірінің мансап орталықтарына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша төмендегі растайтын құжаттармен бірге береді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы өңірлік комиссияның шешімі немесе қандастарды қабылдау жөніндегі комиссияның қандастарды қабылдаудың өңірлік квотасына енгізу туралы шешімі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4851,70 +4761,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z57" w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Мансап орталығы жұмыс берушінің жұмысқа орналасуға субсидия төлеу немесе жұмыс берушінің шығыстарының бір бөлігін өтеу туралы өтініші қабылданған күннен бастап бір жұмыс күні ішінде жұмыс берушіге жұмысқа орналасуға субсидиялар төлеу не жұмыс берушінің шығыстарының бір бөлігін өтеу туралы шешім қабылдау үшін еңбек мобильділігі орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4933,51 +4843,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Еңбек моибльділігі орталығы өтініш қабылданған күннен бастап бес жұмыс күні ішінде жұмысқа орналасуға субсидия беру туралы не осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4992,51 +4902,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-2-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыс берушінің шығыстарының бір бөлігін өтеу туралы немесе себептерін дәлелді негіздей отырып, оларды беруден бас тарту туралы шешім шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс берушіге жұмысқа орналасуға субсидия беруден бас тарту не жұмыс беруші шығыстарының бір бөлігін өтеу үшін мыналар негіз болып табылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5185,90 +5095,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша жұмыс беруші шығыстарының бір бөлігін өтеу не жұмыс берушіге субсидия төлеу, өңірлік квотаға қосу, қызметтік тұрғын үй беру жөніндегі талаптар көзделетін үшжақты әлеуметтік келісімшарт еңбек мобильділігі орталығы, ерікті қоныс аударуға қатысушы және жұмыс беруші арасында еңбек мобильділігі орталығы жұмысқа орналасуға субсидия төлеу немесе жұмыс берушінің шығыстарының бір бөлігін өтеу туралы шешімдер қабылданған күннен бастап екі жұмыс күні ішінде жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5287,70 +5197,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Әлеуметтік келісімшарт жасалғаннан кейін үш жұмыс күні ішінде еңбек мобильділігі орталықтары жұмыс берушінің екінші деңгейдегі банкте немесе қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органның лицензиясы негізінде жеке және заңды тұлғалардың банктік шоттарын ашуды және жүргізуді жүзеге асыратын ұйымдарда ашқан дербес шотына ақшалай төлемді аударады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5369,90 +5279,90 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Жұмыс берушінің ұсынысы бойынша әлеуметтік келісімшартта материалдық көмекті ұсыну, әлеуметтік инфрақұрылыммен қамту бөлігінде қоныс аударушылар мен қандастарды қолдаудың қосымша шаралары көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z62" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Әлеуметтік келісімшарт талаптарының орындалуын еңбек мобильділігі орталығы, мансап орталығы және жұмыс беруші бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5481,126 +5391,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkStart w:name="z64" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-параграф. Бір облыс шегінде қоныс аударуды ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-параграфтың тақырыбы жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkStart w:name="z65" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Бір облыс шегінде қоныс аудару (бұдан әрі – облысішілік қоныс аудару) облыс шегінде АЕМ-нен және экономикалық даму әлеуеті төмен моноқалалардан АЕМ-ге, экономикалық даму әлеуеті орташа және жоғары шағын және моноқалаларға, сондай-ақ мемлекеттік тұрғын үй қорынан тұрғын үймен қамтамасыз ету болған кезде немесе жұмыс берушілер, жұмысқа орналастыру немесе кәсіпкерлік бастаманы дамыту жұмыс берушілер есебінен экономикалық өсу орталықтарына жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5619,70 +5529,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Ерікті түрде қоныс аударатын адамдарды мемлекеттік қолдау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұмыскердің көшуі жұмыс берушінің қаражаты есебінен жүзеге асырылатын жағдайларды қоспағанда, адамдарға және олардың отбасы мүшелеріне материалдық көмек беруді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5729,90 +5639,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жаңа тұрғылықты жерінде жұмысқа орналасуға және кәсіпкерлік бастамашылыққа жәрдемдесуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жұмысқа орналасуға субсидиялар бере отырып, жұмыс күшінің мобильділігін арттыру үшін ерікті қоныс аудару шараларына қатысатын жұмыс берушілерде жұмысқа орналасуға жәрдемдесуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Бір облыс ішінде қоныс аударуды мемлекеттік қолдау шаралары жергілікті бюджет қаражаттары есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. АЕМ-де және экономикалық әлеуеті төмен моноқалаларда тұратын, облысішілік қоныс аударуға қатысуға ниет білдірген және жоспарлаған адамдар ерікті облысішілік қоныс аударуға қатысушылар болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5831,170 +5741,170 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Облыс шегінде қоныс аударуды жоспарлап отырған адамдар тұрғылықты жеріндегі мансап орталықтарына/ауылдық округтер әкімдіктеріне жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Мансап орталықтары және/немесе ауылдық округтердің әкімдіктері үміткерлерге облыс ішіндегі ерікті қоныс аударуға қатысу тәртібі мен шарттары және көрсетілетін мемлекеттік қолдау шаралары туралы консультация береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Ауылдық округтердің әкімдіктері бір облыс ішінде қоныс аударуға қатысуға үміткерлердің тізімін мансап орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Мансап орталықтары бір аудан ішінде және облыс шегінде көшуді жоспарлап отырған үміткерлердің тізімдерін қалыптастырады, қоныс аударуға қатысу тәртібі мен шарттары туралы консультациялар береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       56. Облыс ішінде қоныс аударуға үміткерлер келісім берген жағдайда мансап орталығына осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша мынадай құжаттарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6005,328 +5915,328 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) еңбек өтілін растайтын құжаттың көшірмесі (бар болса);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) білімі туралы құжаттың көшірмесі (бар болса) қоса бере отырып өтініш береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Мансап орталықтары құжаттарды қабылдағаннан кейін бес жұмыс күні ішінде басқа ауданға көшкісі келетіндердің өтініштерін және құжаттарын әлеуметтік қорғау және халықты жұмыспен қамту мәселелері жөніндегі жергілікті органға, бір аудан ішінде көшкісі келетіндердікін халықты жұмыспен қамту мәселелері жөніндегі аудандық (қалалық) комиссияның қарауына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Әлеуметтік қорғау және халықты жұмыспен қамту мәселелері жөніндегі жергілікті органы облыс шегінде облыстық (аудандық) маңызы бар қалаға көшкісі келетін адамдардың өтініштері мен құжаттары келіп түскен күннен бастап бес жұмыс күні ішінде оларды халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның қарауына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссиялар өтініш берген адамдардың құжаттарын қарау қорытындысы бойынша өтініштер келіп түскен күннен бастап бес жұмыс күні ішінде облыс ішінде көшетін азаматтарға қатысты қоныс аударушылар құрамына енгізу не енгізуден бас тарту туралы ұсынымдар әзірлейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссиялар ұсынымдар әзірлегеннен соң үш жұмыс күні ішінде ұсынымдарды мансап орталықтарына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік және аудандық (қалалық) комиссияның отырысы өтініштер мен құжаттар келіп түскен кезде өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Мансап орталықтары ұсынымдарды алған күннен бастап бес жұмыс күні ішінде комиссиялардың ұсынымдары негізінде өтініш берушілерді облыс ішінде қоныс аудару бойынша шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Мансап орталықтары шешім қабылданған күннен бастап бес жұмыс күні ішінде облыс ішінде қоныс аударуға қатысатын адамдарға қабылданған шешім туралы байланыс құралдары арқылы хабарлайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Мансап орталықтары халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның оң қорытынды бар үміткерге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша көшуге жолдама береді. Үміткерлердің көшуі өздігінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Еңбек мобильділігі орталықтары осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша Жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы әлеуметтік келісімшарт жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-параграф. Материалдық көмекті төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Әлеуметтік кодекстің 112-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген материалдық көмек қоныс аударушыда немесе қандаста қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу және жаңа тұрғылықты жерге келу туралы шешім болған кезде төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Еңбек ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару шараларына қатысқанға дейін соңғы 36 ай бұрын некені (ерлі-зайыптылықты) бұзған адамдар азаматтық хал актілерін жазу кітабында некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу туралы анықтаманы ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6472,1277 +6382,1077 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>67. Экономикалық мобильділік сертификаты Қазақстан Республикасының Ұлттық Банкімен бекітілген ипотекалық бағдарламасы, және (немесе) Мемлекеттік жоспарлау жүйесінің құжаттары, оның ішінде Тұрғын үй-коммуналдық инфрақұрылымды дамыту тұжырымдамасы, Қазақстан Республикасы Мемлекет басшысының тапсырмасы бойынша іске асырылатын "Наурыз" тұрғын үй бағдарламасы, сондай-ақ қаржы институттарының ипотекалық кредиттеу құралдары мен тұрғын үй құрылыс жинақ жүйесі шеңберінде осы Қағидалардың 68 және 69-тармақтарында көзделген тәртіппен және шарттармен ауылдық елді мекендерде тұрғын үйді сатып алу немесе облыстық және аудандық маңызы бар қалаларда тұрғын үй сатып алу кезінде бастапқы жарнаны төлеу үшін ипотекалық тұрғын үй несиелері бойынша беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z273" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономикалық мобильділік сертификаты қандастарға немесе қоныс аударушыларға қабылдау өңіріндегі тұрақты тұратын елді мекенде тұрғын үй сатып алу кезінде 1 625 АЕК мөлшерінде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z274" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, егер тұрғын үйдің құны экономикалық мобильділік сертификатының мөлшерінен аспайтын болса, ақшалай төлем сатып алынатын тұрғын үйдің нақты бағалау құны мөлшерінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z275" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономикалық мобильділік сертификаты бойынша төлеу үшін еңбек мобильділігі орталығы қандастар мен қоныс аударушыларды мынадай санаттар бойынша саралайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z276" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының Үкіметі айқындаған қандастар мен қоныс аударушыларды қоныстандыру үшін өңірлерде сұранысқа ие мамандықтар бойынша жұмыс істейтіндер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z277" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отбасы құрамында өтініш берушімен тұрақты бірге тұратын еңбекке қабілетті жастағы отбасы мүшелері бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z278" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) отбасы құрамында өтініш берушімен тұрақты бірге тұратын кәмелетке толмаған балалары не жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарында жалпы білім беретін немесе кәсіптік бағдарламалар бойынша күндізгі оқу нысаны бойынша оқитын балалары бар, олар он сегіз жасқа толғаннан кейін білім беру ұйымдарын бітірген уақытқа дейін (бірақ жиырма үш жасқа толғанға дейін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z279" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Қазақстан Республикасының Үкіметі айқындаған өңірлерде қандастар мен қоныс аударушыларды қоныстандыру үшін дара кәсіпкерлік қызметті жүзеге асыратындар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 67-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...99 lines deleted...]
-    </w:p>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Экономикалық мобильділік сертификаты тұрғын үй құнының 50% мөлшерінде, бірақ 1 160 АЕК-тен асырмай, отбасына, осы Қағидалардың </w:t>
-[...453 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">68. Экономикалық мобильділік сертификатын алу үшін қандастар мен қоныс аударушылар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті "Мigration.enbek.kz" порталы арқылы мыналарды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z281" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) халықты жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган берген қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешімді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z282" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екінші деңгейдегі банктердің ипотекалық тұрғын үй несиелері бойынша тұрғын үй сатып алу жағдайында қарызды беруді мақұлдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z283" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) екінші деңгейдегі банктегі тұрғын үй қарыз шарты бойынша екінші деңгейдегі банкте сатушының немесе қарыз алушының ағымдағы шоттарын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z284" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сатып алынатын жылжымайтын мүліктің сатып алу-сату шартының және бағалау актісінің көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z285" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтініш берушінің жаңа тұрғылықты жері бойынша еңбек қызметін растайтын құжаттың көшірмесін қоса бере отырып тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z286" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке басын куәландыратын құжаттар, көрсетілетін қызметті алушы мен отбасы мүшелері қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізілгенге дейін өтініш берушіде және оның отбасы мүшелерінде қоныстандыру өңірлерінде жылжымайтын мүліктің болмауы (болуы) туралы анықтаманы, көрсетілетін қызметті алушының жаңа тұрғылықты жеріндегі еңбек қызметін растайтын құжатты көрсетілетін қызметті беруші ақпараттық жүйелерден алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z287" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Мансап орталығы экономикалық мобильділік сертификаты бойынша ақшалай төлемді пайдалана отырып сатып алынатын жылжымайтын мүлік объектісін толық және мұқият қарап шыққаннан кейін фото және видео материалдармен қоса қорытынды ұсынады және оларды еңбек мобильділігі орталығына жібереді. </w:t>
-[...19 lines deleted...]
-    </w:p>
+      Мемлекеттік қызмет көрсетілген кезде көрсетілетін қызметті алушы заңмен қорғалатын құпия құрайтын мәліметтерді пайдалануға келісім береді, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, бұл мәліметтер ақпараттық жүйелерде сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z288" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушылардан ақпараттық жүйелерден алынған құжаттар мен мәліметтерді талап етуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z289" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қандас немесе қоныс аударушының жылжымайтын мүлікті жұбайынан (зайыбынан) және өзінің жақын туыстарынан, сондай-ақ алушының (өтініш берушінің) жұбайының (зайыбының) жақын туыстарынан сатып алуына экономикалық мобильділік сертификатын пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z290" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономикалық мобильділік сертификатын пайдалана отырып, меншікке ресімделген жылжымайтын мүлікті 5 (бес) жыл ішінде сатуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z291" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мансап орталықтары құжаттардың көшірмелерінің сапасын және олардың негізгі талаптар тізбесіне сәйкес өтініш беруші ұсынған түпнұсқаларға сәйкестігін қамтамасыз етеді, қандастар немесе қоныс аударушылардың экономикалық мобильділік сертификатын беру туралы өтініштері мен құжаттарын тіркеуді жүзеге асырады, сондай-ақ қандас немесе қоныс аударушы ұсынған экономикалық мобильділік сертификатын пайдалана отырып сатып алынатын жылжымайтын мүлік объектісі бойынша құжаттардың толықтығы мен дұрыстығы тұрғысынан және үш жұмыс күні ішінде салыстырып тексеруді жүзеге асырады, өтініш тіркелген күннен бастап қандастың немесе қоныс аударушының экономикалық мобильділік сертификаты бойынша ақшалай төлемді беру туралы өтінішін еңбек мобильділігі орталығына қарау үшін жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z292" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономикалық мобильділік сертификатын пайдалана отырып сатып алынатын жылжымайтын мүлік объектісі туралы ұсынылған құжаттар мен мәліметтердің дұрыстығы мен толықтығы тұрғысынан қосымша салыстыру мансап орталығы маманының мәміле объектісіне оны толық және мұқият тексеру үшін шығуын жүргізу туралы еңбек мобильділігі орталығының шешімі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z293" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Мансап орталығы экономикалық мобильділік сертификатын пайдалана отырып сатып алынатын жылжымайтын мүлік объектісін толық және мұқият қарап шыққаннан кейін фото және видео материалдармен қоса қорытынды ұсынады және оларды еңбек мобильділігі орталығына жібереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z294" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау туралы есепте белгіленген бағалау объектісінің нарықтық немесе өзге де құнының дұрыстығына қатысты дау туындаған жағдайда, соның ішінде осы объект бойынша өзге бағалау туралы есебінің болуына байланысты, Қазақстан Республикасының заңнамасына сәйкес бағалау туралы есепке сараптама жүргізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z295" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау туралы есепке қорытынды берген бағалаушылар палатасы мен осы есепке дау білдірген тұлғаның арасындағы даулар сот тәртібімен қаралады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z296" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сатып алынатын жылжымайтын мүліктің құнын бағалауға дау айту туралы талап арыз беру экономикалық мобильділік сертификатын төлеу туралы өтінішті қарау мерзімдерін тоқтата тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z297" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Еңбек мобильділігі орталығы өтініш қабылданған күннен бастап үш жұмыс күні ішінде оны қарайды және осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш берушіге экономикалық мобильділік сертификаты бойынша ақшалай төлемді беру туралы шешім шығарады не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>14-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша себептерін дәлелді негіздей отырып, оны беруден бас тарту туралы шешім қабылдайды, сондай-ақ өтініш берушіні қабылданған шешім туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z298" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мыналар:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z299" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өтініш берушінің осы тармақтың бірінші бөлігінде көзделген құжаттарды ұсынбауы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z300" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ұсынылған құжаттарда қамтылған деректердің (мәліметтердің) дұрыс екенін анықтау;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z301" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) жылжымайтын мүліктің мемлекеттік кадастрының бірыңғай ақпараттық жүйесіне алынған осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>76-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген негіздердің болуы;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z302" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қандасқа немесе қоныс аударушыға мансап орталығы берген қоныс аударуға жолдамада көрсетілген межелі елді мекеннен тыс жерлерде тұрғын үй сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z303" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) тұрғын үйді сатып алу, егер аталған тұрғын үйді бұрын қоныс аударушы немесе қандас, немесе олардың отбасы мүшелері экономикалық мобильділік сертификаты бойынша ақшалай төлем есебінен сатып алған жағдайда экономикалық мобильділік сертификатын беруден бас тартуға негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 513</w:t>
+        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z87" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      69. Еңбек мобильділігі орталықтары экономикалық мобильділік сертификаты бойынша ақшалай төлем беру туралы шешім қабылданған күннен кейін екі жұмыс күні ішінде экономикалық мобильділік сертификаты бойынша материалдық көмекті екінші деңгейдегі банктегі тұрғын үйді сатып алу немесе банк займдары туралы келісімшартқа сәйкес сатушының не қарыз алушының екінші деңгейдегі банктегі ағымдағы шотына аударады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 69-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...306 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="77"/>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Көшуге арналған субсидиялар отағасына және отбасының әрбір мүшесіне 70 АЕК мөлшерінде бір рет беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көшу шығыстарын өтеу үшін қандастар мен қоныс аударушылар осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7834,1979 +7544,1825 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z89" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">71. Тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерді төлеу жөніндегі шығыстарды өтеу ай сайын, он екі айдан көп емес тұрғын үйді сатып алу-сату шарты бойынша тұрғын үй алғанға дейін мынадай мөлшерлерде өтеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z305" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қалалық жерге қоныс аударғандар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z306" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адам үшін 20 АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z307" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбасы мүшелерінің саны екеуден төртеуге дейін болса 25 АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z308" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбасы мүшелерінің саны бес және одан көп болған кезде 30 АЕК мөлшерінде төленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z309" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ауылдық жерге қоныс аударғандар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z310" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бір адам үшін 15 АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z311" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбасы мүшелерінің саны екеуден төртеуге дейін болған кезде 18 АЕК мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z312" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отбасы мүшелерінің саны бес және одан көп болған кезде 21 АЕК мөлшерінде төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 71-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">72. Тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеуге субсидия төлеу үшін қандастар немесе қоныс аударушылар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш береді, өтінішке тұрғын үйді жалдау (жалға алу) шартының көшірмесі қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z314" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мансап орталықтары өтініштер тізбесін қалыптастырады және екі жұмыс күні ішінде тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерді төлеу бойынша шығыстарды өтеуге субсидия төлеу үшін еңбек мобильділігі орталығына жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z315" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Еңбек мобильділігі орталығы субсидияларды төлеу туралы қарап, оны төлеу не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>13-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша себептерін дәлелді негіздей отырып, беруден бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z316" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік тұрғын үй қорынан жалға берілетін және (немесе) қызметтік тұрғын үй берілген кезде және Қазақстан Республикасының азаматтары өздерінің еңбек қатынастарының сипатына байланысты міндеттерді орындау кезеңінде, оның ішінде мемлекеттік қызметшілерді ротациялауды жүзеге асыру кезінде, сондай-ақ Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысатын адамдарға қоныстануға арналған жалдау шартына сәйкес тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерді төлеу бойынша шығыстарды өтеу ұсынылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z317" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс берушілер жалдау шартына сәйкес жалдамалы және (немесе) қызметтік тұрғын үй берген кезде қандастар мен қоныс аударушыларға тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстарды өтеу ұсынылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z318" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлемдерді жүзеге асыру мынадай:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z319" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) меншік құқығында, оның ішінде экономикалық мобильділік сертификаты бойынша тұрғын үй сатып алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z320" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) алушыны жеке тұрғын үй қорынан жалға алынған, алып отырған тұрғын үйден шығару;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z321" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алушы басқа елді мекенге тұрақты тұрғылықты жерге, сондай-ақ қабылдау өңірінен тыс жерге кетуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z322" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қандастың немесе қоныс аударушының жалдау (жалдау) шартында көрсетілген мекенжай бойынша тұрмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z323" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жалға берілетін тұрғын үйді қосымша жалдауға беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z324" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бұрмаланған және жалған мәліметтер беру жағдайлары туындаған кезде тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z325" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге артық есептелген (төленген) ақы төлеу бойынша шығыстарды өтеуге субсидиялар қайтаруға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z326" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге артық есептелген (төленген) ақы төлеу бойынша шығыстарды өтеуге субсидияларды қайтару:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z327" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арызданушының өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z328" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек мобильділігі орталығының шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z329" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сот шешімі бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Материалдық көмек экономикалық мобильділік сертификатын алу үшін өтініш берілген жағдайларды қоспағанда, өңірлік квотаға енгізілген сәттен бастап алты ай мерзімнен кешіктірмей өтініш берілген жағдайда беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Экономикалық мобильділік сертификатын беруге өтініш тиісті қаржы жылы ішінде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беру мерзімі Қағидалардың осы тармағының бірінші бөлігінде көзделген мерзім өткеннен кейін үш ай ішінде берілген өтініш берушінің өтінішхаты бойынша қалпына келтіруге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке көрсетілген алты ай мерзімде материалдық көмек төлеу туралы өтініш беруге кедергі келтірген өтініш берушіге тәуелді емес мән-жайлар көрсетілген құжат және (немесе) осы мән-жайлардың болуын растайтын құжат қоса беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 73-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-1. Көшуге арналған субсидиялар, тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу, сондай-ақ экономикалық мобильділік сертификаттары түріндегі материалдық көмек төлеу туралы өтінішті қабылдаудан бас тарту үшін негіздер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш берушінің Қазақстан Республикасының заңнамасына сәйкес құжаттардың және (немесе) қолданылу мерзімі өткен құжаттардың және (немесе) көшуге субсидиялар түріндегі материалдық көмек төлемдерін тағайындау немесе тағайындаудан бас тарту туралы шешім қабылданған күнге қолданылу мерзімі аяқталатын толық емес құжаттар топтамасын ұсынуы, жалдау (жалға алу) бойынша шығыстарды өтеуі тұрғын үй, коммуналдық қызметтерге ақы төлеу, сондай-ақ экономикалық мобильділік сертификаттары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке басты куәландыратын құжат бойынша мәліметтердің (мемлекеттік ақпараттық жүйелерден алынған мәліметтермен расталатын Қазақстан Республикасының заңнамасына сәйкес оны ауыстырудан басқа) оларды тағайындау үшін қажетті құжаттармен сәйкес келмеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) көшуге субсидиялар, тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу, сондай-ақ экономикалық мобильділік сертификаттары түріндегі материалдық көмек төлемдерін тағайындауға негіздердің болмауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) осы Қағидалардың 73-2-тармағында көзделген мерзімнің аяқталуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 73-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73-2. Әлеуметтік көмек өтініш жасалған күннен бастап тағайындалады. Өтініш пен қажетті құжаттар порталда тіркелген күн әлеуметтік көмек тағайындауға өтініш жасалған күн деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 73-2-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      73-3. Қандас, қоныс аударушы Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ҚР ӘРПК) 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес еңбек мобильділігі орталығының, лауазымды тұлғаның шешіміне, іс-әрекетіне (әрекетсіздігіне) шағымдануға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым оның шешімі, іс-әрекеті (әрекетсіздігі) шағымданылатын Еңбек мобильділігі орталығына, лауазымды тұлғаға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым келіп түскен күннен бастап үш жұмыс күні ішінде оның шешімі, іс-әрекеті (әрекетсіздігі) шағымданылатын Еңбек мобильділігі орталығы, лауазымды тұлға шағымды және әкімшілік істі жоғары тұрған әкімшілік органға (бұдан әрі – шағымды қарайтын орган) жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте, шешімі, іс-әрекеті (әрекетсіздігі) шағымданылатын Еңбек мобильділігі орталығы, лауазымды тұлға, шағымдағы талаптарды толық қанағаттандыратын шешім қабылдаса немесе іс-әрекет жасаса, шағымды үш жұмыс күні ішінде шағымды қарайтын органға жібермеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымды тікелей қарайтын жоғары тұрған әкімшілік органға қандас немесе қоныс аударушының келіп түскен шағымы, оның тіркелген күнінен бастап бес жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының заңдарында өзгеше көзделмеген жағдайда, сотқа жүгіну ҚР ӘРПК 91-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес сотқа дейінгі тәртіппен шағымданғаннан кейін ғана рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 73-3-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 513</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z271" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74. Бұрын көшуге субсидия тағайындалған "Еңбек" мемлекеттік бағдарламасына қатысушылар тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу бұрын жасалған әлеуметтік келісімшарттарға сәйкес осы Қағидалардың шарттарына сәйкес төлем алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">75. Алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76. "Дипломмен ауылға!" бағдарламасына қатысушыда, сондай-ақ қандаста немесе қоныс аударушыда және оның отбасы мүшелерінде жаңа тұрғылықты жері бойынша соңғы бес жыл ішінде меншік құқығындағы тұрғынжайы не соңғы алты айдан астам мерзімге коммуналдық тұрғын үй қорынан тұрақты пайдалануындағы тұрғынжайы болған жағдайда жаңа тұрғылықты жері бойынша тұрғынжай, қызметтік тұрғынжай не жатақхана бөлмесі және экономикалық мобильділік сертификат бойынша ақшалай төлем берілмейді, тұрғынжайды жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстар өтелмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      71-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 76-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z232" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      76-1. Қандастардың немесе қоныс аударушылардың және олардың отбасы мүшесі (мүшелері) (бар болса) Қазақстан Республикасының Үкіметі айқындаған өңірлердің шегінен тыс жерге бес жыл ішінде өз бетінше ішкі көшіп-қонған жағдайларда қандастарға немесе қоныс аударушыларға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) төленген материалдық көмекті қайтару:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z233" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) алушының (алушылардың) материалдық көмекті қайтару туралы өтініші;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z234" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) еңбек мобильділігі орталығының қандастар немесе қоныс аударушылар және олардың отбасы мүшесі (мүшелері) (бар болса) алған материалдық көмекті ерікті түрде қайтару туралы хабарламасы (наразылығы) (бұдан әрі – хабарлама);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z235" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) алынған материалдық көмек сомасын бюджетке өтеу туралы сот шешімі негіздемелер болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+        <w:t xml:space="preserve">      Ескерту. Қағидалар 76-1-тармақпен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 30.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 169</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>қолданысқа</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1809 lines deleted...]
-    <w:bookmarkStart w:name="z236" w:id="87"/>
+    <w:bookmarkStart w:name="z236" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       76-2. Еңбек мобильділігі орталықтары қандастың немесе қоныс аударушының және олардың отбасы мүшесінің (мүшелерінің) Қазақстан Республикасының Үкіметі айқындаған өңірлерден тыс жерлерге өз бетінше кету фактісі анықталған (расталған) күннен бастап үш жұмыс күні ішінде қандасқа немесе қоныс аударушыға және олардың отбасы мүшелеріне (мүшелері) (бар болса) материалдық көмекті ерікті түрде қайтару туралы хабарламаларды (наразылықтар) жібереді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9825,70 +9381,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z237" w:id="88"/>
+    <w:bookmarkStart w:name="z237" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76-3. Қандас немесе қоныс аударушы және олардың отбасы мүшесі (мүшелері) хабарламаны алған күннен бастап он бес жұмыс күні ішінде алты айдан аспайтын қайтару мерзімін көздейтін жазбаша жауапты адресатқа ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkEnd w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9907,110 +9463,110 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z238" w:id="89"/>
+    <w:bookmarkStart w:name="z238" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76-4. Қандасқа немесе қоныс аударушыға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) осы Қағидаларға 2-қосымшамен бекітілген Әлеуметтік келісімшарттың 8-тармағынан туындайтын талаптарды еңбек мобильділігі орталығы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z239" w:id="90"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z239" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қандас немесе қоныс аударушы және олардың отбасы мүшесі (мүшелері) шағымды қанағаттандырудан толық немесе ішінара бас тартқан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z240" w:id="91"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z240" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не олардан берілген хабарламаға (наразылыққа) жауап алмаған жағдайларда еңбек мобильділігі орталықтарымен хабарлама (наразылық) жіберілген сәттен бастап жиырма жұмыс күні өткеннен кейін сот органдарына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10029,70 +9585,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z241" w:id="92"/>
+    <w:bookmarkStart w:name="z241" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76-5. Қандастарға немесе қоныс аударушыларға және олардың отбасы мүшесіне (мүшелеріне) (бар болса) төленген материалдық көмекті қайтару жергілікті бюджет кірісіне жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10111,88 +9667,88 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
+    <w:bookmarkStart w:name="z95" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-параграф. Қоныс аударушылар мен қандастар үшін тұрғын үй сатып алу (құнын төлеп алу) және(немесе) салу, сондай-ақ коныс аударушылар мен қандастар үшін тұрғын үй сатып алуды және(немесе) салуды қаржыландыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z96" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Тұрғын үй қатынастары саласындағы функцияларды жүзее асыратын жергілікті атқарушы орган қоныс аударушылар мен қандастарды тұрғын үймен қамтамасыз ету үшін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірыңғай үлгілік жоба бойынша тұрғын үй салуды, тұрғын үйді, оның ішінде өз қаражаты есебінен тұрғын үй салған жұмыс берушілерден сатып алуды (құнын төлеп алуды);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10221,166 +9777,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) тұрғын үй және инженерлік-коммуникациялық инфрақұрылымды салу үшін жер учаскелерін бөлуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) инженерлік инфрақұрылым объектілерін салуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
+    <w:bookmarkStart w:name="z97" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Қандастар мен қоныс аударушылар үшін тұрғын үйдің қажетті саны Қазақстан Республикасының Стратегиялық жоспарлау және реформалар жөніндегі агенттігі Ұлттық статистика бюросының деректері бойынша тиісті жылға арналған қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасы белгіленгенге дейін соңғы 5 жылда орта есеппен қалыптасқан үй шаруашылықтарының орташа мөлшеріне байланысты айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z98" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Тұрғын үй саны қандастар мен қоныс аударушылар санын өңірлік квотада белгіленген үй шаруашылықтарының орташа мөлшеріне бөлу жолымен бірлікпен айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте егер үйлердің жалпы саны оннан көп немесе одан аз болса, бүтін бірлікке дейін дөңгелектеу қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="97"/>
+    <w:bookmarkStart w:name="z99" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       80. Бірыңғай үлгілік жоба бойынша тұрғын үй құрылысы жұмыс берушілер тарапынан қоса қаржыландырылған кезде жүзеге асырылады, бұл ретте жұмыс беруші тұрғын үй құнының кемінде 15%-ын қоса қаржыландырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қоса қаржыландыру туралы шешімді сәулет, қала құрылысы, құрылыс және мемлекеттік сәулет-құрылыс бақылау және қадағалау істері жөніндегі жергілікті атқарушы орган қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z100" w:id="98"/>
+    <w:bookmarkStart w:name="z100" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       81. Жұмыс берушілердің тарапынан қоса қаржыландырған жағдайда сәулет, қала құрылысы, құрылыс және мемлекеттік сәулет-құрылыс бақылау және қадағалау істері жөніндегі жергілікті атқарушы орган мен жұмыс беруші мынадай талаптарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тұрғын үйді бірлесіп салу тәртібін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10391,288 +9947,288 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қоныс аударатын азаматтарды міндетті түрде жұмысқа орналастыруды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жұмыс берушінің қоса қаржыландыру мөлшерін көздейтін ниет шартын жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z101" w:id="99"/>
+    <w:bookmarkStart w:name="z101" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       82. Заңнамада белгіленген тәртіппен мердігерді және объектінің түпкілікті құнын айқындағаннан кейін бюджеттік бағдарламалардың әкімшісі, мердігер және жұмыс беруші тұрғын үй құрылысы және жұмыс берушінің қоса қаржыландыру шарттары туралы үшжақты шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z102" w:id="100"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z102" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       83. Тұрғын үй сатып алу (құнын төлеп алу) және(немесе салу), инженерлік инфрақұрылым объектілерін салу жергілікті атқарушы органдарға республикалық бюджеттен берілетін ағымдағы нысаналы трансферттер, нысаналы даму трансферттері есебінен қаржыландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z103" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       84. Жергілікті атқарушы органдар осы міндетті іске асыру үшін жергілікті бюджет қаражатын және Қазақстан Республикасының заңнамасында тыйым салынбаған басқа да көздерді тартады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z104" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       85. Жергілікті атқарушы органдар заңнамаға сәйкес тұрғын үй салуға жер учаскелерін бөлуді, жобалық-сметалық құжаттама әзірлеуді, мемлекеттік сараптама өткізуді, қосуға техникалық шарттар беруді, сондай-ақ егжей-тегжейлі жоспарлау жобасына және жергілікті бюджет қаражаты есебінен аумақтарды салу жоспарына сәйкес инженерлік-коммуникациялық инфрақұрылымды тартуды және қосуды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z105" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       86. Тапсырыс беруші салынған немесе сатып алынған (құнын төлеп алынған) объектіні қабылдауды және пайдалануға беруді ол толық дайын болған кезде жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Объектіні бұзушылықтармен және құрылыстық кемшіліктермен пайдалануға қабылдаған жағдайда объектіні пайдалануға қабылдауға қатысушылар "Қазақстан Республикасындағы сәулет, қала құрылысы және құрылыс қызметі туралы" Қазақстан Республикасының 2001 жылғы 16 шілдедегі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:bookmarkStart w:name="z106" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       87. Тұрғын үйді пайдалануға беру актісін алғанға дейін тұрғын үйді сатып алуды (сатып алуды) түпкілікті қаржыландыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z107" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Тұрғын үй сатып алынғаннан (сатып алынғаннан) және (немесе) пайдалануға берілгеннен кейін тұрғын үй қатынастары саласындағы функцияларды жүзеге асыратын жергілікті атқарушы органның балансына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z108" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       89. Тұрғын үй әлеуметтік келісімшарт жасалған жағдайда беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z109" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       90. Құрылыс және тұрғын үй-коммуналдық шаруашылық мәселелері жөніндегі жергілікті атқарушы орган, жұмыс беруші және қандас немесе қоныс аударушы арасында 20 жыл мерзімге тұрғын үй бере отырып, жалға алу шарты жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z110" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       91. Әлеуметтік келісімшарт шарттары сақталғанда, бес жыл тұру мерзімі аяқталған соң, мынадай кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сатып алынған кездегі тұрғын үйдің баланстық құнынан қалған соманы біржолғы төлеммен енгізген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10703,524 +10259,452 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Қызметтік тұрғын үйлер "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңы 109 бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> үшінші бөлігіне сәйкес жекешелендіреді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:bookmarkStart w:name="z111" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       92. Нақты тұрған кезеңінде төленген жалға алу төлемдерінің бұдан бұрын енгізілген сомалары тұрғын үй құнының есебіне қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z112" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       93. 20 жылдық мерзім аяқталған соң тұрғын үйді жекешелендіру шарттарынан бас тартқан жағдайда жалға алу шарты ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z113" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       94. Қандасқа не қоныс аударушыға жергілікті атқарушы органның немесе жұмыс берушілердің қаражаты есебінен жалға берілетін тұрғын үй берілген жағдайда, тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстар өтелмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z114" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       95. Қоныс аударушылар мен қандастарға тұрғын үйді салуды қаржыландыру сәулет, қала құрылысы және құрылыс iстерi жөнiндегi уәкiлеттi орган арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z115" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       96. Қоныс аударушылар мен қандастарға тұрғын үйді сатып алуды (құнын төлеп алуды) қаржыландыру халықтың көші-қон мәселелері жөніндегі уәкілетті орган арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z116" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-параграф. Мемлекеттік тұрғын үй қорынан қызметтік тұрғын үйлерді, және жатақханалардан бөлмелерді беру және жайластыру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z117" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Жергілікті атқарушы органдардың тапсырыстары бойынша Қазақстан Республикасының Үкіметі айқындаған өңірлерге Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысатын тұлғаларға жұмыс беруші жұмыскерге тұрғынжай ұсынған жағдайды қоспағанда, тұрғын үй, қызметтік тұрғын үй және жатақханалардан бөлме беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 97-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z118" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Мемлекеттiк тұрғын үй қорынан берілетін тұрғын үй немесе жеке тұрғын үй қорынан жергiлiктi атқарушы орган жалдаған тұрғын үй әр адамға кемiнде он бес шаршы метр және он сегiз шаршы метрден аспайтын пайдалы алаң көлемінде берiледi.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z119" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      99. Қазақстан Республикасының әлеуметтік қорғау туралы заңнамасына сәйкес және қабылдаушы өңірдегі мансап орталығымен, белсенді еңбекке орналастыру шараларына қатысатын тұлғалардың арасында мемлекеттік тұрғын үй қорынан немесе жергілікті атқарушы орган арқылы жеке тұрғын үй қорынан жалға алынған тұрғын үйді жалға алу (қосымша жалға алу) туралы келісім жасалады, ол "Мемлекеттік тұрғын үй қорынан берілетін тұрғын үйлерді жекешелендіру қағидаларын бекіту туралы" Қазақстан Республикасының Үкіметінің 2013 жылғы 2 шілдедегі № 673 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысанға сәйкес рәсімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      97-тармақ жаңа редакцияда көзделген - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 99-тармақ жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 359</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...154 lines deleted...]
-    <w:bookmarkStart w:name="z120" w:id="116"/>
+    </w:p>
+    <w:bookmarkStart w:name="z120" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       100. Жатақханадан бөлмелер отыз бес жасқа дейінгі еңбекші жастарға (оның ішінде жетім балаларға және ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарының тәрбиеленушілеріне, жетім балаларға және ата-анасының қамқорлығынсыз қалған, кәмелеттік жасқа толғанға дейін ата-анасынан айырылған балаларға) олардың бұрынғы тұрған жеріне, оның ішінде облыс орталықтарында тұрғанына қарамастан беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z121" w:id="117"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z121" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Жастар, оның ішінде некеде тұрған жастар үшін жатақханалардан бөлмелер мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жасының отыз беске дейін болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11249,410 +10733,410 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жылжымайтын мүлкі жоқтығы туралы анықтаманың болуы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) екінші деңгейлі банкта шот ашу туралы анықтаманың болуы шарттарына сәйкес келгенде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="118"/>
+    <w:bookmarkStart w:name="z122" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Жастарға арналған жатақханадағы бөлмелер 10 жылға дейінгі мерзімге беріледі және жекешелендіруге жатпайды. Халықты жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның шешімі бойынша жастарға арналған жатақханадағы бөлмені жалдау шарты бес жылдан аспайтын мерзімге бір рет ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z123" w:id="119"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z123" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       103. Жастарға арналған жатақханадағы бөлме, тұрғын үй, қызметтік тұрғын үй халықты жұмыспен қамту мәселелері жөніндегі комиссия қабылдаған тұрғын үй беру туралы шешімнің және мансап орталығы мен қандас немесе қоныс аударушы арасында жасалған тұрғын үйді, қызметтік тұрғын үйді және жатақханадағы бөлмені жалдау (қосымша жалдау) туралы шарттың негізінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z124" w:id="120"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z124" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       104. Қандастың немесе қоныс аударушының немесе еңбек етуге қабілетті отбасы мүшесінің екі айдан астам қолданыстағы еңбек шарты немесе мемлекеттік қолдау көрсету туралы әлеуметтік шарты болмаған жағдайда тұрғын үйді, қызметтік тұрғын үйді, жастарға арналған жатақханадағы бөлмені жалдау (қосымша жалдау) шарты бұзылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z125" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Егер шарт жасасу туралы ұсыныс жасалған күннен бастап бес жұмыс күні ішінде қандас немесе қоныс аударушы жалдау (қосымша жалдау) шартына қол қоймаса, мансап орталығы жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді басқа қатысушыға қайта бөледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z126" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       106. Мансап орталығы жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шартын мансап орталығының (қоныстандыру жерінің) тұрғын үй комиссиясы тиісті шешім қабылдағаннан кейін бес жұмыс күні ішінде жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z127" w:id="123"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z127" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Қандас немесе қоныс аударушы жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шартының тарапы болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z128" w:id="124"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z128" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       108. Жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шарты Қазақстан Республикасының Азаматтық </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген тәртіппен екі данада жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z129" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Жастарға арналған жатақханалардан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалдау (қосымша жалдау) шартының бір данасы мансап орталығында сақталады, екіншісі өтініш берушіге беріледі және жастарға арналған жатақханадан бөлмеге, тұрғын үйге, қызметтік тұрғын үйге қоныстануға құқық беретін жалғыз құжат болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z130" w:id="126"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z130" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       110. Жалдау (қосымша жалдау) шарты күнтізбелік бір жыл мерзімге жасалады және тараптардың біреуі шарт аяқталғанға дейін күнтізбелік бір ай қалғанда жалдау (қосымша жалдау) шартының талаптарына сәйкес хабарлама (еркін нысанда) жіберген жағдайларды қоспағанда, жыл сайын (жатақханадағы бөлмені жалға алудың онжылдық мерзімі аяқталғанға дейін) автоматты түрде ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z131" w:id="127"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z131" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       111. Қандас немесе қоныс аударушы қайтыс болған жағдайда бұрын жасалған жалдау (қосымша жалдау) шарты халықты жұмыспен қамту мәселелері жөніндегі қалалық (аудандық) комиссияның келісімімен тұрғын үй комиссиясының шешімі бойынша жалға алушы отбасының кәмелетке толған мүшесімен ұзартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z132" w:id="128"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z132" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Отбасының кәмелетке толған мүшесі болмаған жағдайда жалдау (қосымша жалдау) шарты қалалық (аудандық) комиссияның келісімімен отбасының кәмелетке толмаған мүшесінің (мүшелерінің) заңды өкілдерімен жасалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z133" w:id="129"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z133" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Жалға алушының ауысуы тұрғын үйді жалдау (қосымша жалдау) шартын қайта ресімдеуге алып келеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z134" w:id="130"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z134" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Жастарға арналған жатақханадан бөлме, тұрғын үй, қызметтік тұрғын үй қандасқа немесе қоныс аударушыға бір рет қана беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z135" w:id="131"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z135" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Төтенше жағдайлардың немесе күшпен еңсеруге келмейтін (форс-мажор) өрт, жер сілкіну, су тасқыны сияқты жағдайлардың нәтижесінде жастарға арналған жатақхана, тұрғын үй, қызметтік тұрғын үй апаттық, авариялық, тұру үшін жарамсыз болып танылған жағдайда бос тұрғын үй болған кезде соған теңестірілген басқа тұрғын үй беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z136" w:id="132"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z136" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       116. Жастарға арналған жатақханадан бөлмені, тұрғын үйді, қызметтік тұрғын үйді жалға алудың ай сайынғы төлемінің мөлшерін Қазақстан Республикасы Құрылыс және тұрғын үй-коммуналдық шаруашылық істері агенттігі төрағасының 2011 жылғы 26 тамыздағы № 306 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7232 болып тіркелді) бекітілген Мемлекеттік тұрғын үй қорынан тұрғын үйді пайдаланғаны үшін төлем мөлшерін есептеу әдістемесіне сәйкес мансап орталығы айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z137" w:id="133"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z137" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Тұрғын үйді бөлудің осы тәртібі ЖҚЖК 2020 бағдарламасы, "Еңбек" мемлекеттік бағдарламасы шеңберінде бұрын салынған (сатып алынған) қызметтік тұрғын үйге және еңбек жастарына арналған жатақханаларға, сондай-ақ жергілікті бюджет қаражаты есебінен салынған және (немесе) сатып алынған тұрғын үйге және жатақханаларға қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="197"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11982,68 +11466,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z141" w:id="134"/>
+    <w:bookmarkStart w:name="z141" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы әлеуметтік келісімшарт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12254,68 +11738,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _______________________________________________________________________, </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі, жеке басты куәландыратын құжаттың сериясы, нөмірі, қашан және кім берген), екінші тараптан төмендегілер туралы осы әлеуметтік келісімшартты (бұдан әрі – Келісімшарт) жасасты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z251" w:id="135"/>
+    <w:bookmarkStart w:name="z251" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімшарттың мәні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімшарт жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу, сондай-ақ мемлекеттік қолдау шараларын көрсету мақсатында жасалды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12380,68 +11864,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мемлекеттік қолдау шараларын көрсету)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Келісімшарт Еңбек мобильділігі орталығы басшысының бұйрығы негізінде жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z252" w:id="136"/>
+    <w:bookmarkStart w:name="z252" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мансап орталығының:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13070,68 +12554,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларын Қазақстан Республикасының Үкіметі айқындаған өңірлерден тыс жерлерге өз еркімен ішкі көші-қон жағдайларында бес жыл ішінде толық көлемде мерзімінен бұрын қайтаруға құқылы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Ерікті қоныс аударуға қатысушы және оның отбасы мүшесі (мүшелері) алған мемлекеттік қолдау шараларын бюджетке қайтару бұйрықпен бекітілген жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларында көзделген тәртіппен жүзеге асырылады – Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 22 маусымдағы № 234 (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32880 болып тіркелген), вахталық әдіспен жұмысқа орналасу, әскери қызметке шақыру, осы елді мекенде тұруға мүмкіндік бермейтін ауру жағдайларын қоспағанда, ерікті түрде қоныс аударуға қатысушының отбасы мүшесін өңірден тыс жерде білім беру орындарында оқыту қоныстану орындары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z253" w:id="137"/>
+    <w:bookmarkStart w:name="z253" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Мансап орталығы мен Ерікті қоныс аударуға қатысушы осы Келісімшартта көзделген өз міндеттемелерін орындамағаны не тиісінше орындамағаны үшін Қазақстан Республикасының заңнамалық актілерінде белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13142,68 +12626,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мансап орталығы мен Ерікті қоныс аударуға қатысушы осы Келісімшартта көзделмеген жауапкершілік шаралары Қазақстан Республикасының азаматтық заңнамасының нормаларына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Осы Келісімшарттың қолданылу мерзімінің аяқталуы Мансап орталығын және Ерікті қоныс аударуға қатысушыларды осы мерзімнің аяқталуына дейін болған бұзушылық үшін жауапкершіліктен босатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z254" w:id="138"/>
+    <w:bookmarkStart w:name="z254" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Еңсерілмейтін күш жағдаяттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Мансап орталығы мен Ерікті қоныс аударуға қатысушы осы Келісімшартқа қол қойылғаннан кейін туындаған өрт, жер сілкінісі, су тасқыны және апатты құбылыстар, әскери әрекеттер сияқты төтенше жағдайларда немесе күшпен еңсеруге келмейтін жағдайларда (форс-мажор) міндеттемелерін толық немесе ішінара орындамағаны үшін жауапкершіліктен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13232,68 +12716,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Хабардар етпеу немесе уақтылы хабарламау, мұндай хабардар етпеу немесе уақтылы хабарламау тиісті форс-мажорлық жағдайлардан тікелей туындаған жағдайларды қоспағанда, Мансап орталығы мен ерікті қоныс аударуға Қатысушыны осы Келісімшарт бойынша міндеттемелердің орындалмауы үшін жауапкершіліктен босатушы негіздеме ретінде кез келген форс-мажорлық жағдайға сілтеме жасаудан айырады. Форс-мажорлық жағдайлардың басталуы немесе тоқтатылуы туралы хабарлама форс-мажорлық жағдайлар жалпыға белгілі және көпшілік сипатта болған әрі дәлелдеуді қажет етпейтін жағдайларды қоспағанда, құжатпен не мұндай жағдайдарды растайтын тиісті органның және/немесе мекеменің шешімімен расталуға тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Осы Келісімшарт бойынша міндеттемелердің орындалу мерзімі форс-мажорлық жағдайлар, сондай-ақ осы жағдайлардан туындаған салдар орын алған уақытқа тең болады. Егер форс-мажорлық жағдайлардың туындауына байланысты Мансап орталығының және Ерікті қоныс аударуға қатысушының осы Келісімшарт бойынша міндеттемелердің толық немесе ішінара орындалмауы ____ (кезеңі көрсетілсін) асатын болса, онда Мансап орталығы мен ерікті қоныс аударуға қатысушы осы Келісімшартты бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z255" w:id="139"/>
+    <w:bookmarkStart w:name="z255" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқа да жағдайлар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Келісімшартқа тараптардың келісуі бойынша қосымша келісімшартқа қол қою арқылы өзгерістер мен толықтырулар енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -13324,68 +12808,68 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Келісімшартта көзделген міндеттемелердің орындалуына мониторинг жүргізу үшін осы Келісімшартқа қол қоя отырып, Қатысушы өзінің және оның отбасы мүшелерінің дербес деректерін жинауға және өңдеуге келісім береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Осы Келісімшарт оған Еңбек мобильділігі орталығы және Ерікті қоныс аударуға қатысушы қол қойған сәттен бастап күшіне енеді және 20__ "__" ______ жылға дейін қолданылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z256" w:id="140"/>
+    <w:bookmarkStart w:name="z256" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Тараптардың мекенжайлары мен деректемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
@@ -13914,156 +13398,50 @@
               <w:t>
 ________________________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 (қолы) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14173,302 +13551,322 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:bookmarkStart w:name="z143" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 29.12.2023 </w:t>
+      Ескерту. 3-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 536</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...35 lines deleted...]
-      ____________________________________________________негізінде әрекет ететін</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________негізінде әрекет ететін</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ереже, жарғы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
-[...89 lines deleted...]
-                                        (уәкілетті өкілдің лауазымы, тегі, аты, әкесінің аты (бар болса))</w:t>
+      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (жұмыс берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      атынан_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (уәкілетті өкілдің лауазымы, тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмыс беруші ретінде ерікті өңіраралық қоныс аударуға қатысушылар құрамына қосуды және 400 АЕК мөлшерінде субсидия тағайындауды немесе тұрғын үй шығыстарын өтеуді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мәселе оң шешiлген жағдайда төмендегілер туралы:</w:t>
+       Мәселе оң шешiлген жағдайда төмендегілер туралы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ерікті түрде қоныс аударуға қатысушыны кемінде екі немесе бес жыл мерзімге тұрақты жұмысқа орналастыруға;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14539,87 +13937,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ерікті қоныс аударуға қатысушының аты-жөні</w:t>
+Ерікті қоныс аударуға қатысушының тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16171,166 +15569,50 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басшы _____________________ ________________ қолы күні</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.О. (бар болса)</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16502,179 +15784,195 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жұмыспен қамту субсидияларын төлеу туралы  ШЕШІМ</w:t>
+        <w:t xml:space="preserve"> Жұмыспен қамту субсидияларын төлеу туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ШЕШІМ "___" _____ 20___ жылғы № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 3-1-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...35 lines deleted...]
-      _____________________________ облысының Еңбек мобильділігі орталығы Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларының 36-тармағы 1-тармақшасына сәйкес субсидия төлеу туралы өтінішті қарап, төмендегі шешімді қабылдады:</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+        _____________________________ облысының Еңбек мобильділігі орталығы Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларының 36-тармағы 1-тармақшасына сәйкес субсидия төлеу туралы өтінішті қарап, төмендегі шешімді қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. ________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (жұмыс берушінің атауы)</w:t>
-      </w:r>
-[...16 lines deleted...]
-      жұмысқа орналасуға мынадай мөлшерде субсидия төленсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -16691,105 +15989,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...1 lines deleted...]
-          </w:p>
+№ р/с</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-р/с</w:t>
-[...35 lines deleted...]
-жұмыскердің (лердің) Т.А.Ә. (ЖСН)</w:t>
+жұмыскердің (лердің) тегі, аты, әкесінің аты (бар болса) (ЖСН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16817,131 +16097,127 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-субсидияның мөлшері</w:t>
-[...1 lines deleted...]
-          </w:p>
+субсидияның мөлшері (АЕК)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-(АЕК)</w:t>
-[...2 lines deleted...]
-        </w:tc>
+төлеуге сома (теңге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...34 lines deleted...]
-        </w:trPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
@@ -17026,87 +16302,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
@@ -17191,87 +16467,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
@@ -17356,87 +16632,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
@@ -17521,87 +16797,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
@@ -17686,288 +16962,158 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...30 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Жұмыс берушінің ағымдағы шотына аудару KZ ___________________</w:t>
+      жұмысқа орналасуға мынадай мөлшерде субсидия төленсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Жұмыс берушінің ағымдағы шотына аудару KZ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ______________________________________________________________ </w:t>
-[...17 lines deleted...]
-      (банктің атауын, банктің жеке сәйкестендіру нөмірін, банктің банктік </w:t>
+       (банктің атауын, банктің жеке сәйкестендіру нөмірін, банктің банктік </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәйкестендіру кодын, алушының банктік шотының нөмірін көрсету)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшының қолы _______________/ (Т.А.Ә. (бар болса)</w:t>
-[...115 lines deleted...]
-</w:t>
+      Басшының қолы _______________/ (Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -18139,161 +17285,195 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Қоныс аударушының немесе қандастың отбасына тұрғын үй беру үшін жұмыс берушінің шығыстарының бір бөлігін өтеу туралы ШЕШІМ</w:t>
+        <w:t xml:space="preserve"> Қоныс аударушының немесе қандастың отбасына тұрғын үй беру үшін жұмыс берушінің шығыстарының бір бөлігін өтеу туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ШЕШІМ 20___ жылғы "___" _____ № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 3-2-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-       20___ жылғы "___" _____ № _______</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________ облысының Еңбек мобильділігі орталығы жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде көшіру қағидаларының 36-тармағының 2) тармақшасына сәйкес субсидиялар төлеу туралы өтінішті қарап, мынадай шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1.___________________________________________________ </w:t>
-[...17 lines deleted...]
-      (жұмыс берушінің атауы)</w:t>
+      1.____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (жұмыс берушінің атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қоныс аударушының немесе қандастың отбасына тұрғын үй беру үшін жұмыс берушінің шығыстарының бір бөлігі мынадай сомада төленсін:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -18345,87 +17525,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с</w:t>
+р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-жұмыскердің (лердің) Т.А.Ә. (ЖСН)</w:t>
+Жұмыскердің (лердің) тегі, аты, әкесінің аты (бар болса) (ЖСН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19157,105 +18337,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жұмыс берушінің ағымдағы шотына аудару KZ ________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ____________________________________________________________ </w:t>
-[...53 lines deleted...]
-      Басшының қолы_______________/(Т. А. Ә. (бар болса)</w:t>
+       ____________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (банктің атауы, банктің жеке сәйкестендіру нөмірі, банктің банктік сәйкестендіру коды, алушының банктік шотының нөмірі көрсетіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Басшының қолы_______________/ (Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19367,68 +18529,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="142"/>
+    <w:bookmarkStart w:name="z145" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу бойынша мемлекеттік қолдау көрсету туралы үшжақты әлеуметтік келісімшарт</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkEnd w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19765,68 +18927,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сәйкестендіру нөмірі, жұмыс берушінің заңды мекен-жайы) үшінші тараптар төмендегі </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       туралы осы әлеуметтік келісімшартты (бұдан әрі – Келісімшарт) жасасты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z259" w:id="143"/>
+    <w:bookmarkStart w:name="z259" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Келісімшарттың мәні</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Келісімшарт жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу, сондай-ақ мемлекеттік қолдау шараларын көрсету мақсатында жасалды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19909,68 +19071,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Ерікті қоныс аударуға қатысушыға көрсетілетін мемлекеттік қолдау шараларын көрсету)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Келісімшарт Еңбек мобильділігі орталығы басшысының 20 ___ жылғы "___" _____________ № ____ бұйрығы негізінде жасалды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z260" w:id="144"/>
+    <w:bookmarkStart w:name="z260" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Тараптардың құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Мансап орталығының:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20533,68 +19695,68 @@
         </w:rPr>
         <w:t xml:space="preserve">
       10. Әлеуметтік келісімшарттың талаптарына сәйкес, ерікті қоныс аударуға қатысушының өз еркі бойынша Қазақстан Республикасының Үкіметі айқындаған өңірлерден тыс жерлерге ішкі дербес көші-қоны жағдайында бес жыл ішінде жұмыс беруші Қазақстан Республикасының әлеуметтік </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыспен қамтуға жәрдемдесудің белсенді шараларына қатысушыларға көзделген мемлекеттік қолдау шараларын толық көлемде мерзімінен бұрын қайтаруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z261" w:id="145"/>
+    <w:bookmarkStart w:name="z261" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Тараптардың жауапкершілігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Мансап орталығы, Ерікті қоныс аударуға қатысушы және жұмыс беруші осы Келісімшартта көзделген өз міндеттемелерін орындамағаны не тиісінше орындамағаны үшін Қазақстан Республикасының заңнамалық актілерінде белгіленген жауаптылықта болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20623,68 +19785,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мансап орталығының мен Ерікті қоныс аударуға қатысушылармен жұмыс берушілердің осы Келісімшартта көзделмеген жауапкершілік шаралары Қазақстан Республикасының азаматтық заңнамасының нормаларына сәйкес қолданылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Осы Келісімшарттың қолданылу мерзімінің аяқталуы Мансап орталығын Ерікті қоныс аударуға қатысушыды және жұмыс берушіні осы мерзімнің аяқталуына дейін болған оны бұзғаны үшін жауапкершіліктен босатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z262" w:id="146"/>
+    <w:bookmarkStart w:name="z262" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Еңсерілмейтін күш жағдаяттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkEnd w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мансап орталығы Ерікті қоныс аударуға қатысушы және жұмыс беруші осы Келісімшартқа қол қойылғаннан кейін туындаған өрт, жер сілкінісі, су тасқыны және апатты құбылыстар, әскери әрекеттер сияқты төтенше жағдайларда немесе күшпен еңсеруге келмейтін жағдайларда (форс-мажор) міндеттемелерін толық немесе ішінара орындамағаны үшін жауапкершіліктен босатылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20731,122 +19893,122 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Хабардар етпеу немесе уақтылы хабарламау, Жұмыспен қамту орталығыны Ерікті қоныс аударуға қатысушыны және жұмыс берушіні мұндай хабардар етпеу немесе уақтылы хабарламау тиісті форс-мажорлық жағдайлардан тікелей туындаған жағдайларды қоспағанда, осы Келісімшарт бойынша міндеттемелердің орындалмауы үшін жауапкершіліктен босатушы негіздеме ретінде кез келген форс-мажорлық жағдайға сілтеме жасаудан айырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Осы Келісімшарт бойынша міндеттемелердің орындалу мерзімі форс-мажорлық жағдайлар, сондай-ақ осы жағдайлардан туындаған салдар орын алған уақытқа тең болады. Егер форс-мажорлық жағдайлардың туындауына байланысты Мансап орталығының, Ерікті қоныс аударуға қатысушынының және жұмыс берушінің осы Келісімшарт бойынша міндеттемелердің толық немесе ішінара орындауының мүмкін болмауы _____ (кезеңі көрсетілсін) асатын болса, онда осы Келісімшартты бұзуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z263" w:id="147"/>
+    <w:bookmarkStart w:name="z263" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқа да жағдайлар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Келісімшартқа тараптардың келісімі бойынша қосымша әлеуметтік келісімшартқа қол қою арқылы өзгерістер мен толықтырулар енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Осы Келісімшарт оған Мансап орталығы, Ерікті қоныс аударуға қатысушы және жұмыс беруші қол қойған сәттен бастап күшіне енеді және 20__ жылғы "__" ______ дейін қолданылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z264" w:id="148"/>
+    <w:bookmarkStart w:name="z264" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Тараптардың мекенжайлары мен деректемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkEnd w:id="212"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -21713,156 +20875,50 @@
               <w:t>
 __________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (қолы) М.О. (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...104 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22049,51 +21105,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ауданының (қаласының) мансап </w:t>
+              <w:t>ауданының (қаласының) мансап</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>орталығының директорына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -22120,68 +21176,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="149"/>
+    <w:bookmarkStart w:name="z147" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ерікті облысішілік қоныс аударуға қатысушылар қатарына қосу туралы өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 5-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мені/мені және менің отбасымының мүшелерін ерікті облысішілік қоныс аударуға қатысушылар қатарына қосуыңызды өтінемін</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -22284,51 +21398,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә. (бар болса)</w:t>
+Тегі, аты, әкесінің аты</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22654,51 +21786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә.</w:t>
+Тегі, аты, әкесінің аты</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -22816,51 +21948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұру мекен-жайы</w:t>
+Тұру мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -23470,275 +22602,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінішке мынадай құжаттарды қоса беремін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _________________________________________________________________________;</w:t>
-[...71 lines deleted...]
-      менің дербес деректерімді жинауға және өңдеуге өз келісімімді беремін.</w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осымен ерікті облысішілік қоныс аударуға қатысушылар қатарына қосу үшін қажетті менің дербес деректерімді жинауға және өңдеуге өз келісімімді беремін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20 ___ "___" ___________ _________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ( өтініш берушінің қолы )</w:t>
-[...115 lines deleted...]
-</w:t>
+                         ( өтініш берушінің қолы )</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -23850,102 +22848,178 @@
               </w:rPr>
               <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Нысан </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z149" w:id="150"/>
+    <w:bookmarkStart w:name="z149" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қоныс аударуға №___ жолдама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-[...11 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қатысушы _______________________________________________________________ </w:t>
-[...17 lines deleted...]
-      _________________________________________________________________________</w:t>
+      Ескерту. 6-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатысушы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (тегі, аты, әкесінің аты (бар болса), жеке сәйкестендіру нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -23954,142 +23028,160 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өңірлік комиссияның 20 ___ жылғы "____" ________________ №____ шешіміне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      __________________________________________________________________________</w:t>
+        <w:t>
+      сәйкес</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       (елді мекеннің/ауданның/облыстың атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-      (кәсіп/мамандық атауы)</w:t>
+        <w:t>
+      тұру және __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+                         (кәсіп/мамандық атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мамандығы (кәсібі) бойынша жұмысқа орналасу үшін жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24179,51 +23271,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә. (бар болса)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24323,51 +23415,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұру мекен-жайы</w:t>
+Тұру мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -25388,70 +24480,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мансап орталығының директоры</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...18 lines deleted...]
-                  (тегі, аты, әкесінің аты (бар болса))                   (қолы)</w:t>
+        <w:t>
+      _________________________________________________-(тегі, аты, әкесінің аты (бар болса)) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Берілген күні __________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -25461,51 +24535,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.О.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ------------------------------------------------------------------------------------------------------------- </w:t>
+      ------------------------------------------------------------------------------------------------------- </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (кесу сызығы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -25532,88 +24606,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       № ____ жолдамаға хабарлама</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...36 lines deleted...]
-      __________________________________________________________________________ </w:t>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (қоныстанған аудан/қала, облыстың мансап орталығы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -25718,51 +24792,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т.А.Ә. (бар болса)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25989,420 +25063,250 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      20 __ жылғы "___"___________ жасалған № ________ әлеуметтік келісімшартқа сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (20_ жылғы________ № ___ бұйрық) ерікті облысішілік қоныс аударуға қатысушы болып табылады және оған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (елді мекеннің/ауданның/облыстың атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (жұмыс берушінің атауы, заңды мекенжайы, байланыс телефондары)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кейіннен жұмысқа орналасумен тұрғын үй, қызметтік тұрғын үй, жатақханадан бөлме, тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеуге субсидия беріледі (қажеттінің астын сызу).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мансап орталығының директоры</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      20 __ жылғы "___"___________ жасалған № ________ әлеуметтік келісімшартқа сәйкес </w:t>
-[...215 lines deleted...]
-      (тегі, аты, әкесінің аты (бар болса (қолы)</w:t>
+       ________________________________ ___________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Тегі, аты, әкесінің аты (бар болса)) (қолы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Күні __________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       М.О.</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -26704,104 +25608,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тегі, аты, әкесінің аты</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="151"/>
+    <w:bookmarkStart w:name="z151" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 7-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      Ескерту. 7-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маған, тұрғын үйді меншікке сатып алу құқығын іске асыру үшін материалдық көмек түріндегі экономикалық мобильділік сертификаты бойынша тиесілі соманы төлеуді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -26811,653 +25735,501 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Экономикалық мобильділік сертификаты:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - құрылыс үшін _____________________________________________ пайдаланылады;</w:t>
-[...107 lines deleted...]
-      - ипотекалық тұрғын үй заемы бойынша бастапқы жарнаның бір бөлігін жабу үшін</w:t>
+      (дұрыс таңдау және астын сызу)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - тұрғын үй сатып алу үшін____________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ипотекалық тұрғын үй заемы бойынша бастапқы жарна үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       (екінші деңгейдегі банктің атауы, банктің жеке сәйкестендіру нөмірі, банктің  банктік сәйкестендіру коды, алушының Жеке шотының нөмірі көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғын үй мекенжайы: қала (аудан, ауыл), көше, үй.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтінішке мынадай құжаттар қоса беріледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) халықты жұмыспен қамту мәселелері жөніндегі жергілікті атқарушы орган берген қандастар мен қоныс аударушыларды қабылдаудың өңірлік квотасына енгізу туралы шешім;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) екінші деңгейдегі банктердің ипотекалық тұрғын үй қарыздары бойынша тұрғын үйді сатып алған жағдайларда қарыз беруді мақұлдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тұрғын үй қарызы шартына сәйкес екінші деңгейдегі банктегі сатушының не қарыз алушының ағымдағы шоты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сатып алынатын жылжымайтын мүлікке арналған сату-сатып алу шартының алдын ала келісімі және бағалау актісінің көшірмелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ___________________________________________________________ </w:t>
+      5) өтініш берушінің жаңа тұрғылықты жеріндегі еңбек қызметін растайтын құжаттың көшірмелері; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______ __________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      (екінші деңгейдегі банктің атауы, банктің жеке сәйкестендіру нөмірі, банктің </w:t>
-[...269 lines deleted...]
-      Кандастың немесе/және қоныс аударушының мәлімдемесі</w:t>
+      (күні) (қолы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттар қабылданды: 20____ жылғы "____" ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Құжаттарды қабылдаған лауазымды адамның тегі, аты, әкесінің аты</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (бар болса) қолы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қандастың немесе/және қоныс аударушының мәлімдемесі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________ қоса берілген құжаттармен бірге</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ______ дана қабылданды 20___ жылғы "_____"__________.</w:t>
+      ______ дана қабылданды 20___ жылғы "_____" __________.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____ _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Құжаттарды қабылдаған лауазымды адамның Т.А.Ә. (бар болса) қолы</w:t>
-[...115 lines deleted...]
-</w:t>
+       Құжаттарды қабылдаған лауазымды адамның тегі, аты, әкесінің аты (бар болса) қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -27759,104 +26531,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">тегі, аты, әкесінің аты </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="152"/>
+    <w:bookmarkStart w:name="z153" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 8-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      Ескерту. 8-қосымша жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 513</w:t>
+        <w:t>№ 359</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көшуге субсидиялар төлеу және (немесе) тұрғын үйді жалдау (жалға алу) және коммуналдық қызметтерге ақы төлеу жөніндегі шығыстарды өтеу туралы өтініш</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -27961,51 +26753,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т. А. Ә. (бар болса)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28331,51 +27123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Т. А. Ә. (бар болса)</w:t>
+Тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29540,106 +28332,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       _____________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      (банк атауы, жеке сәйкестендіру нөмірі, банктің сәйкестендіру коды мекенжайы, дербес шотының нөмірі көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      (банк атауы, жеке сәйкестендіру нөмірі, банктің банктік сәйкестендіру </w:t>
-[...53 lines deleted...]
-                  (нақты тұрғылықты мекенжайы, (өңір, қала / аудан, елді мекен, көше, үй, пәтер)</w:t>
+       бойынша тұрамын _____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (нақты тұрғылықты мекенжайы, (өңір, қала / аудан, елді мекен, көше, үй, пәтер)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Өтінішке мынадай құжаттар қоса беріледі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -29667,51 +28441,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тұрғын үйді жалдау шарты.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       ____________________________________________</w:t>
+      ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -30142,191 +28916,75 @@
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көшуге арналған субсидиялар, тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды өтеу, сондай-ақ экономикалық ұтқырлық сертификаттары түріндегі материалдық көмек төлеуге өтінішті қабылдаудан бас тарту туралы  ҚОЛХАТ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 10-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
-[...6 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve">
+      Ескерту. 10-қосымша алып тасталды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.03.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...104 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -30498,143 +29156,165 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Экономикалық мобильділік сертификаты бойынша ақшалай төлем түрінде материалдық көмек төлеу туралы  ШЕШІМ</w:t>
+        <w:t xml:space="preserve"> Экономикалық мобильділік сертификаты бойынша материалдық көмек төлеу туралы ШЕШІМ 20_ жылғы "___" _№ _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 11-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-      20___ жылғы "___" _____ № _______</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________ облыстарының еңбек мобильділігі орталығы Жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде көшіру қағидаларының 68-тармағына сәйкес субсидиялар төлеу туралы өтінішті қарап, мынадай шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Өтініш берушіге экономикалық ұтқырлық сертификаты бойынша ақшалай төлемдерді__________________ (сомасы жазбаша) теңге мөлшерінде төленсін.</w:t>
+       1. Өтініш берушіге экономикалық мобильділік сертификаты бойынша материалдық көмек __________________ (сомасы жазбаша) теңге мөлшерінде төленсін.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -30650,87 +29330,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш берушінің және оның отбасы мүшелерінің (бар болса) Т.А.Ә (бар болса)</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және оның отбасы мүшелерінің (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -31405,167 +30085,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (банктің атауы, банктің БСН, Банктің БСК, алушының банктік шотының нөмірі көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшының қолы _______________/(Т.А.Ә. (бар болса)</w:t>
-[...115 lines deleted...]
-</w:t>
+      Басшының қолы _______________/(Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31737,107 +30301,141 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Материалдық көмек төлеу түрінде көшуге субсидия туралы  №__ ШЕШІМ</w:t>
+        <w:t xml:space="preserve"> Материалдық көмек төлеу түрінде көшуге субсидия туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ШЕШІМ 20___ жылы "___" _____ № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 12-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-       20___ жылы "___" _____ № _______</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________ облыстарының еңбек мобильділігі орталығы жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларының 70-тармағына сәйкес субсидиялар төлеу туралы өтінішті қарап, мынадай шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -31889,87 +30487,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с№</w:t>
+№ р/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш берушінің және оның отбасы мүшелерінің Т.А.Ә (бар болса) (бар болса)</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және оның отбасы мүшелерінің (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32719,167 +31317,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (банктің атауы, банктің БСН, Банктің БСК, алушының банктік шотының нөмірі көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшының қолы _______________/( тегі, аты, жөні (болған кезде)</w:t>
-[...115 lines deleted...]
-</w:t>
+      Басшының қолы _______________/(Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -33051,107 +31533,141 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Субсидиялар түрінде материалдық көмек тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды төлеу туралы  ШЕШІМ №__</w:t>
+        <w:t xml:space="preserve"> Субсидиялар түрінде материалдық көмек тұрғын үйді жалдау (жалға алу), коммуналдық қызметтерге ақы төлеу бойынша шығыстарды төлеу туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ШЕШІМ 20___ жылы "___" _____ № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 13-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-      20___ жылы "___" _____ № _______</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _______________________________ облыстарының еңбек ұтқырлығы орталығы жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларының 71-тармағына сәйкес субсидиялар төлеу туралы өтінішті қарап, мынадай шешім қабылдады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -33257,51 +31773,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш берушінің және оның отбасы мүшелерінің Т.А.Ә (бар болса) (бар болса)</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса) және оның отбасы мүшелерінің (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -34050,204 +32566,88 @@
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      2. KZ _______________________________ағымдағы шотына аудару </w:t>
+        <w:t>
+      2. KZ _______________________________ағымдағы шотына аудару</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (банктің атауы, банктің БСН, Банктің БСК, алушының банктік шотының нөмірі көрсетіледі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшының қолы_______________/(Т. А. Ә. (бар болса)</w:t>
-[...115 lines deleted...]
-</w:t>
+      Басшының қолы_______________/(Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -34354,107 +32754,141 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14-қосымшпа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Экономикалық мобильділік сертификаты бойынша ақшалай төлемнен бас тарту туралы ШЕШІМ</w:t>
+        <w:t xml:space="preserve"> Экономикалық мобильділік сертификаты бойынша материалдық көмектен бас тарту туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ШЕШІМ 20___ жылы "___" _____ № _______</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Қағидалар 14-қосымшамен толықтырылды - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 31.12.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 513</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-[...17 lines deleted...]
-      20___ жылы "___" _____ № _______</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); жаңа редакцияда - ҚР Еңбек және халықты әлеуметтік қорғау министрінің 14.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 359</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________облыстарының еңбек мобильділігі орталығы экономикалық мобильділік сертификаты бойынша төлем туралы өтінішті қарап шықты.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
@@ -34524,51 +32958,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өтініш берушінің ТАӘ (бар болса)</w:t>
+Өтініш берушінің тегі, аты, әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -35191,51 +33625,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жұмыс күшінің ұтқырлығын арттыру үшін адамдарды ерікті түрде қоныс аудару қағидаларының 68-тармағы жетінші бөлігінің __ тармақшасында көзделген негіздер бойынша экономикалық мобильділік сертификатын төлеуден бас тартады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Басшының қолы_______________/(Т.А.Ә. (бар болса)</w:t>
+      Басшының қолы_______________/( Тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -35368,602 +33802,602 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 234 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z157" w:id="153"/>
+    <w:bookmarkStart w:name="z157" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау және Денсаулық сақтау және әлеуметтік даму министрліктерінің күші жойылған кейбір бұйрықтары мен бұйрықтардың құрылымдық элементтер тізімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z158" w:id="154"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z158" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 14 маусымдағы № 515 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 13921 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z159" w:id="155"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z159" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарының күші жойылды деп тану туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2017 жылғы 14 ақпандағы № 8 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 14863 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z160" w:id="156"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z160" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2018 жылғы 14 маусымдағы № 242 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер мен толықтыру енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 17194 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z161" w:id="157"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z161" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" 2016 жылғы 14 маусымдағы № 515 және "Халықты жұмыспен қамтуға жәрдемдесудің кейбір мәселелері туралы" 2016 жылғы 14 маусымдағы № 516 бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің м.а. 2019 жылғы 4 қаңтардағы № 5 бұйрығының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 18161 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z162" w:id="158"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z162" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы "Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2019 жылғы 27 наурыздағы № 146 бұйрығымен бекітілген Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 18446 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z163" w:id="159"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z163" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2019 жылғы 26 тамыздағы № 461 бұйрығымен бекітілген Қазақстан Республикасының Денсаулық сақтау және әлеуметтік даму министрінің өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 19289 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z164" w:id="160"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z164" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің мен Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2020 жылғы 12 маусымдағы № 226 бұйрығымен бекітілген згерістер мен толықтырулар енгізілетін Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің мен Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 20854 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z165" w:id="161"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z165" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің, Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 11 тамыздағы № 284 бұйрығымен бекітілген Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің, Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 23990 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z166" w:id="162"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z166" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 14 маусымдағы № 515 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2022 жылғы 27 мамырдағы № 179 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 28364 болып тіркелді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z167" w:id="163"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z167" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. "Жұмыс күшінің ұтқырлығын арттыру үшін адамдардың ерікті түрде қоныс аудару қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің 2016 жылғы 14 маусымдағы № 515 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 24 ақпандағы № 57 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 31966 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z168" w:id="164"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z168" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. "Қандастарды қабылдаудың өңірлік квотасына енгізу жөніндегі комиссияның үлгілік ережесін бекіту туралы" Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрінің м.а. 2016 жылғы 6 қаңтардағы № 4 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 13013 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z169" w:id="165"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z169" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. "Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің 2021 жылғы 16 наурыздағы № 78 бұйрығымен бекітілген Қазақстан Республикасы Еңбек және халықты әлеуметтік қорғау министрінің және Қазақстан Республикасы Денсаулық сақтау және әлеуметтік даму министрі міндетін атқарушының өзгерістер енгізілетін кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілері мемлекеттік тізімінде нөмірі № 22354 болып тіркелді).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>