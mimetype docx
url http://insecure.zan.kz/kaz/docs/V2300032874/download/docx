--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b73aedc" w14:textId="b73aedc">
+    <w:p w14:paraId="b3b5821" w14:textId="b3b5821">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,462 +93,531 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Туындыларды пайдаланудың кейбiр түрлерi үшiн авторлық сыйақының ең төмен мөлшерлемелерін бекiту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Әділет министрінің 2023 жылғы 22 маусымдағы № 400 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 22 маусымда № 32874 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Әділет министрінің 2023 жылғы 22 маусымдағы № 400 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 22 маусымда № 32874 болып тіркелді.</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Авторлық құқық және сабақтас құқықтар туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса берiліп отырған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес туындыларды көпшiлiк алдында орындау жолымен пайдаланғаны үшiн авторлық сыйақының ең төмен мөлшерлемелері;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес туындыларды көпшiлiкке хабарлау жолымен пайдаланғаны үшін авторлық сыйақының ең төмен мөлшерлемелері;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес туындыларды қайта шығарғаны және (немесе) таратқаны үшiн авторлық сыйақының ең төмен мөлшерлемелері;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      4) осы бұйрыққа </w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) алып тасталды - ҚР Әділет министрінің 28.01.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-қосымшаға</w:t>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес дыбыстау-бейнелеу туындыларын автордың келісімінсіз жеке мақсатта қайта шығарғаны үшін авторлық сыйақының ең төмен мөлшерлемелері бекiтiлсiн.</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа өзгеріс енгізілді - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы бұйрыққа қоса беріліп отырған авторлық сыйақының мөлшерлемелері туындыларды оларда белгiленген пайдалану түрлерi үшiн ең төмен болып табылады деп белгiленсiн. Сыйақының мөлшерiн, оны төлеудiң тәртiбi мен мерзiмдерiн тараптар авторлармен, олардың құқықтық мирасқорларымен не авторлардың мүлiктiк құқықтарын ұжымдық негізде басқаратын ұйыммен жасалатын авторлық немесе лицензиялық шартта белгiлейдi.</w:t>
+      2. Осы бұйрыққа қоса беріліп отырған авторлық сыйақының мөлшерлемелері туындыларды оларда белгiленген пайдалану түрлерi үшiн ең төмен болып табылады деп белгiленсiн. Сыйақының мөлшерiн, оны төлеудiң тәртiбi мен мерзiмдерiн тараптар авторлармен, олардың құқықтық мирасқорларымен не авторлардың құқықтарды ұжымдық басқару жөніндегі ұйыммен жасалатын авторлық немесе лицензиялық шартта белгiлейдi.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Әділет министрлігінің Зияткерлік меншік құқығы департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Әділет министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Әділет вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -968,68 +1037,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 400 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Туындыларды көпшiлiк алдында орындау жолымен пайдаланғаны үшiн авторлық сыйақының ең төмен мөлшерлемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -16609,70 +16678,70 @@
               <w:t>
 1,5 АЕК</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,5 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураның толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЕК - айлық есептік көрсеткіш</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -16782,68 +16851,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 400 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Туындыларды көпшiлiкке хабарлау жолымен пайдаланғаны үшiн авторлық сыйақының ең төмен мөлшерлемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17458,68 +17527,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 400 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Туындыларды қайта шығарғаны және (немесе) таратқаны үшiн авторлық сыйақының ең төмен мөлшерлемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -17999,70 +18068,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 АЕК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатураның толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       АЕК - айлық есептік көрсеткіш</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -18172,497 +18241,122 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 400 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дыбыстау-бейнелеу туындыларын автордың келісімінсіз жеке мақсатта қайта шығарғаны үшін авторлық сыйақының ең төмен мөлшерлемелері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...409 lines deleted...]
-    </w:tbl>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Алып тасталды - ҚР Әділет министрінің 28.01.2026 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 84</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -18670,55 +18364,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>