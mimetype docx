--- v0 (2025-12-28)
+++ v1 (2026-03-14)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e3cf3ae" w14:textId="e3cf3ae">
+    <w:p w14:paraId="c850f2e" w14:textId="c850f2e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,93 +94,185 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Медиаторларды даярлау бағдарламасы бойынша оқытудан өткізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ақпарат және қоғамдық даму министрінің 2023 жылғы 14 маусымдағы № 244-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 20 маусымда № 32854 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ақпарат және қоғамдық даму министрінің 2023 жылғы 14 маусымдағы № 244-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 20 маусымда № 32854 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z0" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Медиация туралы" Қазақстан Республикасы Заңының 9-бабы 4-тармағының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
+      "Медиация туралы" Қазақстан Республикасының Заңы 9-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына және "Қазақстан Республикасының Мәдениет және ақпарат министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 қазандағы № 866 қаулысымен бекітілген Қазақстан Республикасының Мәдениет және ақпарат министрлігі туралы ереженің 15-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>87) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 696-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Медиаторларды даярлау бағдарламасы бойынша оқытудан өткізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -577,773 +670,1993 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2023 жылғы 14 маусымдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 244-НҚ Бұйрығымен</w:t>
+              <w:t>№ 244-НҚ бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медиаторларды даярлау бағдарламасы бойынша оқытудан өткізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Премьер-Министрінің орынбасары - Мәдениет және ақпарат министрінің 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 696-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Медиаторларды даярлау бағдарламасы бойынша оқытудан өткізу қағидалары (бұдан әрі – Қағидалар) "Медиация туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 9-бабы 4-тармағының </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> екінші бөлігінде көзделген жағдайларда ауыр қылмыстар туралы істер бойынша қылмыстық сот ісін жүргізу барысында қаралатын даулар (жанжалдар) реттеу саласында кәсіпқой медиаторларды даярлау тәртібін айқындайды.</w:t>
+      1. Осы медиаторларды даярлау бағдарламасы бойынша оқытудан өткізу қағидалары (бұдан әрі – Қағидалар) "Медиация туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 9-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына және "Қазақстан Республикасының Мәдениет және ақпарат министрлігінің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2023 жылғы 4 қазандағы № 866 қаулысымен бекітілген Қазақстан Республикасы Мәдениет және ақпарат министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>87) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және медиаторларды даярлау бағдарламасы бойынша оқытудан өткізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z12" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидалар кәсіпқой медиатор мәртебесін алу, медиатордың біліктілігін арттыру көздейді және Заңға сәйкес медиаторларды кәсіби даярлауды және олардың біліктілігін арттыруды жүзеге асыратын медиаторлар ұйымдардың (бұдан әрі – медиаторлар ұйымдары) медиаторларды кәсіби даярлау және біліктілігін арттыру жөніндегі оқу бағдарламаларын әзірлеуіне және бекітуіне негіз болып табылады.</w:t>
+      2. Осы Қағидалар медиаторлар ұйымдарының кәсіби медиаторлар мен медиаторлар жаттықтырушыларын даярлау жөніндегі бағдарламаларды әзірлеуі және бекітуі үшін негіз болады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z13" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 2-тарау. Медиаторларды даярлау бағдарламасы бойынша оқудан өту тәртібі</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда келесі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z14" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Кәсіпқой медиаторларды даярлау осы Қағидалардың талаптарына сәйкес әзірленген медиаторлар ұйымдары бекіткен бағдарламалар бойынша жүзеге асырылады.</w:t>
+      1) андрогогика – бұл ересектерді оқыту және тәрбиелеу теориясы мен практикасын зерттейтін ғылым саласы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z15" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Медиаторларды даярлау бағдарламасы бойынша оқытудың мақсаты тыңдаушылардың медиатор ретінде кәсіби негізде қызметін жүргізу үшін қажет білім мен шеберлікті алуы, дағдыларды игеруі, сондай ақ медиаторлардың біліктілігін арттыру болып табылады.</w:t>
+      2) жанжалдың медиацияға бейімділігі – бұл белгілі бір жанжалдың медиация арқылы шешуге қолайлы немесе қолайсыз болуын сипаттайтын қасиеті;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z16" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Кәсіпқой медиаторларды даярлау бағдарламасы бойынша оқыту күндізгі оқу нысаны бойынша жүзеге асырылады.</w:t>
+      3) медиатор – осы Заңның талаптарына сәйкес кәсіби немесе қоғамдық негізде медиация жүргізу үшін тараптар тартатын тәуелсіз жеке тұлға;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z17" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Оқу тобының саны 15 (он бес) адамнан аспайтын болып құрылады.</w:t>
+      4) медиация – тараптардың ерікті келісімі бойынша жүзеге асырылатын, олардың өзара қолайлы шешімге қол жеткізуі мақсатында медиатордың (медиаторлардың) жәрдемдесуімен тараптар арасындағы дауды (дау-шарды) реттеу рәсімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z18" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Медиаторларды даярлау бағдарламасы бойынша оқудан өтетін адамдар оқу кезеңінде қағаз (электронды) тасымалдағыштардағы оқу-әдістемелік материалдармен қамтамасыз етіледі.</w:t>
+      5) медиаторлар ұйымдары – медиаторлардың Қазақстан Республикасының заңнамасына қайшы келмейтін медиацияны дамыту жөніндегі ортақ мақсаттарға қол жеткізуі үшін олардың ерікті негізде бірігуі үшін құрылатын коммерциялық емес ұйымдар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z19" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Медиаторларды даярлау бағдарламасы бойынша оқытудан 25 (жиырма бес) жасқа толған жоғары білімі бар адамдар өтеді.</w:t>
+      6) медиаторларды даярлау бағдарламасы – медиатор болуға үміткер тұлғаларды арнайы оқытатын, олардың кәсіби құзіреттерін қалыптастыратын оқу курстарының мазмұны мен құрылымын сипаттайтын оқу жоспары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z20" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Медиаторларды даярлау бағдарламасы "Жалпы медиация курсы" және "Мамандандырылған медиация курсы" бағдарламаларынан тұрады.</w:t>
+      7) уәкілетті орган жанындағы медиаторлар ұйымдарымен өзара іс – қимыл жөніндегі үйлестіру кеңесі (бұдан әрі – Үйлестіру кеңесі) – медиаторлар ұйымдары ұсынған медиаторларды даярлау бағдарламаларын қарастыратын консультативтік-кеңесші орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z21" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> талаптарына сәйкес келетін кәсіпқой медиатор болғысы ниет білдірген адамдарды даярлауға арналған және көлемі кемінде 48 (қырық сегіз) сағатты құрайды.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тарау. Медиаторларды даярлау бағдарламасын бекіту тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z22" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Оқу басталғанға дейін тұлға медиаторлар ұйымына мынадай құжаттарды:</w:t>
+      4. Медиаторларды даярлау бағдарламасы келесі бағдарламалардан тұрады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z23" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) жоғары білім туралы дипломның көшірмесін (дипломның түпнұсқасы ұсынылмаған жағдайда салыстырып тексеру үшін нотариалды куәландырылған көшірмесін);</w:t>
+        <w:t xml:space="preserve">
+      1) "Медиацияның жалпы курсы" - Заңның 9-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес келген жағдайда кәсіби медиатор болуға ниет білдірген тұлғаларды даярлауға арналған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z24" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жеке басын куәландыратын құжаттардың көшірмелерін;</w:t>
+      2) "Медиацияның мамандандырылған курсы" - медиацияның нақты саласы бойынша даярлауға және кәсіби медиаторлардың біліктілігін арттыруға арналған;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) медиаторлар ұйымына ұсынылғанға дейін бір айдан аспайтын уақытта тұлғаның тұрғылықты мекенжайы бойынша берілген наркологиялық және психиатриялық диспансерлердің медициналық анықтамаларын;</w:t>
+      3) "Медиаторлар жаттықтырушыларын даярлау курсы" - медиация бойынша оқыту жүргізуге ниет білдірген медиаторлар жаттықтырушысын даярлауға арналған.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z26" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      4) медиаторлар ұйымына ұсынылғанға дейін бір айдан аспайтын уақытта тұлғаның тұрғылықты мекенжайы бойынша берілген мәліметтер қамтылған соттылығы жоқ екені туралы анықтаманы ұсынуға тиіс.</w:t>
+        <w:t xml:space="preserve">
+      5. Медиаторларды даярлау бағдарламалары медиаторлар ұйымдарымен осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысандар бойынша үлгілік оқу жоспарлары негізінде әзірленеді және Үйлестіру кеңесінің қарауына енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z27" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      11. "Мамандандырылған медиация курсы", "Жалпы медиация курсын" өткен адамдарға арналған. "Мамандандырылған медиация курсы" нақты мамандану бойынша кәсіпқой медиаторды дайындауға арналған және көлемі кемінде 50 (елу) сағатты құрайды.</w:t>
+        <w:t xml:space="preserve">
+      6. Үйлестіру кеңесі медиаторларды даярлау бағдарламалары қарауға түскен сәттен бастап 10 (он) жұмыс күнінен кеш емес мерзімде бекіту туралы шешім қабылдайды. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z28" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...50 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысандар бойынша тақырыптармен берілген.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. "Медиацияның жалпы курсы" бағдарламасы бойынша оқытудан өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z29" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      13. Медиаторларды оқыту бағдарламасы теориялық бөлікті (дәріс оқу), практикалық сабақтар, тренингтер, іскерлік ойындар өткізуді көздейді. Медиаторларды оқытудың практикалық бағытына байланысты дәріс сабақтарының көлемі сабақтардың жалпы көлемінің 40 (қырық) пайызынан аспайды.</w:t>
+        <w:t xml:space="preserve">
+      7. "Медиацияның жалпы курсы" бағдарламасы бойынша оқытудың мақсаты кәсіби негіздегі медиатор ретінде қызметті жүргізу үшін қажетті дағдыларды игеру болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z30" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      14. Медиаторларды даярлау жөніндегі 2 (екі) оқу бағдарламасының әрқайсысы қорытынды аттестаттаумен және осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысанда сертификат берумен аяқталады.</w:t>
+      8. "Медиацияның жалпы курсы" бағдарламасы бойынша оқытуды медиаторлар ұйымдары жүргізеді. Бағдарламаның көлемі кемінде 72 (жетпіс екі) академиялық сағатты құрайды және осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес теориялық бөлімді (дәрістерді), практикалық сабақтар өткізуді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Қорытынды аттестаттауды емтихан комиссиясы жүргізеді, оның құрамын оқытуды жүргізетін медиаторлар ұйымының басшысы айқындайды және медиатордың білімі мен дағдыларын тексерудің 2 (екі) деңгейін қамтиды:</w:t>
+      9. "Медиацияның жалпы курсы" бағдарламасы бойынша оқыту қашықтан және/немесе күндізгі нысанда жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z32" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      теориялық білім әңгімелесу немесе тестілеу нысанындағы емтиханда тексеріледі;</w:t>
-[...54 lines deleted...]
-      16. Қорытынды аттестаттаудың нәтижелері емтихан комиссия мүшелері қол қоятын хаттамамен ресімделеді және олар тыңдаушылардың назарына жеткізіледі.</w:t>
+      10. Оқу тобы 10 (он) адамнан аспайтын құрамда қалыптастырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z33" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. "Жалпы медиация курсы" және (немесе) "Мамандандырылған медиация курсы" оқу бағдарламалары бойынша оқудан өткен адамдарға оқытуды жүргізетін медиаторлар ұйымы оқудан өткенін растайтын құжат (сертификат) береді.</w:t>
+      11. "Медиацияның жалпы курсы" бағдарламасы бойынша оқытуға келесі тұлғалар жіберілмейді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z34" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Жалпы медиация курсы" оқу бағдарламасы бойынша сертификат алған адамдар, медиатор ретінде кәсіби негізде практикалық қызметті жүргізеді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      1) мемлекеттік функцияларды орындауға уәкілетті және оған теңестірілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z35" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      "Мамандандырылған медиация курсы" оқу бағдарламасы бойынша сертификат алған адамдар, медиатор ретінде, оның ішінде нақты мамандануы бойынша кәсіби негізде практикалық қызметті жүргізеді.</w:t>
-[...1 lines deleted...]
-    </w:p>
+      2) заңда белгіленген тәртіппен сот әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп таныған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оған қатысты қылмыстық қудалау жүзеге асырылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңда белгіленген тәртіппен өтелмеген немесе алынбаған соттылығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Оқыту басталғанға дейін тұлға келесі құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жоғары білім туралы диплом немесе цифрлық құжаттар сервисінен берілетін электрондық құжат (салыстыру үшін қажет);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке басты куәландыратын құжат, оның ішінде жеке және заңды тұлғаларға цифрлік құжаттар сервисі арқылы берілетін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Медиацияның жалпы курсы" бағдарламасы бойынша оқуға ниет білдірген тұлғалар өздерінің дербес деректерін жинауға және өңдеуге келісімді "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқытуға қабылдаудан бас тартылған жағдайда медиаторлар ұйымы бас тартудың нақты себептерін көрсете отырып, өтініш берушіге жазбаша дәлелді жауап ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. "Медиацияның мамандандырылған курсы" бағдарламасы  бойынша оқытудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқытудың мақсаты құқықтың әртүрлі салаларындағы дауларды шешу ерекшеліктері мен жанжал түрлерін ескере отырып, нақты мамандану бойынша кәсіби медиаторларды даярлау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқытудан "Медиацияның жалпы курсы" бағдарламасы бойынша оқытуды аяқтағаны туралы сертификат алған тұлғалар өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқыту осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес теориялық бөлімді (дәрістерді), практикалық сабақтарды өткізуді қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқыту қашықтан және/немесе күндізгі нысанда жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Оқу тобының саны 15 (он бес) адамнан аспайтын етіп қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Оқытуды медиаторлар ұйымдары жүргізеді, курстың көлемі осы Қағидалардың 2-қосымшасына сәйкес "Медиацияның мамандандырылған курсы" бағдарламасы бойынша үлгілік оқу жоспарының әрбір бағыты бойынша кемінде 32 (отыз екі) академиялық сағатты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқытуға келесі тұлғалар жіберілмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік функцияларды орындауға уәкілетті және оған теңестірілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңда белгіленген тәртіппен сот әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп таныған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оған қатысты қылмыстық қудалау жүзеге асырылатын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңда белгіленген тәртіппен өтелмеген немесе алынбаған соттылығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Оқыту басталғанға дейін тұлға келесі құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Медиацияның жалпы курсы" бағдарламасы бойынша оқытуды аяқтағаны туралы сертификат (салыстыру үшін сертификаттың түпнұсқасы ұсынылмаған жағдайда нотариалды куәландырылған көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке басты куәландыратын құжат немесе жеке және заңды тұлғаларға цифрлік құжаттар сервисі арқылы берілетін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3)  осы Қағидалардың 4-қосымшасына сәйкес "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқуға ниет білдірген тұлғалар өздерінің дербес деректерін жинауға және өңдеуге келісімді "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқытуға қабылдаудан бас тартылған жағдайда медиаторлар ұйымы бас тартудың нақты себептерін көрсете отырып, өтініш берушіге жазбаша дәлелді жауап ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тарау. "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы  бойынша оқытудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқытудың мақсаты медиацияны оқытуды жүзеге асыратын медиаторлар жаттықтырушыларын даярлау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Медиаторлардың жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқытуды "Медиацияның жалпы курсы" және "Медиацияның мамандандырылған курсы" бағдарламалары бойынша оқытуды аяқтағаны туралы сертификат алған тұлғалар өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқыту андрогогика негіздерін, педагогикалық шеберлікті, медиацияны оқыту әдістемесін, арнайы әдістерді көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқыту күндізгі нысанда жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Оқытуды медиаторлар ұйымдары жүргізеді, курстың көлемі осы Қағидалардың 3-қосымшасына сәйкес "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша үлгілік оқу жоспарының әрбір тақырыбы бойынша кемінде 32 (отыз екі) академиялық сағатты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z62" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқытуға келесі тұлғалар жіберілмейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік функцияларды орындауға уәкілетті және оған теңестірілген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z64" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңда белгіленген тәртіппен сотпен әрекетке қабілетсіз немесе әрекетке қабілеттілігі шектеулі деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оларға қатысты қылмыстық қуғындау жүзеге асырылып жатса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z66" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңда белгіленген тәртіппен өтелмеген немесе алынбаған соттылығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Оқыту басталғанға дейін тұлға келесі құжаттарды ұсынады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) медиатор ретінде кемінде 5 (бес) жыл үздіксіз кәсіби қызметін растайтын құжаттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      кәсіби қызметін растайтын құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      еңбек шартының көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жұмыс орнынан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Медиацияның жалпы курсы" және "Медиацияның мамандандырылған курсы" бағдарламалары бойынша оқытуды аяқтағаны туралы сертификаттар (салыстырып тексеру үшін сертификаттың түпнұсқасы ұсынылмаған жағдайда нотариалды куәландырған көшірмелері);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) біліктілікті арттыру бойынша семинарларға және (немесе) курстарға қатысу туралы кемінде 5 (бес) сертификаттың болуы. Ұсынылған сертификаттардың бірі "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқытуға дейін 1 (бір) жылдан кешіктірілмей беріледі; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z71" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) жеке басын куәландыратын құжат, оның ішінде жеке және заңды тұлғаларға цифрлық құжаттар сервисі арқылы берілетін құжат;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5)  осы Қағидалардың 4-қосымшасына сәйкес "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқуға ниет білдірген тұлғалар өздерінің дербес деректерін жинауға және өңдеуге келісімді "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оқытуға қабылдаудан бас тартылған жағдайда медиаторлар ұйымы бас тартудың нақты себептерін көрсете отырып, өтініш берушіге жазбаша дәлелді жауап ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6-тарау. Медиаторлардың біліктілігін қорытынды бағалау және сертификаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. "Медиацияның жалпы курсы", "Медиацияның мамандандырылған курсы" және "Медиаторлар жаттықтырушыларын даярлау курсы" әрбір бағдарламалары бойынша оқытуды аяқтағаннан кейін оқытуды жүргізген медиаторлар ұйымының мөрімен куәландырылған қорытынды бағалау жүргізіледі және осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша сертификат беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Емтихан комиссиясының құрамын медиаторлар ұйымының басшысы бекітеді және мыналарды көздейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) теориялық білімдерін тексеру (әңгімелесу және (немесе) тестілеу нысанындағы емтихан); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) практикалық дағдыларды тексеру (нәтижелерді бағалау). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Қорытынды бағалау нәтижелері емтихан комиссиясының мүшелері қол қоятын хаттамамен ресімделеді және медиаторларды даярлау бағдарламасы бойынша оқытудан өткен тұлғалардың назарына жеткізіледі және білім алушыларды есепке алудың арнайы журналына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бағалау нәтижелерімен келіспеген жағдайда білім алушы тұлға нәтижелерді алған сәттен бастап 5 (бес) жұмыс күні ішінде жазбаша нысанда апелляцияға тапсыруға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Апелляция 7 (жеті) жұмыс күні ішінде қаралады, қорытындысы бойынша апелляциялық комиссияның дәлелді шешімі шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. "Медиацияның жалпы курсы" бағдарламасы бойынша оқытуды аяқтағаны туралы сертификат алған тұлғалар кәсіби негіздегі медиатор ретінде практикалық қызметті жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z80" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. "Медиацияның мамандандырылған курсы" бағдарламасы бойынша оқытуды аяқтағаны туралы сертификат алған тұлғалар практикалық қызметті кәсіби негіздегі медиатор ретінде, оның ішінде белгілі бір мамандығы бар медиатор ретінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z81" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша оқытуды аяқтағаны туралы сертификат алған тұлғалар практикалық қызметті кәсіби негіздегі медиатор ретінде, оның ішінде белгілі бір мамандығы бар медиатор ретінде және медиацияны оқытуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1422,68 +2735,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудан өткізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:bookmarkStart w:name="z83" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Жалпы медиация курсы" бағдарламасы бойынша үлгілік оқу жоспары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+        <w:t xml:space="preserve"> "Медиацияның жалпы курсы" бағдарламасы бойынша үлгілік оқу жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1803,156 +3116,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дауларды баламалы шешу ұғымы және түрлері</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Конфликтология негіздері, жанжалды шешу жолдары, оларды басқару стильдері. Медиация негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -1984,51 +3301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиация ұғымы</w:t>
+Медиация ұғымы және қағидаттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2083,57 +3400,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2165,51 +3486,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиация жөніндегі Қазақстан Республикасының заңнамасы</w:t>
+Қазақстан Республикасының медиация бойынша заңнамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2264,57 +3585,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2346,51 +3671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиацияның негізгі қағидаттары</w:t>
+Шетелдік медиация тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2445,57 +3770,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -2784,87 +4113,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...35 lines deleted...]
-4</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2897,156 +4226,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиатор және медиация рәсімі</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Жанжалдың медиацияға бейімділігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3078,51 +4411,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиация рәсімін жүргізу қағидасы</w:t>
+Медиатордың рөлі, құқықтары мен міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3150,84 +4483,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3259,156 +4596,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиация рәсімінің нәтижесі</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Тараптардың мүдделерімен және қарсылықтарымен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3440,51 +4781,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиациядағы ақпарат</w:t>
+Медиациядағы келіссөздер процесінің ерекшеліктері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3512,84 +4889,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3621,159 +4966,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тараптардың мүдделерімен жұмыс істеу</w:t>
-[...107 lines deleted...]
-4</w:t>
+Вербалды емес қарым-қатынас, ымдау және іс-қимыл тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3806,160 +5151,156 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиациядағы келіссөздер процесінің ерекшеліктері</w:t>
-[...108 lines deleted...]
-            </w:r>
+Медиацияға үшінші тұлғалардың қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -3991,51 +5332,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиация рәсіміне қатысуға тараптардың өкілдерін, сарапшыларды және басқа да тұлғаларды тарту</w:t>
+Медиация рәсімінің нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4063,84 +5440,52 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4172,51 +5517,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Даушарлар ұғымы және оларды жіктеу</w:t>
+Медиативтік келісімнің орындалуы, медиатордың принциптері, рөлі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4244,84 +5589,88 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...32 lines deleted...]
-            </w:pPr>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4353,51 +5702,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиацияда наразылықтармен жұмыс істеу</w:t>
+Медиацияны ілгерілету және медиациядағы этикалық нормалар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4538,159 +5887,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиацияны алға жылжыту және медиациядағы әдеп нормалары</w:t>
-[...107 lines deleted...]
-1</w:t>
+Медиаторға арналған практикалық құралдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4723,156 +6072,160 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Медиацияның шетелдік тәжірибесі</w:t>
-[...104 lines deleted...]
-            </w:pPr>
+Медиатордың қызметіне салық салу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -4904,51 +6257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қорытынды бақылау</w:t>
+Медиация рәсімін жүргізу кезінде құжаттаманы ресімдеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4967,92 +6320,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...40 lines deleted...]
-2 практикалық тапсырмамен жұмыс істеу, тестілеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5085,159 +6442,539 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Білімді бекіту және практикалық дағдыларды игеру үшін практикалық сабақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорытынды бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практикалық тапсырмамен жұмыс, тестілеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Жиыны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
-[...71 lines deleted...]
-18</w:t>
+72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5321,68 +7058,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудан өткізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="34"/>
+    <w:bookmarkStart w:name="z85" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Мамандандырылған медиация курсы" бағдарламасы бойынша үлгілік оқу жоспары</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="34"/>
+        <w:t xml:space="preserve"> "Медиацияның мамандандырылған курсы" бағдарламасы бойынша үлгілік оқу жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -5398,162 +7135,180 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Р/с №</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+т</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Такырыптардың атауы</w:t>
+Бағыт атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық сағаты</w:t>
+Барлығы сағат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оның ішінде</w:t>
+Оның ішінде:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5589,87 +7344,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дәріс</w:t>
-[...35 lines deleted...]
-Практикалық сабақ</w:t>
+Дәрістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практикалық сабақтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5702,159 +7457,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Азаматтық құқықтық, қатынастардан туындайтын дауларды шешу ерекшеліктері</w:t>
-[...107 lines deleted...]
-3</w:t>
+Азаматтық құқықтық қатынастардан туындайтын медиация рәсімін жүргізу ерекшеліктері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5887,159 +7642,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Еңбек құқықтық қатынастарынан туындайтын дауларды шешу ерекшеліктері</w:t>
-[...107 lines deleted...]
-3</w:t>
+Еңбек құқықтық қатынастардан туындайтын медиация рәсімін жүргізу ерекшеліктері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6072,159 +7827,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Отбасы құқықтық қатынастарынан туындайтын дауларды шешу ерекшеліктері</w:t>
-[...107 lines deleted...]
-4</w:t>
+Отбасылық құқықтық қатынастардан туындайтын медиация рәсімін жүргізу ерекшеліктері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6257,159 +8012,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кәмелетке толмағандардың істері бойынша дауларды (даушарларды) шешу ерекшеліктері</w:t>
-[...107 lines deleted...]
-3</w:t>
+Қылмыстық істер бойынша медиация рәсімін жүргізу ерекшеліктері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6442,1265 +8197,344 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қылмыстық істер бойынша даушарларды шешу ерекшеліктері</w:t>
-[...107 lines deleted...]
-4</w:t>
+Топтық дауларды (жанжалдарды) шешуде медиация рәсімін жүргізу. Әлеуметтік медиация (білім беру саласында, этносаралық, корпоративтік және тағы басқа даулар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...1028 lines deleted...]
-18</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы-кредиттік қатынастар бойынша медиация рәсімін жүргізу ерекшеліктері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -7784,390 +8618,3009 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оқытудан өткізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z87" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Медиаторлар жаттықтырушыларын даярлау курсы" бағдарламасы бойынша үлгілік оқу жоспары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+т</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тақырыптың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы сағат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оның ішінде:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәрістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Практикалық сабақтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медиацияны оқыту негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медиацияны оқыту кезіндегі топпен жұмыс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медиацияны оқыту кезендегі ойын түріндегі өзара іс-қимыл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медиация жаттықтырушысының жеке жұмысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қорытынды бақылау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+практикалық тапсырмамен жұмыс, тестілеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖИЫНЫ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Медиаторларды даярлау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудан өткізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кімге ______________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(медиаторлар ұйымы)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кімнен _____________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өтініш берушінің аты-жөні, тегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ол болған жағдайда), жеке</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ ____, берілді (қашан, кім))</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Келісім</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мен, ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (заңды мекен жайы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (байланыс деректері) (пошта мекенжайы немесе электрондық пошта мекенжайы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      не телефон немесе   телефакс нөмірі)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                 (медиаторлар ұйымының атауы)</w:t>
+      (медиация саласындағы мамандандыру туралы мәліметтер)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      СЕРТИФИКАТ № __________________________________________________</w:t>
+      (медиацияны жүзеге асыра алатын тіл туралы мәліметтер)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      "Медиацияның жалпы курсы", "Медиацияның мамандандырылған курсы", </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Медиаторлар жаттықтырушыларын даярлау курсы" (қажетті нәрсені белгілеңіз) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      бағдарламалары бойынша оқу тобының құрамына енгізілу үшін "Дербес деректер </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      және оларды қорғау туралы" Қазақстан Республикасы Заңының 8-бабына сәйкес </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-                                            (сертификаттың нөмірі) Осы Сертификат</w:t>
-[...1 lines deleted...]
-    </w:p>
+      қажетті дербес деректерімді жинауға және өңдеуге келісімімді беремін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "___" _________20___жыл. Өтініш берушінің қолы _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Медиаторларды даярлау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламасы бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудан өткізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                        Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      (медиаторлар ұйымының атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ___________________________________________________________________</w:t>
+      СЕРТИФИКАТ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                                            (бағдарлама атауы)</w:t>
+      № ______________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      медиаторларды даярлау бағдарламасы бойынша оқуды табысты аяқтағанын</w:t>
+      (сертификат нөмірі)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      куәландырады.</w:t>
+      Осы сертификат</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _______________________________________ ___________________________</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                (жаттықтырушы медиатордың                                   (қолы)</w:t>
+      тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      _______________________________________________ ___________________</w:t>
+      (бағдарламаның атауы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                   (медиаторлар ұйымы                                        (қолы)</w:t>
+      медиаторларды даярлау бағдарламасы бойынша оқытуды сәтті аяқтағанын</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      басшысының Тегі, аты, әкесінің аты (ол болған жағдайда))</w:t>
+      куәландырады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      М.О. ______________________________________________</w:t>
+      __________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-                                 (сертификатты беру күні)</w:t>
+      (Медиатор-жаттықтырушының тегі, аты, әкесінің аты (ол болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Медиаторлар ұйымы басшысының (қолы) тегі, аты, әкесінің аты (ол болған</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+М.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+_______________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(сертификат берілген күн)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1422400" cy="914400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId4"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1422400" cy="914400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -8175,55 +11628,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -8545,35 +11998,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>