--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5bdd3ef" w14:textId="5bdd3ef">
+    <w:p w14:paraId="f17aa12" w14:textId="f17aa12">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Инвестициялық портфельді басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырманы есептеу қағидаларын, сондай-ақ инвестициялық портфельді басқарушының теріс айырманы өз капиталы есебінен өтеу қағидалары мен мерзімдерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2023 жылғы 7 маусымдағы № 43 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 16 маусымда № 32830 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 2023 жылғы 7 маусымдағы № 43 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 16 маусымда № 32830 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -976,70 +976,174 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидалардың мақсаттары үшін "таза" зейнетақы активтері деп зейнетақы активтеріне жататын міндеттемелерді (зейнетақы төлемдері, аударымдар бойынша міндеттемелерді және ұқсас міндеттемелерді) шегергенде бірыңғай жинақтаушы зейнетақы қорының немесе ерікті жинақтаушы зейнетақы қорының зейнетақы активтері түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырманы есептеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырманы Басқарушы мынадай формула бойынша ай сайын есептейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S = (Сmin - Сt) * Yei, мұндағы: Сmin &gt; Сt, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1086,70 +1190,184 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ct – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің есептеу күнгі орташа құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Yei – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің есептеу күнгі жалпы саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Cmin мәні мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сmin = (Ко * 70% + 100) / 100 * Қб, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1200,70 +1418,184 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 40-бабының 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары ескеріле отырып, есептеу күнінің алдындағы он екі ай (зейнетақы активтерін он екі ай және одан көп, бірақ жиырма төрт айдан аз басқарған жағдайда), жиырма төрт ай (зейнетақы активтерін жиырма төрт ай және одан көп, бірақ отыз алты айдан аз басқарған жағдайда), отыз алты ай (зейнетақы активтерін отыз алты ай және одан көп басқарған жағдайда) бұрын Басқарушыда болған зейнетақы активтерінің бір шартты бірлігінің Қағидалардың 6-тармағына сәйкес есептелген орташа құны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Басқарушының сенімгерлік басқаруындағы зейнетақы активтерінің номиналды кірістілігі әр айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша мынадай формула бойынша есептелетін К2 номиналды кірістілік коэффициентімен сипатталады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қб</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1350,534 +1682,858 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 40-бабының 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары ескеріле отырып, он екі, жиырма төрт және отыз алты ай бұрын Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің Қағидалардың 6-тармағына сәйкес есептелген орташа құны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің орташа құны осы Басқарушыда сенімгерлік басқаруда болған зейнетақы активтерінің бір шартты бірлігі құнының айдың әр аптасының бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша Қағидалардың 7-тармағына сәйкес есептелген орташа арифметикалық мәні ретінде есептеледі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің құнын Басқарушы апта сайын аптаның бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша мынадай формула бойынша есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗАi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қi = --------------, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қi – зейнетақы активтерінің бір шартты бірлігі құнының айдың әр аптасының бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗАi – күн сайынғы ағымдағы құны Қағидалардың 8-тармағына сәйкес есептелетін "таза" зейнетақы активтерінің есептеу күнгі ағымдағы құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБi – күн сайынғы саны Қағидалардың 9-тармағына сәйкес есептелетін зейнетақы активтерінің шартты бірліктерінің есептеу күнгі жалпы саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Таза" зейнетақы активтерінің ағымдағы құны мынадай формула бойынша күн сайын есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗАі = ЗА (і-1) + Ti - Еi + ИКі + S, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗА (i-1) – "таза" зейнетақы активтерінің алдыңғы күнтізбелік күннің соңындағы жағдай бойынша ағымдағы құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ti – басқа Басқарушыдан және (немесе) Қазақстан Республикасының Ұлттық Банкінен сенімгерлік басқаруға алынған зейнетақы активтерінің осы күнтізбелік күндегі аударымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еi – басқа Басқарушыға және (немесе) Қазақстан Республикасының Ұлттық Банкіне сенімгерлік басқаруға осы күнтізбелік күндегі аударымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИКі – айдың әрбір аптасының бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша бөлінбеген пайданың (өтелмеген залалдың) жинақталған сомасы, ол есептелген инвестициялық кіріс сомасынан, есептелген комиссиялық сыйақы сомасынан тұрады және аптаның бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша "таза" зейнетақы активтерінің ағымдағы құнын есептеу үшін қабылданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S – Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырманы өтеу сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әрбір күнтізбелік күннің соңындағы жағдай бойынша зейнетақы активтерінің шартты бірліктерінің жалпы саны мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ti - Еi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБi = ШБ (i -1) + -----------------, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ(i-1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБ(i-1) – алдыңғы күнтізбелік күннің соңындағы жағдай бойынша зейнетақы активтерінің шартты бірліктерінің жалпы саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ(i-1) – алдыңғы есептеу күнгі жағдай бойынша зейнетақы активтерінің бір шартты бірлігінің құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Зейнетақы активтері Басқарушыға сенімгерлік басқаруға алғаш түскен кезде Қ(і-1) берілетін зейнетақы активтерінің шартты бірлігінің соңғы есептік құнына тең.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z24" w:id="22"/>
-[...15 lines deleted...]
-      7. Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің құнын Басқарушы апта сайын аптаның бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша мынадай формула бойынша есептейді:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Номиналды кірістіліктің орташа алынған коэффициенті Басқарушыларда сенімгерлік басқаруда он екі, жиырма төрт, отыз алты және одан да көп ай болған "таза" зейнетақы активтерінің ағымдағы құны бойынша барлық Басқарушылар бойынша сол бір кезеңдегі К2 номиналды кірістілік коэффициенттерінің орташа алынған шамасы ретінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      12-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Зейнетақы активтері кірістілігінің ең төмен мәні тиісті кезеңде Қағидалардың 11-тармағына сәйкес есептелген номиналды кірістіліктің орташа алынған коэффициенті мәнінің жетпіс пайызын құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Барлық Басқарушылар бойынша К2 номиналды кірістілік коэффициенттерінің, номиналды кірістіліктің соңғы өткен толық он екі, жиырма төрт және отыз алты айдағы және зейнетақы активтері кірістілігінің ең төмен мәнінің орташа алынған коэффициентінің мәндері ай сайын Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында жарияланады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...442 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2021,88 +2677,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сенімгерлік басқарудағы зейнетақы активтерінің бір шартты бірлігі құнының есебі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3198,57 +3854,50 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3366,574 +4015,916 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық портфельді басқарушының теріс айырманы өз капиталы есебінен өтеу қағидалары мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z36" w:id="32"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z37" w:id="33"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Инвестициялық портфельді басқарушының теріс айырманы өз капиталы есебінен өтеу қағидалары мен мерзімдері (бұдан әрі – Қағидалар) Қазақстан Республикасының Әлеуметтік кодексі (бұдан әрі – Әлеуметтік кодекс) 15-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және инвестициялық портфельді басқарушының (бұдан әрі – Басқарушы) теріс айырманы өз капиталы есебінен өтеу тәртібі мен мерзімдерін бекітеді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қағидалардың мақсаттары үшін "таза" зейнетақы активтері деп зейнетақы активтеріне жататын міндеттемелерді (зейнетақы төлемдері, аударымдар бойынша міндеттемелерді және ұқсас міндеттемелерді) шегергенде бірыңғай жинақтаушы зейнетақы қорының немесе ерікті жинақтаушы зейнетақы қорының зейнетақы активтері түсініледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Басқарушының теріс айырманы өз капиталы есебінен өтеу тәртібі мен мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні теріс ауытқыған кезде Басқарушыда болашақта теріс айырманы өтеуі жөнінде шартты міндеттемелер туындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Болашақта теріс айырманы өтеу жөніндегі шартты міндеттемелерді толық көлемде өтеуі үшін Басқарушы резервті ай сайын есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Басқарушы ай сайын барлық Басқарушы бойынша К2 номиналды кірістілік коэффициенттерінің мәндері, номиналды кірістіліктің орташа алынған коэффициенті және зейнетақы активтері кірістілігінің ең төмен мәні Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында жарияланған күннен кейін 3 (үш) жұмыс күнінен кешіктірмей зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасында теріс ауытқу болған кезде резерв (бұдан әрі – резерв) сомасын мына формула бойынша есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sr = (Қор - Сt) * Yei, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sr – резерв сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қор – номиналды кіріс коэффициентінің ең төмен мәнін орындау үшін зейнетақы активтерінің бір шартты бірлігінің есептеу күнгі қажетті орташа құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ct – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің есептеу күнгі орташа құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Yei – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің есептеу күнгі жалпы саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қор мәні мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қор = (Кор * 70% + 100) / 100 * Қб, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кор – зейнетақы активтері бойынша Қағидалардың 10-тармағына сәйкес есептелген, есептеу күні қалыптасқан номиналды кірістіліктің орташа алынған коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қб – Басқарушыда он екі, жиырма төрт және отыз алты ай бұрын болған зейнетақы активтерінің бір шартты бірлігінің орташа құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Резервті Басқарушы ай сайын әрбір есепті күнге есептейді және ағымдағы айда өткен ай үшін қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұрын қалыптастырылған резерв есептеу жүргізілген күнгі резервтен асқан жағдайда, резервті өтеу сомасына азайтуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырма нақты өтелген жағдайда, Басқарушының резервті бірмезгілде есептен шығаруына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z38" w:id="34"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...118 lines deleted...]
-      Қор – номиналды кіріс коэффициентінің ең төмен мәнін орындау үшін зейнетақы активтерінің бір шартты бірлігінің есептеу күнгі қажетті орташа құны;</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      8-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Басқарушы өз капиталының есебінен Басқарушы зейнетақы активтерін Басқарушы жүзеге асырған толық күнтізбелік жылдан кейінгі жылдың 1 қаңтарында қалыптасқан, мына формула бойынша есептелген теріс айырма сомасын (бұдан әрі – өтеу сомасы) өтейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S = (Сmin - Сt) * Yei, мұндағы: Сmin &gt; Сt, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S - өтеу сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cmin - зейнетақы активтерінің номиналды кірістілігі коэффициентінің ең төмен мәнін орындау үшін зейнетақы активтерінің бір шартты бірлігінің есептеу күнгі қажетті орташа құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ct – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің есептеу күнгі орташа құны;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Yei – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің есептеу күнгі жалпы саны.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...235 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="42"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сmin мәні мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сmin = (Кор * 70% + 100) / 100 * Қб, мұндағы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3984,164 +4975,392 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 40-бабының 1-тармағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9) тармақшасының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптары ескеріле отырып, есептеу күнінің алдындағы он екі ай (зейнетақы активтерін он екі ай және одан көп, бірақ жиырма төрт айдан аз басқарған жағдайда), жиырма төрт ай (зейнетақы активтерін жиырма төрт ай және одан көп, бірақ отыз алты айдан аз басқарған жағдайда), отыз алты ай (зейнетақы активтерін отыз алты ай және одан көп басқарған жағдайда) бұрын Басқарушыда болған зейнетақы активтерінің бір шартты бірлігінің орташа құны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Номиналды кірістіліктің орташа алынған коэффициенті Басқарушыларда сенімгерлік басқаруда он екі, жиырма төрт, отыз алты және одан да көп ай болған "таза" зейнетақы активтерінің ағымдағы құны бойынша барлық Басқарушылар бойынша сол бір кезеңдегі К2 номиналды кірістілік коэффициенттерінің орташа алынған шамасы ретінде есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z48" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      11-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарушы Қағидалардың 8-тармағына сәйкес есептелген теріс айырманы өтеу сомасын кейіннен есепті жылдың соңындағы жағдай бойынша зейнетақы жинақтары Басқарушының сенімгерлік басқаруында болған міндетті зейнетақы жарналары салымшыларының, өздері үшін міндетті кәсіптік зейнетақы жарналары аударылған жеке тұлғалардың жеке зейнетақы шоттарына есепке жатқызу үшін бірыңғай жинақтаушы зейнетақы қорының (бұдан әрі – Қор) Басқарушының сенімгерлік басқаруындағы зейнетақы активтерін сақтауды және есепке алуды жүзеге асыратын кастодиан-банктегі (бұдан әрі – кастодиан-банк) шотына Басқарушының, кастодиан-банктің және Қордың уәкілетті өкілдері қол қойған салыстырып-тексеру актісі негізінде күнтізбелік он күн ішінде, бірақ есепті жылдан кейінгі жылғы 10 ақпаннан кешіктірмей толық көлемде есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z49" w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқарушы Қағидалардың 8-тармағында көрсетілген өтеу сомасы есептелген күннен кейінгі бір жұмыс күні ішінде қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органға осы соманың Қордың кастодиан банктегі шотына есептелгенін растайтын төлем құжатының көшірмесін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>