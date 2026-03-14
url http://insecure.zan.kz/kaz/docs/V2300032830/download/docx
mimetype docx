--- v1 (2025-12-14)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f17aa12" w14:textId="f17aa12">
+    <w:p w14:paraId="fcb4c0d" w14:textId="fcb4c0d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -976,1564 +976,1602 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидалардың мақсаттары үшін "таза" зейнетақы активтері деп зейнетақы активтеріне жататын міндеттемелерді (зейнетақы төлемдері, аударымдар бойынша міндеттемелерді және ұқсас міндеттемелерді) шегергенде бірыңғай жинақтаушы зейнетақы қорының немесе ерікті жинақтаушы зейнетақы қорының зейнетақы активтері түсініледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырманы есептеу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Басқарушы алған зейнетақы активтерінің номиналдық кірістілігі мен зейнетақы активтері кірістілігінің ең аз мәні арасындағы теріс айырманы Басқарушы мынадай формула бойынша ай сайын есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S = (Сmin - Сt) * Yei, мұндағы: Сmin &gt; Сt, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S – Басқарушы алған зейнетақы активтерінің номиналдық кірістілігі мен зейнетақы активтері кірістілігінің ең аз мәні арасындағы теріс айырманы өтеу бойынша Басқарушы міндеттемелерінің сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Cmin – зейнетақы активтерінің номиналдық кірістілігі коэффициентінің ең аз мәнін орындау үшін зейнетақы активтерінің бір шартты бірлігінің есепті күнге қажетті құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ct – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің есепті күнге құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Yei – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің есепті күнге жалпы саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Cmin мәні мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сmin (12, 36, 60) = (Кi * (95%, 90%, 85%) + 100)/100 * Со, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (12, 36, 60) – есепті күнге қалыптасқан, тиісінше:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнеткерлікке шығу мерзіміне қарамастан, 12 (он екі) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнеткерлікке шығу мерзімі үш жылдан асатын, 36 (отыз алты) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зейнеткерлікке шығу мерзімі он үш жылдан асатын, 60 (алпыс) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен инвестициялық портфель үшін композиттік индекстің номиналдық кірістілігі коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Со – Әлеуметтік кодекстің 37-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 40-бабының 1-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9)-тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптары ескеріле отырып, есепті күннің алдындағы он екі ай (зейнетақы активтерін он екі ай және одан көп, бірақ отыз алты айдан аз басқарған жағдайда), отыз алты ай (зейнетақы активтерін отыз алты ай және одан көп, бірақ алпыс айдан аз басқарған жағдайда), алпыс ай (зейнетақы активтерін алпыс ай және одан көп басқарған жағдайда) бұрын Басқарушыда болған зейнетақы активтерінің бір шартты бірлігінің Қағидалардың 6-тармағына сәйкес есептелген құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Композиттік индекстің номиналдық кірістілігінің коэффициенті Қағидалардың 11-тармағына сәйкес есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      3-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Басқарушының сенімгерлік басқаруындағы, зейнетақы активтерінің номиналдық кірістілігі әр айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша мынадай формула бойынша есептелетін К2 номиналдық кірістілік коэффициентімен сипатталады: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ct</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      К2 (12, 36, 60) = (---------- -1) х 100, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Co</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сt – есепті күнтізбелік айдағы кезеңнің соңына Басқарушының сенімгерлік басқаруында болған инвестициялық портфельдің зейнетақы активтерінің бір шартты бірлігінің құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Со – Әлеуметтік кодекстің 37-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 40-бабының 1-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптары ескеріле отырып, он екі, отыз алты, алпыс ай бұрын Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептелген құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің құны осы Басқарушыда сенімгерлік басқаруда болған зейнетақы активтерінің бір шартты бірлігі құнының айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес есептелген мәні ретінде есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
-    </w:p>
-[...105 lines deleted...]
-      Yei – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің есептеу күнгі жалпы саны.</w:t>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің құнын Басқарушы апта сайын аптаның бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша мынадай формула бойынша есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗАi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қi = --------------, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қi – зейнетақы активтерінің бір шартты бірлігі құнының айдың әр аптасының бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗАi – күн сайынғы ағымдағы құны Қағидалардың 8-тармағына сәйкес есептелетін "таза" зейнетақы активтерінің есептеу күнгі ағымдағы құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБi – күн сайынғы саны Қағидалардың 9-тармағына сәйкес есептелетін зейнетақы активтерінің шартты бірліктерінің есептеу күнгі жалпы саны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Таза" зейнетақы активтерінің ағымдағы құны мынадай формула бойынша күн сайын есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗАі = ЗА (і-1) + Ti - Еi + ИКі + S, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЗА (i-1) – "таза" зейнетақы активтерінің алдыңғы күнтізбелік күннің соңындағы жағдай бойынша ағымдағы құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ti – басқа Басқарушыдан және (немесе) Қазақстан Республикасының Ұлттық Банкінен сенімгерлік басқаруға алынған зейнетақы активтерінің осы күнтізбелік күндегі аударымдары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Еi – басқа Басқарушыға және (немесе) Қазақстан Республикасының Ұлттық Банкіне сенімгерлік басқаруға осы күнтізбелік күндегі аударымдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ИКі – айдың әрбір аптасының бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша бөлінбеген пайданың (өтелмеген залалдың) жинақталған сомасы, ол есептелген инвестициялық кіріс сомасынан, есептелген комиссиялық сыйақы сомасынан тұрады және аптаның бірінші жұмыс күнінің соңындағы және айдың соңғы күнтізбелік күнінің соңындағы жағдай бойынша "таза" зейнетақы активтерінің ағымдағы құнын есептеу үшін қабылданады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S – Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырманы өтеу сомасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Әрбір күнтізбелік күннің соңындағы жағдай бойынша зейнетақы активтерінің шартты бірліктерінің жалпы саны мынадай формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ti - Еi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБi = ШБ (i -1) + -----------------, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ(i-1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШБ(i-1) – алдыңғы күнтізбелік күннің соңындағы жағдай бойынша зейнетақы активтерінің шартты бірліктерінің жалпы саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ(i-1) – алдыңғы есептеу күнгі жағдай бойынша зейнетақы активтерінің бір шартты бірлігінің құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Зейнетақы активтері Басқарушыға сенімгерлік басқаруға алғаш түскен кезде Қ(і-1) берілетін зейнетақы активтерінің шартты бірлігінің соңғы есептік құнына тең.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Композиттік индекстің номиналдық кірістілігінің коэффициенті композиттік индекстің теңгемен кірістілігі ретінде апта сайын есептеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (12) инвестициялық портфельдің композиттік индексінің құрамы мынадай: KASE индексінің 10 (он) пайызы, KZGB_DPs индексінің 60 (алпыс) пайызы, MSCI ACWI Index индексінің (MXWD Index) (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индексі) 10 (он) пайызы, Bloomberg Global-Aggregate Total Return Index Value Hedged USD (LEGATRUH Index) индексінің (Блумберг Глобал-Агригейт Тотал Ретен Индекс Валю Хэджед ЮСД) 20 (жиырма) пайызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (36) инвестициялық портфельдің композиттік индексінің құрамы мынадай: KASE индексінің 20 (жиырма) пайызы, KZGB_DPm индексінің 20 (жиырма) пайызы, MSCI ACWI Index индексінің (MXWD Index) (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индексі) 40 (қырық) пайызы, Bloomberg Global-Aggregate Return Index Value Hedged USD (LEGATRUH Index) индексінің (Блумберг Глобал-Агригейт Тотал Ретен Индекс Валю Хэджед ЮСД) 20 (жиырма) пайызы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (60) инвестициялық портфельдің композиттік индексінің құрамы мынадай: KASE индексінің 20 (жиырма) пайызы, KZGB_DPl индексінің 10 (он) пайызы, MSCI ACWI индексінің (MXWD Index) (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индексі) 60 (алпыс) пайызы, Bloomberg Global-Aggregate Total Return Index Value Hedged USD (LEGATRUH Index) индексінің (Блумберг Глобал-Агригейт Тотал Ретен Индекс Валю Хэджед ЮСД) 10 (он) пайызы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Зейнетақы активтері кірістілігінің ең аз мәні тиісті кезең үшін Қағидаларға 11-тармаққа сәйкес есептелген тиісті композиттік индекстің номиналдық кірістілігі коэффициентінің мәнінен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнеткерлікке шығу мерзіміне қарамастан, 12 (он екі) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтерінен тұратын инвестициялық портфель үшін - 95 (тоқсан бес) пайызды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнеткерлікке шығу мерзімі үш жылдан асатын, 36 (отыз алты) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтерінен тұратын инвестициялық портфель үшін - 90 (тоқсан) пайызды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зейнеткерлікке шығу мерзімі он үш жылдан асатын, 60 (алпыс) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтерінен тұратын инвестициялық портфель үшін – 85 (сексен бес) пайызды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 67</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1163 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Барлық Басқарушылар бойынша К2 номиналды кірістілік коэффициенттерінің, номиналды кірістіліктің соңғы өткен толық он екі, жиырма төрт және отыз алты айдағы және зейнетақы активтері кірістілігінің ең төмен мәнінің орташа алынған коэффициентінің мәндері ай сайын Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2677,88 +2715,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кесте</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сенімгерлік басқарудағы зейнетақы активтерінің бір шартты бірлігі құнының есебі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4015,1352 +4053,1540 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 43 Қаулыға</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Инвестициялық портфельді басқарушының теріс айырманы өз капиталы есебінен өтеу қағидалары мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z36" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z37" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Инвестициялық портфельді басқарушының теріс айырманы өз капиталы есебінен өтеу қағидалары мен мерзімдері (бұдан әрі – Қағидалар) Қазақстан Республикасының Әлеуметтік кодексі (бұдан әрі – Әлеуметтік кодекс) 15-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және инвестициялық портфельді басқарушының (бұдан әрі – Басқарушы) теріс айырманы өз капиталы есебінен өтеу тәртібі мен мерзімдерін бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидалардың мақсаттары үшін "таза" зейнетақы активтері деп зейнетақы активтеріне жататын міндеттемелерді (зейнетақы төлемдері, аударымдар бойынша міндеттемелерді және ұқсас міндеттемелерді) шегергенде бірыңғай жинақтаушы зейнетақы қорының немесе ерікті жинақтаушы зейнетақы қорының зейнетақы активтері түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z39" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарушының теріс айырманы өз капиталы есебінен өтеу тәртібі мен мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z40" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні теріс ауытқыған кезде Басқарушыда болашақта теріс айырманы өтеуі жөнінде шартты міндеттемелер туындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z41" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Болашақта теріс айырманы өтеу жөніндегі шартты міндеттемелерді толық көлемде өтеуі үшін Басқарушы резервті ай сайын есептейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z42" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Басқарушы ай сайын, барлық Басқарушылар бойынша К2 номиналдық кірістілік коэффициенттерінің мәндері және зейнетақы активтері кірістілігінің ең аз мәні Қазақстан Республикасы Ұлттық Банкінің ресми интернет-ресурсында жарияланған күннен кейін 3 (үш) жұмыс күнінен кешіктірмей зейнетақы активтерінің номиналдық кірістілігі мен зейнетақы активтері кірістілігінің ең аз мәні арасында теріс ауытқу болған кезде резерв (бұдан әрі – резерв) сомасын мына формула бойынша есептейді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sr (12,36,60) = (Сm (12,36,60) - Сt) * Yei, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Sr – резерв сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сm – номиналды кіріс коэффициентінің ең аз мәнін орындау үшін зейнетақы активтерінің бір шартты бірлігінің есепті күнге қажетті құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ct – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің есепті күнге құны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Yei – есепті күнге Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің жалпы саны. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сm мәні мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сm (12, 36, 60) = (Кi * (12, 36, 60) * (95%, 90%, 85%) + 100)/100 * Со, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (12, 36, 60) – есепті күнге қалыптасқан, тиісінше:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнеткерлікке шығу мерзіміне қарамастан, 12 (он екі) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнеткерлікке шығу мерзімі үш жылдан асатын, 36 (отыз алты) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зейнеткерлікке шығу мерзімі он үш жылдан асатын, 60 (алпыс) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен инвестициялық портфель үшін композиттік индекстің номиналдық кірістілігі коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Со – Басқарушының сенімгерлік басқаруында он екі, отыз алты, алпыс ай бұрын болған зейнетақы активтерінің бір шартты бірлігінің құны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Композиттік индекстің номиналдық кірістілігінің коэффициенті Қағидалардың 10-тармағына сәйкес есептеледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Резервті Басқарушы ай сайын әрбір есепті күнге есептейді және ағымдағы айда өткен ай үшін қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұрын қалыптастырылған резерв есептеу жүргізілген күнгі резервтен асқан жағдайда, резервті өтеу сомасына азайтуға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарушы алған зейнетақы активтерінің номиналды кірістілігі мен зейнетақы активтері кірістілігінің ең төмен мәні арасындағы теріс айырма нақты өтелген жағдайда, Басқарушының резервті бірмезгілде есептен шығаруына жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Басқарушы меншікті капиталы есебінен Басқарушы зейнетақы активтерін басқаруды жүзеге асырған толық күнтізбелік жылдан кейінгі жылдың 1 қаңтарындағы жағдай бойынша қалыптасқан, мына формула бойынша есептелген теріс айырма сомасын (бұдан әрі – өтеу сомасы) өтейді: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S(T) = (Сmin(T) - Сt) * Yei, мұнда: Сmin &gt; Сt, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      S – математикалық әдіспен үтірден кейін 2 (екі) таңбаға дейін дөңгелектелген өтеу сомасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Cmin – зейнетақы активтерінің номиналдық кірістілігі коэффициентінің ең аз мәнін орындау үшін зейнетақы активтерінің бір шартты бірлігінің есепті күнге қажетті құны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ct – Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің бір шартты бірлігінің есепті күнге құны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Yei – толық күнтізбелік он екі, отыз алты және алпыс ай Басқарушының сенімгерлік басқаруында болған зейнетақы активтерінің шартты бірліктерінің есепті күнге жалпы саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      T – мыналар үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнеткерлікке шығу мерзіміне қарамастан салымшылардың зейнетақы активтері есебінен портфель үшін - 12 (он екі) ай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнеткерлікке шығу мерзімі үш жылдан асатын салымшылардың зейнетақы активтері есебінен портфель үшін - 36 (отыз алты) ай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зейнеткерлікке шығу мерзімі он үш жылдан асатын салымшылардың зейнетақы активтері есебінен портфель үшін - 60 (алпыс) ай инвестициялық уақыт кезеңі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Cmin мәні мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сmin (T) = (Кi (12, 36, 60) * (95%, 90%, 85%) + 100)/100 * Со, мұндағы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (12, 36, 60) – есепті күнге қалыптасқан, тиісінше:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнеткерлікке шығу мерзіміне қарамастан, 12 (он екі) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнеткерлікке шығу мерзімі үш жылдан асатын, 36 (отыз алты) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зейнеткерлікке шығу мерзімі он үш жылдан асатын, 60 (алпыс) айдың қорытындысы бойынша есептелетін кірістіліктің ең аз мәнімен салымшылардың зейнетақы активтері есебінен инвестициялық портфель үшін композиттік индекстің номиналдық кірістілігі коэффициентінің мәні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Со – Әлеуметтік кодекстің 37-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 40-бабының 1-тармағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9) тармақшасының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптары ескеріле отырып, есепті күннің алдындағы он екі ай (зейнетақы активтерін он екі ай және одан көп, бірақ отыз алты айдан аз сенімгерлік басқарған жағдайда), отыз алты ай (зейнетақы активтерін отыз алты ай және одан көп, бірақ алпыс айдан аз сенімгерлік басқарған жағдайда), алпыс ай (зейнетақы активтерін алпыс және одан көп сенімгерлік басқарған жағдайда) бұрын Басқарушыда болған зейнетақы активтерінің бір шартты бірлігінің құны; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      T – мыналар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) зейнеткерлікке шығу мерзіміне қарамастан салымшылардың зейнетақы активтері есебінен портфель үшін - 12 (он екі) ай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) зейнеткерлікке шығу мерзімі үш жылдан асатын салымшылардың зейнетақы активтері есебінен портфель үшін - 36 (отыз алты) ай;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) зейнеткерлікке шығу мерзімі он үш жылдан асатын салымшылардың зейнетақы активтері есебінен портфель үшін - 60 (алпыс) ай инвестициялық уақыт кезеңі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Композиттік индекстің номиналдық кірістілігінің коэффициенті Қағидалардың 10-тармағына сәйкес есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Композиттік индекстің номиналдық кірістілігінің коэффициенті композиттік индекстің теңгемен кірістілігі ретінде апта сайын есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (12) инвестициялық портфельдің композиттік индексінің құрамы мынадай: KASE индексі 10 (он) пайыз, KZGB_DPs индексі 60 (алпыс) пайыз, MSCI ACWI Index (MXWD Index) индексі (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индексі) 10 (он) пайыз, Bloomberg Global-Aggregate Total Return Index Value Hedged USD (LEGATRUH Index) индексі (Блумберг Глобал-Агригейт Тотал Ретен Индекс Валю Хэджед ЮСД) 20 (жиырма) пайыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (36) инвестициялық портфельдің композиттік индексінің құрамы мынадай: KASE индексі 20 (жиырма) пайыз, KZGB_DPm 20 (жиырма) пайыз, MSCI ACWI Index (MXWD Index) индексі (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индексі) 40 (қырық) пайыз, Bloomberg Global-Aggregate Total Return Index Value Hedged USD (LEGATRUH Index) индексі (Блумберг Глобал-Агригейт Тотал Ретен Индекс Валю Хэджед ЮСД) 20 (жиырма) пайыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кi (60) инвестициялық портфельдің композиттік индексінің құрамы мынадай: KASE индексі 20 (жиырма) пайыз, KZGB_DPl индексі 20 (жиырма) пайыз, MSCI ACWI Index (MXWD Index) индексі (Морган Стэнли Кэпитал Интернешнл Олл Кантри Ворлд Индексі) 60 (алпыс) пайыз, Bloomberg Global-Aggregate Total Return Index Value Hedged USD (LEGATRUH Index) индексі (Блумберг Глобал-Агригейт Тотал Ретен Индекс Валю Хэджед ЮСД)10 (он) пайыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 10-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...236 lines deleted...]
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Басқарушы Қағидалардың 8-тармағына сәйкес есептелген теріс айырманы өтеу сомасын Басқарушының сенімгерлік басқаруындағы зейнетақы активтерін сақтауды және есепке алуды жүзеге асыратын кастодиан-банктегі (бұдан әрі - кастодиан-банк) бірыңғай жинақтаушы зейнетақы қорының (бұдан әрі – Қор) шотына Басқарушының, кастодиан-банктің және Қордың уәкілетті өкілдері қол қойған салыстырып-тексеру актісі негізінде күнтізбелік он күн ішінде, бірақ есепті жылдан кейінгі жылғы 10 ақпаннан кешіктірмей есепті жылдың соңындағы жағдай бойынша толық күнтізбелік он екі, отыз алты және алпыс ай Басқарушының сенімгерлік басқаруында болған, міндетті зейнетақы жарналары салымшыларының, міндетті кәсіптік зейнетақы жарналары аударылған жеке тұлғалардың зейнетақы жеке шоттарына кейіннен есепке жазу үшін толық көлемде есепке жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 11-тармақ жаңа редакцияда - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 16.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...668 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқарушы Қағидалардың 8-тармағында көрсетілген өтеу сомасы есептелген күннен кейінгі бір жұмыс күні ішінде қаржы нарығы мен қаржы ұйымдарын реттеу, бақылау және қадағалау жөніндегі уәкілетті органға осы соманың Қордың кастодиан банктегі шотына есептелгенін растайтын төлем құжатының көшірмесін жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>