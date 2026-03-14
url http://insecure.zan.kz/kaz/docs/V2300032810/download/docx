--- v0 (2025-10-01)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5887a66" w14:textId="5887a66">
+    <w:p w14:paraId="06203fd" w14:textId="06203fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -132,130 +132,140 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының 27-1-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-3) тармақшасына және Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысымен бекітілген Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі туралы ереженің 15-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>373) тармақшасына</w:t>
+        <w:t xml:space="preserve"> 2-3) тармақшасына және Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>467) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту.  Кіріспе жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 19.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 566/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту.  Кіріспе жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (08.01.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -810,140 +820,140 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы Меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі шараларды іске асыру қағидалары (бұдан әрі – Қағидалар) "Дербес деректер мен оларды қорғау туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) 27-1-бабының </w:t>
+      1. Осы Меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі шараларды іске асыру қағидалары (бұдан әрі – Қағидалар) "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) 27-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-3) тармақшасына және Қазақстан Республикасы Үкіметінің 2019 жылғы 12 шілдедегі № 501 қаулысымен бекітілген Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігі туралы ереженің 15-тармағының </w:t>
-[...9 lines deleted...]
-        <w:t>373) тармақшасына</w:t>
+        <w:t xml:space="preserve"> 2-3) тармақшасына және Қазақстан Республикасы Үкіметінің 2025 жылғы 9 қазандағы № 846 қаулысымен бекітілген Қазақстан Республикасының Жасанды интеллект және цифрлық даму министрлігі туралы ереженің 15-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>467) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және меншік иесінің және (немесе) оператордың, сондай-ақ үшінші тұлғаның дербес деректерді қорғау жөніндегі шараларды жүзеге асыру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің м.а. 19.09.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 566/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (08.01.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1954,466 +1964,530 @@
         <w:t>
       6. Ақпараттандыру объектілерінде дербес деректерді жинау және өңдеу кезінде оларды қорғаудың өзге ерекшеліктері Қазақстан Республикасының ақпараттандыру туралы заңнамасына сәйкес белгіленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z48" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Қолжетімділігі шектеулі дербес деректерді өңдеу кезінде меншік иесі және (немесе) оператор:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z49" w:id="23"/>
-[...15 lines deleted...]
-      1) қолжетімділік шектеулі дербес деректерді өңдеу мақсаттарын белгілейді. Қолжетімділік шектелген дербес деректер декларацияланатын мақсаттарға сәйкес пайдаланылады;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолжетімділігі шектеулі дербес деректерді өңдеу мақсаттарын белгілейді. Қолжетімділігі шектеулі дербес деректер декларацияланатын мақсаттарға сәйкес пайдаланылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z50" w:id="24"/>
-[...15 lines deleted...]
-      2) қолжетімділік шектеулі дербес деректерді өңдеу, тарату және оларға қол жеткізу тәртібін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолжетімділігі шектеулі дербес деректерді өңдеу, тарату және оларға қол жеткізу тәртібін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z51" w:id="25"/>
-[...15 lines deleted...]
-      3) субъект өтініш берген кезде субъектіге қатысты қолжетімділік шектеулі дербес деректерді бұғаттау тәртібін айқындайды.</w:t>
+    <w:bookmarkStart w:name="z66" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) субъект өтініш берген кезде субъектіге қатысты қолжетімділігі шектеулі дербес деректерді бұғаттау тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:p>
-[...33 lines deleted...]
-      1) қолжетімділік шектеулі дербес деректерге рұқсаты бар адамдардың тізбесін айқындайды;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолжетімділігі шектеулі дербес деректерді өңдеу кезінде меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z53" w:id="27"/>
-[...15 lines deleted...]
-      2) қолжетімділік шектеулі дербес деректерге заңсыз қол жеткізуге байланысты ақпараттық қауіпсіздік инциденттері туралы уәкілетті органды хабардар етеді;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қолжетімділігі шектеулі дербес деректерге рұқсаты бар адамдардың тізбесін айқындайды;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z54" w:id="28"/>
-[...15 lines deleted...]
-      3) қолжетімділік шектеулі дербес деректерді өңдеуді жүзеге асыратын техникалық құралдарға ақпаратты қорғау құралдарын, бағдарламалық қамтылымның жаңартуларын орнатуды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қолжетімділігі шектеулі дербес деректерге заңсыз қол жеткізуге байланысты ақпараттық қауіпсіздіктің оқыс оқиғалары туралы уәкілетті органды хабардар етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z55" w:id="29"/>
+    <w:bookmarkStart w:name="z70" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қолжетімділігі шектеулі дербес деректерді өңдеуді жүзеге асыратын техникалық құралдарға ақпаратты қорғау құралдарын, бағдарламалық қамтылымның жаңартуларын орнатуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z71" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) базаларды басқару жүйелерінің оқиғаларын журналдауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z57" w:id="31"/>
-[...15 lines deleted...]
-      6) қолжетімділік шектеулі дербес деректердің тұтастығын бақылау құралдарын қолданады;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) қолжетімділігі шектеулі дербес деректерге рұқсаты бар пайдаланушылардың іс-қимылдарын журналдауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z58" w:id="32"/>
-[...15 lines deleted...]
-      7) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, қолжетімділік шектеулі дербес деректерді өзге тұлғаларға қорғалған байланыс арналары бойынша және (немесе) шифрлауды қолдана отырып және дербес деректер субъектісінің келісімі болған кезде беруді қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) қолжетімділігі шектеулі дербес деректердің тұтастығын бақылау құралдарын қолданады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z59" w:id="33"/>
-[...15 lines deleted...]
-      8) қолжетімділік шектеулі дербес деректер қамтылған бизнес-процестерді бөледі;</w:t>
+    <w:bookmarkStart w:name="z74" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) егер Қазақстан Республикасының заңнамасында өзгеше көзделмесе, қолжетімділігі шектеулі дербес деректерді өзге тұлғаларға қорғалған байланыс арналары бойынша және (немесе) шифрлауды қолдана отырып және дербес деректер субъектісінің келісімі болған кезде беруді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z60" w:id="34"/>
-[...15 lines deleted...]
-      9) қолжетімділік шектеулі дербес деректердің сенімді сақталуын қамтамасыз ету үшін ақпаратты криптографиялық қорғау құралдарын қолдануды қамтамасыз етеді;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) қолжетімділігі шектеулі дербес деректер қамтылған бизнес-процестерді бөледі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z61" w:id="35"/>
-[...15 lines deleted...]
-      10) қолжетімділік шектеулі дербес деректермен жұмыс жасаған кезде пайдаланушыларды сәйкестендіру және (немесе) аутентификациялау құралдарын қолданады.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) қолжетімділігі шектеулі дербес деректердің сенімді сақталуын қамтамасыз ету үшін ақпаратты криптографиялық қорғау құралдарын қолдануды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z77" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) қолжетімділігі шектеулі дербес деректермен жұмыс жасаған кезде пайдаланушыларды сәйкестендіру және (немесе) аутентификациялау, оның ішінде қолжетімділігі шектеулі дербес деректермен жұмыс істеу кезінде жүз мыңнан астам дербес деректерді қамтитын база үшін биометриялық аутентификациялау құралдарын қолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 7-тармаққа өзгеріс енгізілді - ҚР Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 28.02.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 100/НҚ</w:t>
+        <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="36"/>
-[...34 lines deleted...]
-      Қолжетімділік шектеулі дербес деректерді сақтау және беру ҚР СТ 1073-2007 "Ақпаратты криптографиялық қорғау құралдары. Жалпы техникалық талаптар" Қазақстан Республикасының стандартына сәйкес қауіпсіздіктің үшінші деңгейінен төмен емес параметрлері бар ақпаратты криптографиялық қорғау құралдарын пайдалану арқылы жүзеге асырылады.</w:t>
+    <w:bookmarkStart w:name="z62" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қолжетімділігі шектеулі дербес деректерді жинау және өңдеу Қазақстан Республикасының аумағында орналасқан ақпараттандыру объектілері арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолжетімділігі шектеулі дербес деректерді сақтау және беру ҚР СТ 1073-2007 "Ақпаратты криптографиялық қорғау құралдары. Жалпы техникалық талаптар" Қазақстан Республикасының стандартына сәйкес қауіпсіздіктің үшінші деңгейінен төмен емес параметрлері бар ақпаратты криптографиялық қорғау құралдарын пайдалану арқылы жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы тармақтың талаптары деректерді трансшекаралық беру жағдайларына қолданылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 8-тармақ жаңа редакцияда - ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 672/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Электрондық ақпараттық ресурстарда қамтылған дербес деректерді сақтауды осы Қағидаларға сәйкес дербес деректерді қорғау жөнінде қажетті шаралар қабылдай отырып, меншік иесі және (немесе) оператор, сондай-ақ үшінші тұлға Қазақстан Республикасының аумағында орналасқан серверлік үй-жайда немесе деректерді өңдеу орталығында орналасқан электрондық базада жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>