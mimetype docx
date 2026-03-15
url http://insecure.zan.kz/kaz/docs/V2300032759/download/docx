--- v0 (2025-11-14)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="60db040" w14:textId="60db040">
+    <w:p w14:paraId="892c090" w14:textId="892c090">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,66 +94,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру қағидаларын және біліктілік талаптарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 9 маусымдағы № 425 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 12 маусымда № 32759 болып тіркелді</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 9 маусымдағы № 425 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 12 маусымда № 32759 болып тіркелді.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының Заңы 8-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -162,394 +156,331 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру қағидалары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өзіндік ерекшелігі бар тауарлардың экспортын жүзеге асыру жөніндегі қызметке қойылатын біліктілік талаптары;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өзіндік ерекшелігі бар тауарлардың импортын жүзеге асыру жөніндегі қызметке қойылатын біліктілік талаптары.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тізбе бойынша Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Индустрия және инфрақұрылымдық даму вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z11" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1377,231 +1308,340 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 425 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру қағидалары және біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Өзіндік ерекшелігі бар тауарларды бақылау туралы" Қазақстан Республикасының Заңы 8-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бұдан әрі – Заң) және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және өзіндік ерекшелігі бар тауарлардың экспортына лицензия, қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия, өзіндік ерекшелігі бар тауарлардың импортына лицензия беру, сондай-ақ "Өзіндік ерекшелігі бар тауарлардың экспортына және импортына лицензия беру" мемлекеттік қызметін көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және өзіндік ерекшелігі бар тауарлардың экспортына лицензия, қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия, өзіндік ерекшелігі бар тауарлардың импортына лицензия беру, сондай-ақ "Өзіндік ерекшелігі бар тауарлардың экспортына және импортына лицензия беру" мемлекеттік қызметін көрсету тәртібін айқындайды.</w:t>
+        <w:t>
+      2. "Өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру" мемлекеттік көрсетілетін қызмет (бұдан әрі – мемлекеттік көрсетілетін қызмет) болып табылады және осы Қағидаларға сәйкес Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру" мемлекеттік көрсетілетін қызмет (бұдан әрі – мемлекеттік көрсетілетін қызмет) болып табылады және осы Қағидаларға сәйкес Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      3. Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар қолданысқа енгізілген күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты Бірыңғай байланыс орталығына жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар қолданысқа енгізілген күннен бастап үш жұмыс күні ішінде енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты Бірыңғай байланыс орталығына жібереді.</w:t>
+      4. Осы Қағидаларда пайдаланылатын негізгі терминдер мен анықтамалар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әскери мақсаттағы тауарлар – арнайы тауарлардың бақылау тізімінде көрсетілген қару-жарақ, әскери техника, технологиялар, бағдарламалық қамтамасыз ету, техникалық және арнайы құралдар, материалдар, өндіруге және сынауға арналған жабдықтар, олардың жиынтықтаушылары мен қосалқы бөлшектері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1722,1389 +1762,2170 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) уәкілетті орган – өзіндік ерекшелігі бар тауарларды бақылау саласында, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шектерде – салааралық үйлестіруді мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) экспорт – тауарларды Қазақстан Республикасының аумағынан тысқары жерлерге әкету, сондай-ақ Қазақстан Республикасының аумағында бағдарламалық қамтамасыз ету мен технологияларды шетелдік тұлғаларға беру.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. 1С350, 10C905, 10C906 және 10С907 бақылау кодтарына сәйкес келетін, Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5) тармақшасына сәйкес бекітілген (бұдан әрі – Бақылау тізімі), бірнеше шет мемлекеттер, импорттаушылар және (немесе) түпкі пайдаланушылар көрсетіле отырып, қосарланған мақсаттағы тауарлардың (ядролық және арнайы ядролық емес материалдарды, жабдықтарды, қондырғыларды, технологияларды, иондандырушы сәулелену көздерін, қосарланған мақсаттағы жабдықтарды және тиісті тауарлар мен технологияларды, оларды шығаруға байланысты жұмыстарды, көрсетілетін қызметтерді қоспағанда) және ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия, қосарланған мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортын жүзеге асыратын Қазақстан Республикасының жеке және заңды тұлғаларына беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Өзіндік ерекшелігі бар тауарлардың импорты мен экспортына лицензия 1 (бір) жыл мерзімге беріледі.</w:t>
-      </w:r>
-[...291 lines deleted...]
-      14. Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттарды олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және жауапты орындаушыға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      Лицензияның қолданылу мерзімі лицензия беруге негіз болып табылатын құжаттардың қолданылу мерзімімен шектелуі мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Жауапты орындаушы көрсетілетін қызметті алушы ұсынған құжаттарды тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде олардың толықтығын және қолданылу мерзімін тексереді.</w:t>
-[...47 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған жағдайда, өзіндік ерекшелігі бар тауарлар тауарлардың экспортына лицензия, қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия, өзіндік ерекшелігі бар тауарлардың импортына лицензия алуға өтінішті қарау кезінде жауапты орындаушы көрсетілетін қызметті алушы, ұсынған құжаттарды "Өзіндік ерекшелігі бар тауарларды бақылау саласындағы рұқсат құжаттарын берудің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 28 желтоқсандағы № 1083 қаулысында көзделген тиісті мемлекеттік органдарға жібереді</w:t>
-[...18 lines deleted...]
-      Мемлекеттік органдар көрсетілетін қызметті берушіге көрсетілетін қызметті алушының Қазақстан Республикасы заңнамасының талаптарына сәйкестігі немесе сәйкес еместігі туралы жауап жібереді. </w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> белгіленген лицензия беруден бас тарту үшін негіздер анықталған жағдайда мемлекеттік органдар рұқсат беруді келісуден бас тартады. </w:t>
+        <w:t>
+      7. Лицензия шартқа (келісімшартқа) енгізілген тауарлар атауларының санына қарамастан, он таңбалы кодты көрсете отырып, Еуразиялық экономикалық комиссия кеңесінің 2021 жылғы 14 қыркүйектегі № 80 шешімімен бекітілген Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасына және Еуразиялық экономикалық одақтың Бірыңғай кедендік тарифіне (бұдан әрі – СЭҚ ТН) сәйкес тауардың әрбір түріне беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      17. Көрсетілетін қызметті алушы өзіндік ерекшелігі бар тауарлардың экспортына лицензия, қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия алу үшін ұсынған құжаттарды қарау кезінде жауапты орындаушы сұрау салумен бір мезгілде Қазақстан Республикасы Үкіметінің 2023 жылғы 12 сәуірдегі № 283 қаулысымен бекітілген уәкілетті органның өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарымен ақпараттық өзара іс-қимылын жүзеге асыру қағидаларында айқындалған тәртіппен өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарына сұрау салуды жібереді</w:t>
+      8. Бақылау тізімінде жоқ СЭҚ ТН кодтарын пайдалануға рұқсат етіледі, өйткені белгілі бір өзіндік ерекшелігі бар тауарды сәйкестендіру және арақатынасы бойынша түпкілікті шешім бақылау тізімдері бойынша белгілі бір кодқа сәйкес келетін осы тізімдегі бақыланатын өзіндік ерекшелігі бар тауарлардың техникалық параметрлерімен анықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарынан жауап алғаннан кейін жауапты орындаушы алынған ақпарат негізінде тәуекелдерді бағалауды жүргізеді.</w:t>
+      9. Лицензия Еуразиялық экономикалық одақ ішінде, сол сияқты үшінші елдерге және үшінші елдерден өзіндік ерекшелігі бар тауарларды өткізу үшін ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Лицензия және (немесе) лицензияға қосымша "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген жағдайларда қайта ресімделуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге www.egov.kz "электрондық үкімет" веб-порталы арқылы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Өзіндік ерекшелігі бар тауарлардың экспорты мен импортына лицензия беру" мемлекеттік қызметін көрсетуге қойылатын негізгі талаптардың тізбесінде келтірілген мемлекеттік қызметті көрсету үшін қажетті құжаттарды жібереді (бұдан әрі – портал).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Көрсетілетін қызметті алушы барлық қажетті құжаттарды, осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11 тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген бойынша, портал арқылы берген кезде – көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алу күнін көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тиісті мемлекеттік органдарға сұрау салумен бір мезгілде жауапты орындаушы көрсетілетін қызметті алушы ұсынған импорттаушы елдің кепілдік міндеттемесін (бұдан әрі-растау) оның түпнұсқалығына тексеру жүргізу үшін мемлекеттік электрондық ақпараттық ресурстар арқылы Қазақстан Республикасының Сыртқы істер министрлігіне жібереді.</w:t>
+        <w:t xml:space="preserve">
+      13. Жеке тұлғаның жеке басын куәландыратын құжат туралы, заңды тұлғаны, Қазақстан Республикасының дара кәсіпкерін мемлекеттік тіркеу (қайта тіркеу) туралы, көрсетілетін қызметті алушыда бар рұқсат беру құжаттары туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Бақылау тізімінде көрсетілген 1С350 немесе 10С905 бақылау кодтарына сәйкес келетін өзіндік ерекшелігі бар тауарлардың экспортына лицензия немесе қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия алуға өтінішті қарау кезінде жауапты орындаушы көрсетілетін қызметті алушы ұсынған импорттаушы елдің кепілдік міндеттемесін тексерілгенін растау үшін Қазақстан Республикасының Сыртқы істер министрлігіне оның түпнұсқалығын тексеруді растауды алу үшін мынадай жағдайларда жібереді:</w:t>
+      14. Көрсетілетін қызметті берушінің кеңсе қызметкері құжаттарды олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және жауапты орындаушыға жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) сыртқы сауда келісімшартына сәйкес контрагентке бастапқы экспорты болған жағдайда;</w:t>
+      Көрсетілетін қызметті алушы жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген жағдайда, Қазақстан Республикасының еңбек заңнамасына сәйкес өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Жауапты орындаушы көрсетілетін қызметті алушы ұсынған құжаттарды тіркеген сәттен бастап 2 (екі) жұмыс күні ішінде олардың толықтығын және қолданылу мерзімін тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы құжаттардың және (немесе) қолданылу мерзімі өткен құжаттардың толық топтамасын ұсынбаған кезде осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша көрсетілетін қызметті беруші басшысының не оны алмастыратын тұлғаның ЭЦҚ қойылған өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды және оны көрсетілетін қызметті алушының жеке кабинетіне электрондық құжат нысанындағы портал арқылы көрсетілетін қызметті алушыға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      16-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) уәкілетті органның экспортты жүзеге асыру кезіндегі ықтимал тәуекелдер туралы мемлекеттік органдардан ақпарат алуы болған жағдайда.</w:t>
+      16. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған жағдайда, өзіндік ерекшелігі бар тауарлар тауарлардың экспортына лицензия, қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия, өзіндік ерекшелігі бар тауарлардың импортына лицензия алуға өтінішті қарау кезінде жауапты орындаушы көрсетілетін қызметті алушы, ұсынған құжаттарды "Өзіндік ерекшелігі бар тауарларды бақылау саласындағы рұқсат құжаттарын берудің кейбір мәселелері туралы" Қазақстан Республикасы Үкіметінің 2015 жылғы 28 желтоқсандағы № 1083 қаулысында көзделген тиісті мемлекеттік органдарға жібереді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Көрсетілетін қызметті алушы өзіндік ерекшелігі бар тауарлардың экспортына лицензия немесе қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия алуға құжаттар ұсынылған күннен бастап 7 (жеті) жұмыс күні ішінде көрсетілетін қызметті берушінің кеңсесі арқылы көрсетілетін қызметті берушіге салыстыру үшін алушы елдің кепілдік міндеттемесінің түпнұсқасын ұсынады.</w:t>
+        <w:t xml:space="preserve">
+      Мемлекеттік органдар көрсетілетін қызметті берушіге көрсетілетін қызметті алушының Қазақстан Республикасы заңнамасының талаптарына сәйкестігі немесе сәйкес еместігі туралы жауап жібереді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Заңның 29 - бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> негізінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыдан өзіндік ерекшелігі бар тауарларды бақылау саласына қатысты қажетті құжаттарды және (немесе) ақпаратты сұратуға және алуға құқылы.</w:t>
+      Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленген лицензия беруден бас тарту үшін негіздер анықталған жағдайда мемлекеттік органдар рұқсат беруді келісуден бас тартады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер негізгі талаптар тізбесінде баяндалған.</w:t>
-[...8 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өзіндік ерекшелігі бар тауарлар экспортына лицензияны, қосарланған мақсаттағы тауарлар немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлар экспортына жалпы лицензияны, өзіндік ерекшелігі бар тауарлар импортына лицензияны алуға өтінішті қарау кезінде, мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңнамасында белгіленген және негізгі талаптар тізбесінде баяндалған негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      17-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау туралы хабарлама оның тапсырылғаны туралы хабарламасы бар тапсырыс хатпен, телефонограммамен немесе жеделхатпен, ұялы байланыстың абоненттік нөмірі бойынша немесе өтініште көрсетілген көрсетілетін қызметті алушының электрондық мекенжайы бойынша мәтіндік хабарламамен не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып, көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмей жіберіледі Мемлекеттік қызмет көрсету. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      17. Көрсетілетін қызметті алушы өзіндік ерекшелігі бар тауарлардың экспортына лицензия, қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия алу үшін ұсынған құжаттарды қарау кезінде жауапты орындаушы сұрау салумен бір мезгілде Қазақстан Республикасы Үкіметінің 2023 жылғы 12 сәуірдегі № 283 қаулысымен бекітілген уәкілетті органның өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарымен ақпараттық өзара іс-қимылын жүзеге асыру қағидаларында айқындалған тәртіппен өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарына сұрау салуды жібереді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші лицензияны, қайта ресімделген лицензияны немесе мемлекеттік қызметті көрсетуден дәлелді бас тартуды береді.</w:t>
+      Өзіндік ерекшелігі бар тауарларды бақылау жүйесінің мемлекеттік органдарынан жауап алғаннан кейін жауапты орындаушы алынған ақпарат негізінде тәуекелдерді бағалауды жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тиісті мемлекеттік органдарға сұрау салумен бір мезгілде жауапты орындаушы көрсетілетін қызметті алушы ұсынған импорттаушы елдің кепілдік міндеттемесін (бұдан әрі-растау) оның түпнұсқалығына тексеру жүргізу үшін мемлекеттік электрондық ақпараттық ресурстар арқылы Қазақстан Республикасының Сыртқы істер министрлігіне жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      18-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік қызмет көрсетуден дәлелді бас тартуды ресімдейді.</w:t>
+        <w:t>
+      18. Бақылау тізімінде көрсетілген 1С350 немесе 10С905 бақылау кодтарына сәйкес келетін өзіндік ерекшелігі бар тауарлардың экспортына лицензия немесе қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия алуға өтінішті қарау кезінде жауапты орындаушы көрсетілетін қызметті алушы ұсынған импорттаушы елдің кепілдік міндеттемесін тексерілгенін растау үшін Қазақстан Республикасының Сыртқы істер министрлігіне оның түпнұсқалығын тексеруді растауды алу үшін мынадай жағдайларда жібереді:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсету нәтижесі "E-license" ақпараттық жүйесі арқылы көрсетілетін қызметті беруші басшысының не оны алмастыратын тұлғаның ЭЦҚ қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жіберіледі және сақталады.</w:t>
+      1) сыртқы сауда келісімшартына сәйкес контрагентке бастапқы экспорты болған жағдайда;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21. Көрсетілетін қызметті беруші Мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      2) уәкілетті органның экспортты жүзеге асыру кезіндегі ықтимал тәуекелдер туралы мемлекеттік органдардан ақпарат алуы болған жағдайда.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
+      Көрсетілетін қызметті алушы өзіндік ерекшелігі бар тауарлардың экспортына лицензия немесе қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспортына жалпы лицензия алуға құжаттар ұсынылған күннен бастап 7 (жеті) жұмыс күні ішінде көрсетілетін қызметті берушінің кеңсесі арқылы көрсетілетін қызметті берушіге салыстыру үшін алушы елдің кепілдік міндеттемесінің түпнұсқасын ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      22. Көрсетілетін қызметті алушы сыртқы сауда шартының (келісімшарттың) немесе тараптардың импорттаушымен (түпкі пайдаланушымен) ниетін растайтын өзге де құжаттың талаптарына сәйкес әскери мақсаттағы тауарлардың экспорты жасалғаннан кейін көрсетілетін қызметті берушіге әскери мақсаттағы тауарлардың жеткізілгенін растайтын құжатты межелі елге әкелінген сәттен бастап 15 жұмыс күні ішінде ұсынады.</w:t>
+        <w:t xml:space="preserve">
+      Заңның 29 - бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде көрсетілетін қызметті беруші көрсетілетін қызметті алушыдан өзіндік ерекшелігі бар тауарларды бақылау саласына қатысты қажетті құжаттарды және (немесе) ақпаратты сұратуға және алуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z38" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      19-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z39" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      23. Көрсетілетін қызметті берушінің мемлекеттік қызметтер көрсету мәселелері жөніндегі шешіміне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
+      19. Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер негізгі талаптар тізбесінде баяндалған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өзіндік ерекшелігі бар тауарлар экспортына лицензияны, қосарланған мақсаттағы тауарлар немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлар экспортына жалпы лицензияны, өзіндік ерекшелігі бар тауарлар импортына лицензияны алуға өтінішті қарау кезінде, мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңнамасында белгіленген және негізгі талаптар тізбесінде баяндалған негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама оның тапсырылғаны туралы хабарламасы бар тапсырыс хатпен, телефонограммамен немесе жеделхатпен, ұялы байланыстың абоненттік нөмірі бойынша немесе өтініште көрсетілген көрсетілетін қызметті алушының электрондық мекенжайы бойынша мәтіндік хабарламамен не хабарламаны немесе шақыруды тіркеуді қамтамасыз ететін өзге де байланыс құралдарын пайдалана отырып, көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмей жіберіледі Мемлекеттік қызмет көрсету. Тыңдау хабарлама жасалған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші лицензияны, қайта ресімделген лицензияны немесе мемлекеттік қызметті көрсетуден дәлелді бас тартуды береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20-тармақ жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Жүргізілген тәуекелдерді бағалау, мемлекеттік органдардың жауабы және алушы елдің кепілдік міндеттемесінің түпнұсқалығын тексеру нәтижелері негізінде жауапты орындаушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3 – қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік қызмет көрсету нәтижесін - лицензияны не осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Мемлекеттік қызмет көрсетуден дәлелді бас тартуды ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету нәтижесі "E-license" ақпараттық жүйесі арқылы көрсетілетін қызметті беруші басшысының не оны алмастыратын тұлғаның ЭЦҚ қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетінде" жіберіледі және сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Көрсетілетін қызметті беруші Мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті беруші шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      Рұқсаттар мен хабарламалардың мемлекеттік ақпараттық жүйесі арқылы мемлекеттік қызмет көрсету кезінде мемлекеттік қызмет көрсету сатысы туралы деректер мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне автоматты режимде келіп түседі.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z37" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Көрсетілетін қызметті алушы сыртқы сауда шартының (келісімшарттың) немесе тараптардың импорттаушымен (түпкі пайдаланушымен) ниетін растайтын өзге де құжаттың талаптарына сәйкес әскери мақсаттағы тауарлардың экспорты жасалғаннан кейін көрсетілетін қызметті берушіге әскери мақсаттағы тауарлардың жеткізілгенін растайтын құжатты межелі елге әкелінген сәттен бастап 15 жұмыс күні ішінде ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z38" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      23. Көрсетілетін қызметті берушінің мемлекеттік қызметтер көрсету мәселелері жөніндегі шешіміне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші шағым түскен күннен бастап үш жұмыс күнінен кешіктірмей шағымды және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Заңы 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қаралуға жатады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) көрсетілетін қызметті беруші – оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      2) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      24. Көрсетілетін қызметті алушының шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Заңы 25-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қаралуға жатады:</w:t>
+      25. Көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау мерзімі "Мемлекеттік көрсетілетін қызметтер туралы" Заңы 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) он жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) көрсетілетін қызметті беруші – оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
+      2) қосымша ақпарат алу.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган – ол тіркелген күннен бастап 15 (он бес) жұмыс күні ішінде.</w:t>
+      Шағымды қарау мерзімі ұзартылған жағдайда шағымдарды қарау бойынша өкілеттіктер берілген лауазымды адам шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген көрсетілетін қызметті алушыға ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы жазбаша нысанда (шағым қағаз жеткізгіште берілген кезде) немесе электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z42" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      26. Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайларда "Мемлекеттік көрсетілетін қызметтер туралы" Заңының 4-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) тармақшасына сәйкес сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер заңда өзгеше көзделмесе, сотқа жүгінуге сотқа дейінгі тәртіппен шағымданғаннан кейін жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z43" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...5 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Жалпы лицензияларды орындау бойынша құжаттарды ұсыну тәртібі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z44" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес қажет болған жағдайларда 10 (он) он жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
+        <w:t>
+      27. Қосарланған мақсаттағы тауарларды немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарларды экспорттауға арналған жалпы лицензия негізінде тауарларды экспорттауды жүзеге асыратын Қазақстан Республикасының жеке және заңды тұлғалары уәкілетті органға қос мақсаттағы тауарларды немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарларды экспорттауға арналған жалпы лицензияларды орындау жөніндегі құжаттарды ұсынуға міндетті.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z45" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
+        <w:t xml:space="preserve">
+      28. Қазақстан Республикасының жеке және заңды тұлғалары осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспорты жүзеге асырылған күннен бастап 10 жұмыс күні ішінде уәкілетті органға жалпы лицензияны орындау жөніндегі құжаттарды ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...99 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес нысан бойынша қос мақсаттағы тауарлардың немесе ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарлардың экспорты жүзеге асырылған күннен бастап 10 жұмыс күні ішінде уәкілетті органға жалпы лицензияны орындау жөніндегі құжаттарды ұсынады.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3198,68 +4019,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z47" w:id="29"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Өзіндік ерекшелігі бар тауарлардың экспортына немесе импортына лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5546,68 +6367,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлардың экспортына лицензия алу үшін өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6563,68 +7384,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="31"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлардың импортына лицензия алу үшін өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7580,68 +8401,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3- нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:bookmarkStart w:name="z54" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қосарланған мақсаттағы тауарлар мен ұлттық қауіпсіздік пайымдаулары бойынша бақыланатын тауарлардың экспортына лицензия алуға арналған өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8532,50 +9353,156 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19. Лицензияның ерекше шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2-қосымша жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10087,50 +11014,156 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 [Қол қоюшының Т. А. Ә. (бар болса)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-қосымша жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10287,68 +11320,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z57" w:id="33"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлар экспортына арналған лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11321,68 +12354,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2-нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="34"/>
+    <w:bookmarkStart w:name="z60" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлардың импортына арналған лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -12373,68 +13406,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="35"/>
+    <w:bookmarkStart w:name="z62" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ұлттық қауіпсіздік себептері бойынша бақыланатын және қосарланған мақсаттағы тауарлардың экспортына жалпы лицензия</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -13459,68 +14492,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="36"/>
+    <w:bookmarkStart w:name="z64" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жалпы лицензияны орындау бойынша ақпарат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -14655,68 +15688,172 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 425 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Біліктілік талаптары жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлардың экспортын жүзеге асыру жөніндегі қызметке қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -17722,68 +18859,172 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 425 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z68" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Біліктілік талаптары жаңа редакцияда көзделген - ҚР Өнеркәсіп және құрылыс министрінің 16.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өзіндік ерекшелігі бар тауарлардың импортын жүзеге асыру жөніндегі қызметке қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -22088,559 +23329,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 425 бұйрығына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="39"/>
+    <w:bookmarkStart w:name="z70" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарының күші жойылған тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z71" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Өнімнің экспорты мен импортын лицензиялау бойынша қызметке қойылатын біліктілік талаптарын және оларға сәйкестігін растайтын құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 29 қыркүйектегі № 949 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 13512 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z72" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Өнімнің экспорты мен импортын лицензиялау қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2016 жылғы 13 қазандағы № 719 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 14697 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z73" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазақстан Республикасы Инвестициялар және даму министрлігінің өнеркәсіп және экспорттық бақылау саласындағы кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 12 қаңтардағы № 27 бұйрығымен бекітілген өзгерістер мен толықтырулар енгізілген Қазақстан Республикасы Инвестициялар және даму министрлігінің өнеркәсіп және экспорттық бақылау саласындағы кейбір бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 16901 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z74" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Қазақстан Республикасы Инвестициялар және даму министрлігінің өнеркәсіп және экспорттық бақылау саласындағы кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 29 желтоқсандағы № 964 бұйрығымен бекітілген өзгерістер мен толықтырулар енгізілген Қазақстан Республикасы Инвестициялар және даму министрлігінің өнеркәсіп және экспорттық бақылау саласындағы кейбір бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z75" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. "Өнімнің экспорты мен импортын лицензиялау бойынша қызметке қойылатын біліктілік талаптарын және оларға сәйкестігін растайтын құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің міндетін атқарушының 2015 жылғы 29 қыркүйектегі № 949 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2019 жылғы 28 мамырдағы № 333 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z76" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. "Экспорттық бақылауға жататын өнімнің экспорты мен импортын лицензиялау қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2016 жылғы 13 қазандағы № 719 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 16 маусымдағы № 354 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z77" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 23 маусымдағы № 321 бұйрығымен бекітілген өзгерістер енгізілген Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z78" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. "Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің міндетін атқарушының 2022 жылғы 13 мамырдағы № 268 бұйрығымен бекітілген өзгерістер мен толықтыру енгізілген Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтары тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>