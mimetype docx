--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2e00357" w14:textId="2e00357">
+    <w:p w14:paraId="15816c8" w14:textId="15816c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Азаматтық хал актілерін мемлекеттік тіркеу қызметтеріне ақы төлеу мөлшерін айқындау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 9 маусымдағы № 175/НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 12 маусымда № 32755 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрінің 2023 жылғы 9 маусымдағы № 175/НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 12 маусымда № 32755 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -172,262 +172,230 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Осы бұйрықтың қолданысқа енгізілу тәртібін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-т</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>. қараңыз</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасының Кодексінің 182-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес азаматтық хал актілерін мемлекеттік тіркеу қызметтеріне ақы төлеу мөлшері айқындалсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің Мемлекеттік көрсетілетін қызметтер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Цифрлық даму, инновациялар және аэроғарыш өнеркәсібі вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық 2023 жылғы 1 шілдеден бастап қолданысқа енгізіледі және ресми жариялануға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -894,68 +862,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9 маусымдағы № 175/НҚ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Азаматтық хал актілерін мемлекеттік тіркеу қызметтеріне ақы төлеу мөлшері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымшаға өзгеріс енгізілді – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 587/НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейінгі күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -1396,247 +1402,217 @@
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ҚҚС</w:t>
+              <w:t>ҚҚС-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>-</w:t>
+              <w:t>сыз</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>сыз</w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
+              <w:t>теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>теңге</w:t>
-[...35 lines deleted...]
-</w:t>
+              <w:t>Көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Көрсетілетін</w:t>
+              <w:t>қызметті</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қызметті</w:t>
+              <w:t>алушы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>алушы</w:t>
+              <w:t>үшін</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үшін</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>мөлшері</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мөлшері</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve">-пен, </w:t>
+              <w:t xml:space="preserve">, ҚҚС-пен, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4872,52 +4848,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жұбайын хабар-ошарсыз кетті, әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы сот шешімі, сондай-ақ қылмыс жасағаны үшін жұбайын кемінде үш жыл мерзімге бас бостандығынан айыруға соттау туралы сот үкімі негізінде некені бұзуды мемлекеттік тіркеу </w:t>
+              <w:t>
+Жұбайын хабар-ошарсыз кетті, әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы сот шешімі, сондай-ақ қылмыс жасағаны үшін жұбайын кемінде үш жыл мерзімге бас бостандығынан айыруға соттау туралы сот үкімі негізінде некені бұзуды мемлекеттік тіркеу, сондай-ақ қылмыстық қудалау органының жұбайды халықаралық іздеуге жариялау туралы қаулысы, аталған қаулы сотпен санкцияланған күннен бастап кемінде үш жыл бойы іздеуде болған жағдайда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8262,55 +8238,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>