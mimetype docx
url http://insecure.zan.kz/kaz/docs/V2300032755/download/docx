--- v1 (2025-12-27)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15816c8" w14:textId="15816c8">
+    <w:p w14:paraId="c94358f" w14:textId="c94358f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -895,7329 +895,5711 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Азаматтық хал актілерін мемлекеттік тіркеу қызметтеріне ақы төлеу мөлшері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. Қосымшаға өзгеріс енгізілді – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 20.11.2025 </w:t>
+      Ескерту. Қосымша жаңа редакцияда – ҚР Премьер-Министрінің орынбасары – Жасанды интеллект және цифрлық даму министрінің 17.02.2026 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 587/НҚ</w:t>
+        <w:t>№ 78/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғаш ресми жарияланған күнінен кейінгі күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...631 lines deleted...]
-              <w:t>теңге</w:t>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Р/с </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың (жұмыстардың, көрсетілетін қызметтердің) атауы және сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы үшін мөлшері, ҚҚС-сыз, теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Баланың тууын мемлекеттік тіркеу, тууды мемлекеттік тіркеу туралы азаматтық хал актілері жазбаларына, оның ішінде әке болуды (ана болуды) анықтауға, баланы асырап алуға, атын, тегін және әкесінің атын өзгертуге байланысты өзгерістер, толықтырулар және түзетулер енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Баланың тууын мемлекеттік тіркеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайтыс болған баланы және өмірдің бірінші аптасында қайтыс болған баланы мемлекеттік тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір жасқа толған және одан да көп баланың тууын мемлекеттік тіркеу (мерзімін өткізіп ала отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасынан тыс жерде туылған кәмелетке толмаған баланың тууын мемлекеттік тіркеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тууды мемлекеттік тіркеу туралы азаматтық хал актілері жазбаларына, оның ішінде атын, әкесінің атын, тегін өзгертуге байланысты өзгерістер, толықтырулар және түзетулер енгізу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ата-аналардың бірлескен өтініші негізінде әке (ана) анықталуына байланысты тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Анасы қайтыс болған, анасы қайтыс болды деп жарияланған, анасы хабар-ошарсыз кетті деп танылған, анасы әрекетке қабілетсіз деп танылған, анасынан ата-ана құқықтарынан айырылған не шектелген, анасының тұрғылықты жерін белгілеу мүмкін болмаған жағдайларда өзін баланың әкесі деп танитын адамның әкелігін (анасын) белгілеуге байланысты тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әке болуды анықтау, сондай-ақ әке болуды анықтау фактісін және әке болу фактісін анықтау туралы сот шешімі бойынша адамның әке (ана) болуын анықтауға байланысты тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Әке болуды анықтау туралы бұрын шығарылған сот шешімінің, сондай-ақ әке болуды анықтау туралы акт жазбасының күшін жою туралы, жазбаны жарамсыз деп тану туралы заңды күшіне енген сот шешімінің күшін жою туралы сот ұйғарымын (қаулысын) алған кезде тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бала асырап алуға байланысты тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сот бала асырап алу туралы бұрын шығарылған шешімге қосымша жаңа шешім шығарған жағдайда бала асырап алуға байланысты тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Шетел азаматтары баланы асырап алған кезде дербес деректердің өзгеруіне байланысты тууды мемлекеттік тіркеу немесе тууды мемлекеттік тіркеу туралы акт жазбасына өзгерістер, толықтырулар енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 900,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-7 728,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неке қиюды (ерлі-зайыптылықты) мемлекеттік тіркеу, неке қиюды (ерлі-зайыптылықты) мемлекеттік тіркеу туралы азаматтық хал актілері жазбаларына, оның ішінде атын, тегін және әкесінің атын өзгертуге байланысты өзгерістер, толықтырулар және түзетулер енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Неке қиюды (ерлі-зайыптылықты) мемлекеттік тіркеу </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+ Неке қиюды (ерлі-зайыптылықты) мемлекеттік тіркеу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 450,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-3 864,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неке қиюды (ерлі-зайыптылықты) мемлекеттік тіркеу актісіне, оның ішінде атын, тегін, әкесінің атын өзгертуге байланысты өзгерістер, толықтырулар және түзетулер енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+ 3) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Неке жасын төмендету қажет болған жағдайда неке қиюды мемлекеттік тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 450,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-3 864,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу, азаматтық хал актілері жазбаларына, оның ішінде атын, тегін және әкесінің атын өзгертуге байланысты өзгерістер, толықтырулар мен түзетулер енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-1) </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+ 1) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Өзара келісім бойынша некені бұзуды мемлекеттік тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6 900,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-7 728,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жұбайын хабар-ошарсыз кетті, әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп тану туралы сот шешімі, сондай-ақ қылмыс жасағаны үшін жұбайын кемінде үш жыл мерзімге бас бостандығынан айыруға соттау туралы сот үкімі негізінде некені бұзуды мемлекеттік тіркеу, сондай-ақ қылмыстық қудалау органының жұбайды халықаралық іздеуге жариялау туралы қаулысы, аталған қаулы сотпен санкцияланған күннен бастап кемінде үш жыл бойы іздеуде болған жағдайда.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 345,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-386,40</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-3) </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+ 3) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2019 жылғы 10 желтоқсанға дейін шешімі шығарылған некені (ерлі-зайыптылықты) бұзу туралы сот шешімі негізінде некені бұзуды мемлекеттік тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сот шешіміне сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Некені (ерлі-зайыптылықты) бұзу туралы қолданыстағы актілік жазба толықтырылған жағдайда, 2019 жылғы 10 желтоқсанға дейін шешімі шығарылған некені (ерлі-зайыптылықты) бұзу туралы сот шешімі негізінде некені бұзуды мемлекеттік тіркеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сот шешіміне сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Некені (ерлі-зайыптылықты) бұзуды мемлекеттік тіркеу туралы, оның ішінде атын, тегін, әкесінің атын өзгертуге байланысты азаматтық хал актілері жазбаларына өзгерістер, толықтырулар және түзетулер енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтық хал актілері жазбаларының күшін жою</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүдделі тұлғалардың өтініші негізінде азаматтық хал актілері жазбаларының күшін жою</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сот шешімінің негізінде азаматтық хал актілері жазбаларының күшін жою</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтық хал актілері жазбаларын қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Мүдделі тұлғалардың өтініші негізінде азаматтық хал актілерінің жазбаларын қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сот шешімі негізінде азаматтық хал актілерінің жазбаларын қалпына келтіру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтық хал актілерін мемлекеттік тіркеу туралы қайталама куәліктер, анықтамалар беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...55 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасы Кодексінің 182-бабына сәйкес қайтыс болу туралы қайталама куәліктер беруді қоспағанда азаматтық хал актілерін мемлекеттік тіркеу туралы қайталама куәліктер беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 450,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-3 864,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-2) </w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+ 2) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-"Неке (ерлі-зайыптылық) және отбасы туралы "Қазақстан Республикасы Кодексінің </w:t>
+"Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасы Кодексінің </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>182-бабына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес қайтыс болу туралы анықтама беруді қоспағанда, азаматтық хал актілерін мемлекеттік тіркеу туралы анықтамаларды қағаз жеткізгіште беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 035,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 159,20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Электрондық үкіметтің" веб-порталы арқылы азаматтық хал актілерін электрондық нысанда мемлекеттік тіркеу туралы анықтамаларды, оның ішінде қайтыс болғаны туралы хабарламаларды беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Тегін </w:t>
-[...35 lines deleted...]
-Тегін</w:t>
+ Тегін </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуелсіз Мемлекеттер Достастығы елдерінен азаматтық хал актілерін тіркеу туралы куәліктерді талап ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тәуелсіз Мемлекеттер Достастығы елдерін қоспағанда, шет мемлекеттерден азаматтық хал актілерін тіркеу туралы куәліктерді талап ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3 450,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-3 864,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қайтыс болуды мемлекеттік тіркеу, қайтыс болуды мемлекеттік тіркеу туралы жазба актілеріне өзгерістер, толықтырулар және түзетулер енгізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтыс болуды мемлекеттік тіркеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Қайтыс болуды мемлекеттік тіркеу туралы акт жазбаларына өзгерістер, толықтырулар және түзетулер енгізу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 725,00</w:t>
-            </w:r>
-[...34 lines deleted...]
-1 932,00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Азаматтық хал актісін тіркеу туралы мәліметтерді өзектендіру (түзету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 "Азаматтарға арналған үкімет" мемлекеттік корпорациясы немесе "электрондық үкімет" веб-порталы арқылы азаматтық хал актісін тіркеу туралы мәліметтерді өзектендіру (түзету)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -8238,55 +6620,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>