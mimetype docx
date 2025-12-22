--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b586d15" w14:textId="b586d15">
+    <w:p w14:paraId="24144f7" w14:textId="24144f7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,183 +93,247 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 5 мамырдағы № 194 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2023 жылғы 19 мамырдағы № 188 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 19 мамырда № 32539 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2023 жылғы 19 мамырдағы № 188 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 19 мамырда № 32539 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 5 мамырдағы № 194 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16949 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -300,68 +364,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "3. Объектілер салуға арналған және тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының жер заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Жер кодексінің (бұдан әрі – Кодекс) 14-1-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -376,142 +423,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес объектілер салуға арналған жер учаскелерінің иелерін (жер пайдаланушыларды) есепке алу (бұдан әрі – жер учаскелерін есепке алу);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       объектілер салуға арналған жер учаскелерін игеру, оларды Қазақстан Республикасының жер заңнамасын сақтай отырып тиісті мақсаттарда пайдалану үшін Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>92-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген мерзімдердің орындалуын мониторингтеу (бұдан әрі – мониторинг);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілер салу үшін берілген жер учаскелерінің иелерін (жер пайдаланушыларды) мұндай учаскелердің тиісті мақсаттарда пайдаланылуы (пайдаланылмауы) немесе Қазақстан Республикасының жер заңнамасы сақтала (бұзыла) отырып пайдаланылуы фактілерін растау тұрғысынан мемлекеттік бақылау жолымен жүргізіледі.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -542,250 +558,250 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Жер учаскелерін есепке алуды және мониторингті жүзеге асыру барысында жер қатынастары жөніндегі уәкілетті орган игеру мерзімі өтіп кеткен не күнтізбелік жылдың тиісті тоқсанының соңына дейін мерзімі аяқталатын объектілер салу үшін берілген жер учаскелері бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік қала құрылысы кадастрынан осындай жер учаскелерінде салынып жатқан (салынуы белгіленген) объектілер туралы мәліметтер алу үшін тиісті жергілікті атқарушы органның сәулет және қала құрылысы саласындағы функцияларды жүзеге асыратын құрылымдық бөлімшесіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осындай жер учаскелерінде құрылыс-монтаждау жұмыстарының жүргізіле бастағаны (құрылыс басталған кезде) туралы хабарламалар, сондай-ақ салынып жатқан (салынуы белгіленген) объектілер мен кешендердің салыну мерзімін көрсете отырып, оларға мониторинг жүргізу нәтижелері бойынша мәліметтер алу үшін тиісті жергілікті атқарушы органның мемлекеттiк сәулет-құрылыс бақылау функцияларын жүзеге асыратын құрылымдық бөлімшесіне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) жылжымайтын мүліктің бірыңғай мемлекеттік кадастрының ақпараттық жүйесінен осындай жер учаскесінің сәйкестендіру сипаттамалары (кадастрлық нөмірі, нысаналы мақсаты, алаңы, сондай-ақ жер учаскесіне құқық белгілейтін құжаттар туралы мәліметтер) бойынша ақпарат алу үшін мемлекеттік жер кадастрын жүргізетін "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осындай жер учаскелері бойынша құқықтық кадастрдан мәліметтер (жылжымайтын мүлікке құқықты, ауыртпалықтарды мемлекеттік тіркеу туралы) алу үшін тіркеу органына тиісті сұранымдар жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қажет болған жағдайда, осындай жер учаскелері жөнінде мәліметтер жинау үшін қажетті ақпаратты нақтылау және (немесе) белгілеу және оларды толықтыру мақсатында жер қатынастары жөніндегі уәкілетті орган басқа да уәкілетті мемлекеттік органдарға және мемлекеттік емес ұйымдарға сұраным жібереді.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Жер ресурстарын басқару комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оның Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық 2023 жылғы 1 шілдеден бастап қолданысқа енгізілетін осы бұйрықтың 1-тармағының он екінші абзацын қоспағанда алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>