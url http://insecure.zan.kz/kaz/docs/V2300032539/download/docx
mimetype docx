--- v1 (2025-12-22)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="24144f7" w14:textId="24144f7">
+    <w:p w14:paraId="1bb8631" w14:textId="1bb8631">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Тиісті мақсаттарда пайдаланылмайтын немесе Қазақстан Республикасының заңнамасы бұзыла отырып пайдаланылатын жер учаскелерін анықтау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 5 мамырдағы № 194 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2023 жылғы 19 мамырдағы № 188 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 19 мамырда № 32539 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ауыл шаруашылығы министрінің 2025 жылғы 29 қазандағы № 397 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 29.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Ауыл шаруашылығы министрінің 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 397</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -968,63 +970,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1346,35 +1370,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>