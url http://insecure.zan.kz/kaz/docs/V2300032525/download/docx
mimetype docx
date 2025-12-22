--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1051b6b" w14:textId="1051b6b">
+    <w:p w14:paraId="80bac04" w14:textId="80bac04">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,203 +93,230 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға шекті жол берілетін бөлшек сауда бағаларының мөлшерін белгілеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2015 жылғы 30 наурыздағы № 282 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 2023 жылғы 17 мамырдағы № 176-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 18 мамырда № 32525 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 2023 жылғы 17 мамырдағы № 176-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 18 мамырда № 32525 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Сауда және интеграция министрінің м.а. 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 306-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға шекті жол берілетін бөлшек сауда бағаларының мөлшерін белгілеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2015 жылғы 30 наурыздағы № 282 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 11245 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       бұйрықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ""Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -304,106 +331,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға шекті рұқсат етілген бөлшек сауда бағаларының мөлшерін белгілеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> қосымшаға сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -436,162 +448,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Осы Қағидалар "Сауда қызметін реттеу туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 7-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға бөлшек сауда бағаларының шекті рұқсат етілген мөлшерін белгілеу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Облыстың, республикалық маңызы бар қаланың, астананың аумағында әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәні "Агроөнеркәсіптік кешенді және ауылдық аумақтарды дамытуды мемлекеттік реттеу туралы" Қазақстан Республикасының Заңының 5-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Үкіметінің қаулысымен бекітілген тізбе бойынша белгіленеді."; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -604,70 +584,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерінің мөлшерін есептеу келесі формула бойынша жүзеге асырылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Pi = Sp + L + M1 + M2 + St</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -898,108 +878,108 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Жергілікті атқарушы органдар уәкілетті органға тоқсан сайын, есепті айдан кейінгі айдың 5-күніне дейін әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының алдағы тоқсанға арналған шекті мәндерін белгілеу жөніндегі ұсыныстар енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін айқындау мақсатында уәкілетті орган жергілікті атқарушы органдардың ұсыныстары ұсынылған күннен бастап он жұмыс күні ішінде макроэкономикалық талдау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Макроэкономикалық талдау қорытындылары бойынша уәкілетті органның тиісті шешімін алғаннан кейін әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін белгілеудің алдындағы алдағы тоқсанға арналған әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндері белгіленеді.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1108,128 +1088,128 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Әлеуметтік маңызы бар азық-түлік тауарларына шекті рұқсат етілетін бөлшек сауда бағаларының мөлшері әлеуметтік маңызы бар азық-түлік тауарларына шекті сауда үстемесінің 15%-дан аспайтын ұлғайтуға жол бере отырып, олардың бөлшек сауда бағаларының белгіленген шекті мәндері деңгейінде бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Азық-түлік қауіпсіздігін қамтамасыз ету мақсатында, табиғи және техногендік сипаттағы төтенше жағдайларда (су тасқыны, құрғақшылық, мал мен құстың өлімі, зиянды жәндіктердің шабуылы, жер сілкінісі және өзге де дүлей зілзалалар, өндірістік іркілістер (сынулар), оның ішінде тиісті өнімге әлемдік бағаның өсуі, Қазақстанға импорттық өнімді әкелуге шектеу шараларын енгізу және жеткізілімдегі күтпеген іркілістер тауарларды өндіру мен өткізудегі бағаның өсуі) жергілікті атқарушы органдар әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін ескермей, әлеуметтік маңызы бар азық-түлік тауарларына шекті рұқсат етілген бөлшек сауда бағаларының мөлшерін белгілеуге жол береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="5"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті рұқсат етілген мөлшерін белгілеу туралы шешім Қазақстан Республикасының тиісті өңірінің аумағында рұқсат етілген бөлшек сауда бағалары енгізілетін азық-түлік тауарларының атауларын, осындай тауарларға бөлшек сауда бағаларының шекті рұқсат етілген мөлшері және мерзімдерін көрсете отырып өткізілетін Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті рұқсат етілген мөлшерін бекіту жөніндегі комиссияның (бұдан әрі – Комиссия) ұсынымы негізінде облыс, республикалық маңызы бар қала, астана әкімінің қаулысымен бекітіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Комиссия құрамы облыс, республикалық маңызы бар қала, астана әкімінің өкімімен бекітіледі. Комиссияның жұмыс органы жергілікті атқарушы орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комиссияның Төрағасы облыс, республикалық маңызы бар қала, астана әкімінің орынбасары болып табылады. Комиссия хатшысы оның мүшесі болып табылмайды және комиссияның ұсынымдар қабылдау кезіндегі дауыс беру құқығына ие емес. Комиссия құрамына жергілікті өкілді және атқарушы органдардың өкілдері, ішкі сауда субъектілерінің және салалық қауымдастықтар мен одақтар өкілдері кіреді. Комиссия мүшелерінің саны тақ және Төрағаны қоса алғанда кемінде 7 адамды құрайды. Ішкі сауда субъектілерінің өкілдері Комиссия мүшелерінің жалпы санынан кемінде 40% құрайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1354,226 +1334,210 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "17. Әлеуметтік маңызы бар азық-түлік тауарларына шекті рұқсат етілген бөлшек сауда бағаларының мөлшерін бекіту кезінде жергілікті атқарушы органдар Заңның </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8–бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> екінші бөлімінің 2) тармақшасына сәйкес қабылданған шешімнің аталған тауарларға баға белгілеуге ықпалына мониторинг және талдау жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бірнеше өндірушілерден немесе көтерме жеткізушілерден әлеуметтік маңызы бар азық-түлік тауары болған жағдайда ішкі сауда субъектісі осы әлеуметтік маңызы бар азық-түлік тауарының кемінде екі позициясына (ассортиментіне) белгіленген шекті рұқсат етілген бөлшек сауда бағаларының мөлшерін сақтауға қажет.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z23" w:id="8"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Сауда және интеграция министрлігінің Сауда комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Сауда және интеграция министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылауды өзіме қалдырамын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z27" w:id="12"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1946,55 +1910,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>