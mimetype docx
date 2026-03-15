--- v1 (2025-12-22)
+++ v2 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="80bac04" w14:textId="80bac04">
+    <w:p w14:paraId="128ce41" w14:textId="128ce41">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін және оларға шекті жол берілетін бөлшек сауда бағаларының мөлшерін белгілеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің міндетін атқарушының 2015 жылғы 30 наурыздағы № 282 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Сауда және интеграция министрінің 2023 жылғы 17 мамырдағы № 176-НҚ бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 18 мамырда № 32525 болып тіркелді. Күші жойылды - Қазақстан Республикасы Сауда және интеграция министрінің м.а. 2025 жылғы 30 қазандағы № 306-НҚ бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Сауда және интеграция министрінің м.а. 30.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Сауда және интеграция министрінің м.а. 30.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 306-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (31.12.2025 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -1902,63 +1904,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2280,35 +2304,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>