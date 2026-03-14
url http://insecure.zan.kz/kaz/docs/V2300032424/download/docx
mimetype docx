--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ebb0c03" w14:textId="ebb0c03">
+    <w:p w14:paraId="84005c8" w14:textId="84005c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -333,216 +333,256 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес асыл тұқымды мал шаруашылығы саласындағы әкімшілік деректерді жинауға арналған "Асыл тұқымды жануарлардың тізілімі" нысаны бекітілсін.</w:t>
+        <w:t xml:space="preserve"> сәйкес асыл тұқымды мал шаруашылығы саласындағы әкімшілік деректерді жинауға арналған "Асыл тұқымды жануарлардың тізілімі" нысаны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z613" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) осы бұйрыққа 5-қосымшаға сәйкес асыл тұқымды мал шаруашылығы саласындағы әкімшілік деректерді жинауға арналған "Өнімділіктің сүтті, сүтті-етті және етті бағытындағы асыл тұқымды ірі қара мал импорты" нысаны бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 203</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен; өзгеріс енгізілді - ҚР Ауыл шаруашылығы министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:bookmarkStart w:name="z21" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Ауыл шаруашылығы министрлігінің Мал шаруашылығы департаменті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z23" w:id="8"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Ауыл шаруашылығы министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z24" w:id="9"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ауыл шаруашылығы вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -668,150 +708,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Карашукеев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "КЕЛІСІЛДІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z28" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z28" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z29" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z29" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стратегиялық жоспарлау және</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z30" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z30" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       реформалар агенттігі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z31" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z31" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұлттық статистика бюросы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -965,68 +1005,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z593" w:id="16"/>
+    <w:bookmarkStart w:name="z593" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Республиканың асыл тұқымдық орталықтарындағы асыл тұқымды тұқымдық жануарлардың саны туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2966,86 +3006,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жануарлардың саны туралы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>есеп" нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z595" w:id="17"/>
+    <w:bookmarkStart w:name="z595" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Республиканың асыл тұқымдық орталықтарындағы асыл тұқымды тұқымдық жануарлардың саны туралы есеп" нысанын толтыру бойынша түсініктеме (индексі: АТОЕ-1, кезеңділігі: тоқсан сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z596" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z596" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсініктеме әкімшілік деректерді өтеусіз негізде жинауға арналған "Республиканың асыл тұқымдық орталықтарындағы асыл тұқымды тұқымдық жануарлардың саны туралы есеп" нысанын (бұдан әрі – Нысан) толтыруға қойылатын бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3092,68 +3132,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанды асыл тұқымдық орталықтар Қазақстан Республикасының Ауыл шаруашылығы министрлігіне тоқсан сайын, есепті тоқсаннан кейінгі айдың бесінші күніне дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z597" w:id="19"/>
+    <w:bookmarkStart w:name="z597" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның 1-бағанында реттік нөмір көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3451,68 +3491,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z598" w:id="20"/>
+    <w:bookmarkStart w:name="z598" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Республиканың асыл тұқымдық орталықтарындағы асыл тұқымды тұқымдық жануарлардың бағалануы туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 2-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6723,86 +6763,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жануарлардың бағалануы туралы есеп" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z600" w:id="21"/>
+    <w:bookmarkStart w:name="z600" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Республиканың асыл тұқымдық орталықтарындағы асыл тұқымды тұқымдық жануарлардың бағалануы туралы есеп" нысанын толтыру бойынша түсініктеме (индексі: АТОЕ-2, кезеңділігі: жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z601" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z601" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсініктеме әкімшілік деректерді өтеусіз негізде жинауға арналған "Республиканың асыл тұқымдық орталықтарындағы асыл тұқымды тұқымдық жануарлардың бағалануы туралы есеп" нысанын (бұдан әрі – Нысан) толтыруға қойылатын бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6849,68 +6889,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанды асыл тұқымдық орталықтар Қазақстан Республикасының Ауыл шаруашылығы министрлігіне жыл сайын, есепті жылдан кейінгі жылдың оныншы қаңтарына дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z602" w:id="23"/>
+    <w:bookmarkStart w:name="z602" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның 1-бағанында реттік нөмір көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7262,68 +7302,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z603" w:id="24"/>
+    <w:bookmarkStart w:name="z603" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Асыл тұқымды тұқымдық жануарлар ұрығының саны туралы есеп</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 3-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9218,86 +9258,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>туралы есеп" нысанына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z605" w:id="25"/>
+    <w:bookmarkStart w:name="z605" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Асыл тұқымды тұқымдық жануарлар ұрығының саны туралы есеп" нысанын толтыру бойынша түсініктеме (индексі: АТОЕ-3, кезеңділігі: тоқсан сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z606" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z606" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсініктеме әкімшілік деректерді жинауға арналған "Асыл тұқымды тұқымдық жануарлар ұрығының саны туралы есеп" нысанын (бұдан әрі – Нысан) толтыруға қойылатын бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9344,68 +9384,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанды асыл тұқымдық орталықтар, асыл тұқымдық жануарлардың ұрығы мен эмбриондарын өткізу жөнiндегi дистрибьютерлiк орталықтар Қазақстан Республикасы Ауыл шаруашылығы министрлігіне тоқсан сайын, есепті тоқсаннан кейінгі айдың бесінші күніне дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z607" w:id="27"/>
+    <w:bookmarkStart w:name="z607" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның1-бағанында реттік нөмір көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9654,68 +9694,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z608" w:id="28"/>
+    <w:bookmarkStart w:name="z608" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Асыл тұқымды жануарлар тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 4-қосымша жаңа редакцияда - ҚР Ауыл шаруашылығы министрінің 18.06.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35219,86 +35259,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"Асыл тұқымды жануарлар</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>тізілімі" нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z610" w:id="29"/>
+    <w:bookmarkStart w:name="z610" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Асыл тұқымды жануарлар тізілімі" нысанын толтыру бойынша түсініктеме (индексі: РПЕ-1, кезеңділігі: жыл сайын)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z611" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z611" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Осы түсініктеме әкімшілік деректерді өтеусіз негізде жинауға арналған "Асыл тұқымды жануарлар тізілімі" нысанын (бұдан әрі – Нысан) толтыруға қойылатын бірыңғай талаптарды айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -35345,68 +35385,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Нысанды республикалық палаталар Қазақстан Республикасының Ауыл шаруашылығы министрлігіне жыл сайын, есепті жылдан кейінгі жылдың оныншы қаңтарына дейін ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z612" w:id="31"/>
+    <w:bookmarkStart w:name="z612" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсініктеме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Нысанның 1-тарауының 1-бағанында жастық-жыныстық топтары көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -36695,104 +36735,4386 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       78. Нысанның 12-тарауының 6-бағанында II сыныпты асыл тұқымды балара ұяларының саны көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       79. Нысанның 12-тарауының 7-бағанында III сыныпты асыл тұқымды балара ұяларының саны көрсетіледі.</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ауыл шаруашылығы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің 2023 жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>27 сәуірдегі № 164</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына 5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасы Ауыл шаруашылығы министрлігіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан www.gov.kz интернет-ресурсында орналастырылған</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z615" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік нысанның атауы: Өнімділіктің сүтті, сүтті-етті және етті бағытындағы асыл тұқымды ірі қара мал импорты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрық 5-қосымшамен толықтырылды - ҚР Ауыл шаруашылығы министрінің 31.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі: ОАИ-1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділігі: тоқсан сайын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: 20___ жылғы ___ тоқсан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің облыстық аумақтық инспекциялары</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсыну мерзімі: тоқсан сайын, есепті тоқсаннан кейінгі айдың бесінші күніне дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес-сәйкестендіру нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="4279900" cy="482600"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId8"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="4279900" cy="482600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: қағаз жеткізгіште немесе электрондық түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="946"/>
+        <w:gridCol w:w="947"/>
+        <w:gridCol w:w="947"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тұқым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкелінген асыл тұқымды мал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экспорттаушы ел</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қаржыландыру көзі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауыл шаруа шылығы құралымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ауданы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+малдың әкелінген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+карантиндеудің аяқталуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+барлығы, бас</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+оның ішінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+бұқашықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сиырлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+құнажын</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+қашар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="13"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+__________________облысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыс бойынша барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="946" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="947" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+х</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Атауы _____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефоны _________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Электрондық почтасының мекенжайы _________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Орындаушы _______________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              аты және әкесінің аты (бар болса), тегі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Басшы немесе оның міндетін атқарушы адам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                 аты және әкесінің аты (бар болса), тегі</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ескертпе: Әкімшілік деректерді өтеусіз негізде жинауға арналған "Өнімділіктің сүтті, сүтті-етті және етті бағытындағы асыл тұқымды ірі қара мал импорты" нысанын толтыру бойынша түсіндірме осы нысанға қосымшада келтірілген.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді өтеусіз</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізде жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған "Өнімділіктің сүтті,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сүтті-етті және етті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағытындағы асыл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тұқымды ірі қара мал импорты"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысанына қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z617" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде жинауға арналған "Өнімділіктің сүтті, сүтті-етті және етті бағытындағы асыл тұқымды ірі қара мал импорты" нысанын толтыру бойынша түсіндірме (индексі: ОАИ-1, кезеңділігі: тоқсан сайын)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z618" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z619" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Осы түсіндірме әкімшілік деректерді жинауға арналған "Өнімділіктің сүтті, сүтті-етті және етті бағытындағы асыл тұқымды ірі қара мал импорты" нысанын (бұдан әрі – Нысан) толтыруға қойылатын бірыңғай талаптарды айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z620" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нысанды Қазақстан Республикасы Ауыл шаруашылығы министрлігі Агроөнеркәсіптік кешендегі мемлекеттік инспекция комитетінің облыстық аумақтық инспекциялары (бұдан әрі – ОАИ) толтырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z621" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Нысанға орындаушы мен басшы не оның міндетін атқарушы адам қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z622" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Нысанды ОАИ Қазақстан Республикасы Ауыл шаруашылығы министрлігіне тоқсан сайын, есепті тоқсаннан кейінгі айдың бесінші күнінен кешіктірмей ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z623" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Нысан қазақ және орыс тілдерінде толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z624" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Нысанды толтыру бойынша түсіндірме</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z625" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Нысанның 1-бағанында реті бойынша нөмірлеу көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z626" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Нысанның 2-бағанында ауыл шаруашылығы құралымының атауы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z627" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Нысанның 3-бағанында ауданның атауы "Стандарттаудың кейбір мәселелері туралы" Қазақстан Республикасы Сауда және интеграция министрлігінің Техникалық реттеу және метрология комитеті төрағасының 2025 жылғы 16 қаңтардағы № 2-НҚ бұйрығымен бекітілген "Әкімшілік-аумақтық объектілер жіктеуіші" ҚР ҰЖ 11 Қазақстан Республикасының Ұлттық жіктеуішке сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z628" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Нысанның 4-бағанында тұқымы көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z629" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Нысанның 5-бағанында малдың әкелінген күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z630" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Нысанның 6-бағанында малдың карантиндеудің аяқталу күні көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z631" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Нысанның 7-бағанында әкелінген асыл тұқымды малдың барлығы, бас көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z632" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Нысанның 8-бағанында әкелінген бұқашықтардың саны, бас көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z633" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Нысанның 9-бағанында әкелінген сиырлардың саны, бас көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z634" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Нысанның 10-бағанында әкелінген құнажындардың саны, бас көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z635" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Нысанның 11-бағанында әкелінген қашарлардың саны, бас көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z636" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Нысанның 12-бағанында "Ұлттық стандарттарды, ұлттық жіктеуішті бекіту және ұлттық жіктеуішті жою туралы" Қазақстан Республикасы Инвестициялар және даму министрлігі Техникалық реттеу және метрология комитеті төрағасының міндетін атқарушының 2016 жылғы 18 қарашадағы № 290-од бұйрығымен бекітілген "Елдердің атауларын және олардың әкімшілік-аумақтық бөлімшелері бірліктерін белгілеуге арналған кодтар. 1-бөлім. Елдер кодтары" ҚР ҰЖ ISO 3166-1-2016 Қазақстан Республикасының ұлттық жіктеуішіне сәйкес экспорттаушы ел көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z637" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Нысанның 13-бағанында қаржыландыру көзі көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -37114,35 +41436,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>