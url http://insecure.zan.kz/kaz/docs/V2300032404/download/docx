--- v0 (2025-11-14)
+++ v1 (2026-03-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9ef237" w14:textId="e9ef237">
+    <w:p w14:paraId="8e7060c" w14:textId="8e7060c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы түпкілікті пайдаланушысының сертификатын және Қазақстан Республикасының халықаралық импорттық сертификатын ресімдеу және беру қағидалары мен біліктілік талаптарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 28 сәуірдегі № 309 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 2 мамырда № 32404 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2023 жылғы 28 сәуірдегі № 309 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 2 мамырда № 32404 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -894,54 +894,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және Қазақстан Республикасы түпкілікті пайдаланушысының сертификатын (бұдан әрі - түпкілікті пайдаланушының сертификаты) және Қазақстан Республикасының халықаралық импорттық сертификатын (бұдан әрі - халықаралық импорттық сертификат) ресімдеу және біліктілік талаптары, сондай-ақ "Түпкілікті пайдаланушысының сертификатын және халықаралық импорттық сертификатын беру" мемлекеттік қызметін көрсетуін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Түпкілікті пайдаланушысының сертификатын және халықаралық импорттық сертификатын беру" мемлекеттік көрсетілетін қызмет (бұдан әрі - мемлекеттік көрсетілетін қызмет) болып табылады және оны осы Қағидаларға сәйкес Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      2. "Түпкілікті пайдаланушысының сертификатын және халықаралық импорттық сертификатын беру" мемлекеттік көрсетілетін қызмет (бұдан әрі - мемлекеттік көрсетілетін қызмет) болып табылады және оны осы Қағидаларға сәйкес Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитеті (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Көрсетілетін қызметті беруші осы Қағидаларға өзгерістер және (немесе) толықтырулар қолданысқа енгізілген күннен бастап үш жұмыс күні ішінде Енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты Бірыңғай байланыс орталығына және "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1054,54 +1116,152 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті орган – өзіндік ерекшелігі бар тауарларды бақылау саласында, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шектерде – салааралық үйлестіруді мемлекеттік реттеуді жүзеге асыратын орталық атқарушы орган.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Түпкілікті пайдаланушы сертификаты және халықаралық импорттық сертификат сыртқы сауда шартына (келісімшартқа) енгізілген өзіндік ерекшелігі бар тауарлардың саны мен номенклатурасына қарамастан бір мәмілеге ресімделеді.</w:t>
+      5. Түпкілікті пайдаланушысының сертификаты және халықаралық импорттық сертификат сыртқы сауда шартына (келісімшартқа) енгізілген өзіндік ерекшелігі бар тауарлардың саны мен номенклатурасына қарамастан бір мәмілеге ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түпкілікті пайдаланушысының сертификаты мен халықаралық импорттық сертификат қосарланған және әскери мақсаттағы тауарларға, ұлттық қауіпсіздікті қамтамасыз ету үшін бақыланатын тауарларға, сондай-ақ экспорттаушы елдің және (немесе) шығу елі құзыретті органы талап еткен жағдайда беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Түпкілікті пайдаланушы сертификаты мен халықаралық импорттық сертификат он таңбалы код көрсетіле отырып Еуразиялық экономикалық одақтың сыртқы экономикалық қызметтің бірыңғай тауар номенклатурасына және Еуразиялық экономикалық одақтың Бірыңғай кедендік тарифіне сәйкес, Еуразиялық экономикалық комиссия Кеңесінің 2021 жылғы 14 қыркүйектегі № 80 шешіміне сәйкес ресімделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z22" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Түпкілікті пайдаланушы сертификатына және халықаралық импорттық сертификатқа өзгерістер енгізуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z23" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1172,90 +1332,152 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z26" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      9. Мемлекеттік қызметті алу үшін Қазақстан Республикасының жеке және заңды тұлғалары (бұдан әрі - көрсетілетін қызметті алушылар) көрсетілетін қызметті берушіге осы Қағидаларға </w:t>
+      9. Мемлекеттік қызметті алу үшін Қазақстан Республикасының жеке және заңды тұлғалары (бұдан әрі – көрсетілетін қызметті алушылар) көрсетілетін қызметті берушіге осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне (бұдан әрі - Негізгі талаптар тізбесі) сәйкес құжаттарды "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы береді.</w:t>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесіне (бұдан әрі – Негізгі талаптар тізбесі) сәйкес құжаттарды "электрондық үкіметтің" веб-порталы (бұдан әрі – портал) арқылы береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы барлық қажетті құжаттарды портал арқылы берген кезде - көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік көрсетілетін қызмет нәтижесін алған күнін көрсете отырып, мемлекеттік қызметті көрсету үшін сұрау салудың қабылданғаны туралы мәртебе көрсетіледі.</w:t>
+      Шетел тілдерінде жасалған құжаттар мемлекеттік тіліндегі және/немесе орыс тіліндегі аудармасымен ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 9-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z27" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Көрсетілетін қызметті берушінің кеңсе қызметкері порталдан келіп түскен құжаттарды олар келіп түскен күні қабылдауды және тіркеуді жүзеге асырады және жауапты орындаушыға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1347,71 +1569,151 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес белгіленген біліктілік талаптарына сәйкестігін тексереді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсынылған құжаттардың біліктілік талаптарына сәйкестігін тексеру нәтижелері негізінде жауапты орындаушы мемлекеттік көрсетілетін қызметтің нәтижесін - түпкілікті пайдаланушының сертификатын және (немесе) осы Қағидаларға </w:t>
+      Ұсынылған құжаттардың біліктілік талаптарына сәйкестігін тексеру нәтижелері негізінде жауапты орындаушы мемлекеттік көрсетілетін қызметтің нәтижесін - түпкілікті пайдаланушысының сертификатын және (немесе) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша халықаралық импорттық сертификатты не мемлекеттік қызметті көрсетуден дәлелді бас тартуды дайындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қорғаныс тапсырысын орындау шеңберінде әскери мақсаттағы тауарларды, қосарлы мақсаттағы тауарларды (өнімдерді), әскери мақсаттағы жұмыстарды және әскери мақсаттағы көрсетілетін қызметтерді импорттау кезінде түпкілікті пайдаланушысының сертификаттарына экспорттаушы елдің және/немесе шығарылған елдің құзыретті органы бекіткен нысан бойынша мемлекеттік қорғаныс тапсырысы саласындағы уәкілетті органның бірінші басшысы немесе оны алмастыратын тұлға қағаз жеткізгіште қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 12-тармақ жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мемлекеттік қызмет көрсетуден бас тарту үшін Қазақстан Республикасының заңнамасында белгіленген және негізгі талаптар тізбесінде баяндалған негіздер анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызмет көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушыға алдын ала шешім бойынша ұстанымын білдіру мүмкіндігі үшін тыңдауды өткізу уақыты мен орны (тәсілі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1896,50 +2198,88 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Түпкілікті пайдаланушысының сертификатын және халықаралық импорттық сертификатын беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымшаға өзгеріс енгізілді - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2040,87 +2380,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Көрсетілетін қызметті берушінің атауы</w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті (бұдан әрі-көрсетілетін қызметті беруші)</w:t>
+Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігінің Өнеркәсіп комитеті (бұдан әрі – көрсетілетін қызметті беруші).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3630,430 +3970,351 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Түпкілікті пайдаланушының сертификатын</w:t>
+              <w:t>"Түпкілікті пайдаланушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>және халықаралық импорттық сертификатын беру"</w:t>
+              <w:t xml:space="preserve">сертификатын және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">халықаралық импорттық </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатын беру"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>негізгі талаптарының тізбесіне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
-            </w:r>
-[...63 lines deleted...]
-              <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z62" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Өтініш</w:t>
+      1-нысан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (толық көрсетілетін қызметті берушінің атауы)</w:t>
-[...17 lines deleted...]
-      ___________________________________________________________________ </w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                   (толық көрсетілетін қызметті берушінің атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                       (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      жеке тұлғадан, жеке сәйкестендіру нөмірі, № дара кәсіпкер ретінде қызметтің басталғаны туралы хабарлама дара кәсіпкер үшін; өтініш берушінің заңды тұлғасының толық атауы, бизнес – сәйкестендіру нөмірі, Өтініш берушінің заңды тұлғасын мемлекеттік тіркеу куәлігінің немесе анықтамасының № - заңды тұлға үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мекенжайы _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат нөмірі, телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Түпкілікті пайдаланушысының сертификатын алуға өтініш</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жеке тұлғадан, жеке сәйкестендіру нөмірі, № дара кәсіпкер ретінде қызметтің</w:t>
-[...161 lines deleted...]
-      Түпкілікті пайдаланушының сертификатын беруіңізді сұраймын.</w:t>
+      Түпкілікті пайдаланушысының сертификатын беруіңізді сұраймын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қоса беріледі _ _ _ _ _ _ _ парақ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -4062,232 +4323,550 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      – көрсетілетін қызметті алушы ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға жазбаша келісімін алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – көрсетілетін қызмет алушыға қатысты, қызметті немесе қызметтің жекелеген түрлерін тоқтата тұру немесе оған тыйым салу туралы сот шешімі (үкімі) заңды күшіне енген жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – барлық қоса беріліп отырған құжаттар шындыққа сәйкес келеді және жарамды болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілетін қызметті алушы ақпараттық жүйелерде қамтылған заңмен  </w:t>
+      Осы арқылы ұсынылған ақпараттың дұрыстығын растаймын және Қазақстан Республикасының заңнамасына сәйкес </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жалған мәліметтерді бергені үшін жауапкершілікке тартылатыным жөнінде хабардармын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өтініш беруші ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Толтыру күні 20 __ жылғы "___" _________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z63" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2-нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z64" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      (толық көрсетілетін қызметті берушінің атауы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    (тегі, аты, әкесінің аты (болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке тұлғадан, жеке сәйкестендіру нөмірі, № дара кәсіпкер ретінде қызметтің басталғаны туралы хабарлама – дара кәсіпкер үшін; өтініш берушінің заңды тұлғасының толық атауы, бизнес–сәйкестендіру нөмірі, өтініш берушінің заңды тұлғасын мемлекеттік тіркеу куәлігінің немесе анықтамасының № – заңды тұлға үшін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(пошталық индексі, облысы, қаласы, ауданы, елді мекені, көше атауы, үй/ғимарат нөмірі, телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық импорттық сертификатты алуға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық импорттық сертификатты беруіңізді сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қоса беріледі ______ парақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – көрсетілетін қызметті алушы ақпараттық жүйелерде қамтылған заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға жазбаша келісімін алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – көрсетілетін қызмет алушыға қатысты, қызметті немесе қызметтің жекелеген түрлерін тоқтата тұру немесе оған тыйым салу туралы сот шешімі (үкімі) заңды күшіне енген жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      – барлық қоса беріліп отырған құжаттар шындыққа сәйкес келеді және жарамды болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      қорғалатын құпияны құрайтын мәліметтерді пайдалануға жазбаша келісімін  </w:t>
+      Осы арқылы ұсынылған ақпараттың дұрыстығын растаймын және Қазақстан Республикасының заңнамасына </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      алады;</w:t>
-[...35 lines deleted...]
-      түрлерін тоқтата тұру немесе оған тыйым салу туралы сот шешімі (үкімі) заңды  </w:t>
+      сәйкес жалған мәліметтерді бергені үшін жауапкершілікке тартылатыным жөнінде хабардармын.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      күшіне енген жоқ;</w:t>
-[...89 lines deleted...]
-      Толтыру мерзімі 20 __ жылғы "___" _________</w:t>
+      Өтініш беруші __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(тегі, аты, әкесінің аты (болған жағдайда))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Толтыру күні 20 __ жылғы "___" _________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4323,715 +4902,177 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-нысан</w:t>
+              <w:t>"Түпкілікті пайдаланушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сертификатын және </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">халықаралық импорттық </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификатын беру"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>негізгі талаптарының тізбесіне</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z45" w:id="41"/>
-[...30 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Импорттаушының (түпкілікті пайдаланушының) кепілдік міндеттемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ___________________________________________________________________ </w:t>
-[...622 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5138,52 +5179,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 3. Экспорттаушы (елі және мекенжайы) </w:t>
+              <w:t>
+3. Экспорттаушы (елі және мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5257,52 +5298,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- 6. Өнімнің атауы және сипаттамасы </w:t>
+              <w:t>
+6. Өнімнің атауы және сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5348,51 +5389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8. Бақылау парақтарына арналған код</w:t>
+8. Тауардың бақылау тізімдері бойынша коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5503,92 +5544,110 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12. Импорттаушы (түпкілікті пайдаланушы) 6-тармақта көрсетілген өнімді Қазақстан Республикасына импорттауға міндеттенеді. Импорттаушы (түпкілікті пайдаланушы) 6-тармақта көрсетілген өнімді 5-тармақта көрсетілген мақсаттарда пайдалануға, оны Қазақстан Республикасының аумағындағы басқа заңды немесе жеке тұлғаға бермеуге және оны Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау жөніндегі уәкілетті мемлекеттік органының рұқсатынсыз және экспорттаушы елдің өзіндік ерекшелігі бар тауарларды бақылау жөніндегі уәкілетті органының келісімінсыз қайта экспорттамауға міндеттенеді.</w:t>
+12. Импорттаушы (түпкілікті пайдаланушы) 6-бағанда көрсетілген өнімді 2-бағанда көрсетілген түпкілікті пайдаланушыға дейін және 4-бағанда көрсетілген өнімді орнату және (немесе) пайдалану орнына дейін импорттауға міндеттенеді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Импорттаушы (түпкілікті пайдаланушы) 6-бағанда көрсетілген өнімді 5-бағанда көрсетілген мақсаттарда пайдалануға, оны Қазақстан Республикасының аумағындағы басқа заңды немесе жеке тұлғаға бермеуге және оны Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау жөніндегі уәкілетті мемлекеттік органының рұқсатынсыз және экспорттаушы елдің өзіндік ерекшелігі бар тауарларды бақылау жөніндегі уәкілетті органының келісімінсіз қайта экспорттамауға міндеттенеді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13. Импорттаушы</w:t>
+13.Импорттаушы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аты-жөні (болған жағдайда)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5636,1850 +5695,50 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14. Түпкілікті пайдаланушы</w:t>
-            </w:r>
-[...1798 lines deleted...]
-Түпкілікті пайдаланушы</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аты-жөні (болған жағдайда)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7572,121 +5831,172 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Түпкілікті пайдаланушының </w:t>
+              <w:t>Түпкілікті пайдаланушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">сертификатын және халықаралық </w:t>
+              <w:t xml:space="preserve">сертификатын және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">импорттық сертификатын </w:t>
+              <w:t xml:space="preserve">халықаралық импорттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ресімдеу және беру қағидалары </w:t>
+              <w:t xml:space="preserve">сертификатын ресімдеу және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">беру қағидалары </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>мен біліктілік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2- қосымша</w:t>
+              <w:t>2 - қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7699,51 +6009,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті</w:t>
+"Қазақстан Республикасы Өнеркәсіп</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және құрылыс министрлігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп комитеті"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+республикалық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7792,122 +6156,187 @@
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Комитет индустриального развития Министерства индустрии и инфраструктурного развития Республики Казахстан</w:t>
+Республиканское государственное</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учреждение "Комитет промышленности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министерства промышленности и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+строительства Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Астана қ.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -7921,97 +6350,137 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+г. Астана</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Астана қ.</w:t>
+Берілген күні:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Шығарылған күні] жылы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нөмір: [Құжат нөмірі]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8035,517 +6504,344 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Астана қ.</w:t>
+[Ұйымның атауы, заңды мекенжайы, БСН / ЖСН]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...55 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дәлелді бас тарту</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...49 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігі Өнеркәсіп комитеті" республикалық мемлекеттік мекемесі Сіздің өтінішіңізді [жыл] № [кіріс құжатының нөмірі] қарағаннан кейін мынаны хабарлайды:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Бас тарту негіздемесі]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...60 lines deleted...]
-          </w:tcPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+[Қол қоюшының лауазымы]</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
- Берілген күні: </w:t>
-[...17 lines deleted...]
-[Шығарылған күні] жылы</w:t>
+[Қол қоюшының Т. А. Ә. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+(бар болса)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...59 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...63 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -8640,68 +6936,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Түпкілікті пайдаланушы сертификатын және халықаралық импорттық сертификатты беру кезінде қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -9679,107 +7975,189 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Түпкілікті пайдаланушының сертификатын</w:t>
+              <w:t>Түпкілікті пайдаланушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және халықаралық импорттық сертификатын</w:t>
+              <w:t xml:space="preserve">сертификатын және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ресімдеу және беру қағидалары мен біліктілік </w:t>
+              <w:t xml:space="preserve">халықаралық импорттық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>талаптарына</w:t>
+              <w:t xml:space="preserve">сертификатын ресімдеу және </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">беру қағидалары мен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік талаптарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 09.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -9802,2259 +8180,1520 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:bookmarkEnd w:id="44"/>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...457 lines deleted...]
-Тегі, Аты, Әкесінің аты (бар болса) Лауазымы Қолы М. О. (бар болса) күні</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Қазақстан Республикасы Өнеркәсіп</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+және құрылыс министрлігі</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіп комитеті" республикалық</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+мемлекеттік мекемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="1803400" cy="1841500"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="1803400" cy="1841500"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Республиканское государственное</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+учреждение "Комитет промышленности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Министерства промышленности и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+строительства Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...26 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТҮПКІЛІКТІ ПАЙДАЛАНУШЫСЫНЫҢ СЕРТИФИКАТЫ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2050"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...269 lines deleted...]
-              <w:t>Өлшем бірлігі</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ СЕРТИФИКАТ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-6</w:t>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Импорттаушы (елі, мекенжайы және телефоны) БСН (ЖСН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Түпкілікті пайдаланушы (елі, мекенжайы және телефоны) БСН (ЖСН)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...190 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Экспорттаушы (ел, мекен-жайы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...190 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Өзіңдік ерекшелігі бар тауардың орнатылатын және (немесе) пайдаланылатын орны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Өзіндік ерекшелігі бар тауарды пайдалану мақсаты:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...190 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Тауардың атауы және сипаттамасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасының он таңбалы коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Тауардың бақылау тізімдері бойынша коды</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...190 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9.Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10.Саны</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...190 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11. Сыртқы сауда келісімінің (келісімшартының) немесе өзге де иеліктен шығару құжатының нөмірі, күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық парағының №</w:t>
+12. Осы арқылы 6-бағанда көрсетілген өзіндік ерекшелігі бар тауарлардың 5-бағанда көрсетілген мақсаттарда пайдаланылатыны және үшінші елдерге қайта экспортталмайтыны, сондай-ақ үшінші тұлғаларға берілмейтіні, экспорттаушы елдің (немесе) шыққан елдің құзыретті органының және Қазақстан Республикасының уәкілетті органының рұқсатынсыз қолданылмайтыны расталады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы құжат қол қойылған күннен бастап алты ай ішінде экспорттаушы елдің уәкілетті мемлекеттік органына ұсынылуы тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z67" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2 нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z68" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ХАЛЫҚАРАЛЫҚ ИМПОРТТЫҚ СЕРТИФИКАТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ СЕРТИФИКАТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Импорттаушы (елі, мекенжайы және телефоны) БСН (ЖСН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Экспорттаушы (ел, мекен-жайы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Ерекше тауардың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Еуразиялық экономикалық одақтың сыртқы экономикалық қызметінің бірыңғай тауар номенклатурасының он таңбалы коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Тауардың бақылау тізімдері бойынша коды</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6. Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...69 lines deleted...]
-            </w:pPr>
+              <w:t>
+7. Саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8. Сыртқы сауда келісімінің (келісімшартының) немесе өзге де иеліктен шығару құжатының нөмірі, күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9. Осымен 3-бағанда көрсетілген өзіңдік ерекшелігі бар тауарлардың Қазақстан Республикасына импортталатыны және экспорттаушы елдің және (немесе) шығарылған елдің құзыретті органының және Қазақстан Республикасының уәкілетті органының рұқсатынсыз үшінші елдерге және үшінші тұлғаларға берілмейтіні расталады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы құжат қол қойылған күннен бастап алты ай ішінде экспорттаушы елдің уәкілетті мемлекеттік органына ұсынылуға тиіс.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10. Қазақстан Республикасының өзіндік ерекшелігі бар тауарларды бақылау жөніндегі уәкілетті органы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аты-жөні. (болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лауазымы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+күні</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -12092,2730 +9731,433 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2-нысан</w:t>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Индустрия және инфрақұрылымдық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>даму министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2023 жылғы 28 сәуірдегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 309 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Халықаралық импорттық сертификат</w:t>
-[...2360 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Күші жойылған Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Кепілдік міндеттемелерді (түпкілікті пайдаланушылар сертификаттарын) ресімдеу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 28 мамырдағы № 632 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 11907 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z57" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Кепілдік міндеттемелерді (түпкілікті пайдаланушылар сертификаттарын) ресімдеу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 28 мамырдағы № 632 бұйрығына өзгеріс пен толықтыру енгізу туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2016 жылғы 20 маусымдағы № 504 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 14041 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің "Қазақстан Республикасы Инвестициялар және даму министрлігінің Өнеркәсіп және экспорттық бақылау саласындағы кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 29 желтоқсандағы № 964 бұйрығымен бекітілген өзгерістер енгізілген Қазақстан Республикасы Инвестициялар және даму министрлігінің өнеркәсіп және экспорттық бақылау саласындағы кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5 тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 18146 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z59" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. "Кепілдік міндеттемелерді (түпкілікті пайдаланушылар сертификаттарын) ресімдеу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2015 жылғы 28 мамырдағы № 632 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2020 жылғы 9 шiлдедегi № 386 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 20961 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z60" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің "Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің 2021 жылғы 23 маусымдағы № 321 бұйрығымен бекітілген өзгерістер енгізілген Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 23280 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің "Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарына өзгерістер мен толықтыру енгізу туралы" Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2022 жылғы 13 мамырдағы № 268 бұйрығымен бекітілген өзгерістер мен толықтыру енгізілген кейбір бұйрықтарының тізбесінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4 тармағы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық кесімдерінің мемлекеттік тіркеу тізілімінде № 28106 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -15137,35 +10479,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>