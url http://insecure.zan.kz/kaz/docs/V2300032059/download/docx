--- v0 (2025-11-10)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="35d7678" w14:textId="35d7678">
+    <w:p w14:paraId="93bde08" w14:textId="93bde08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,639 +93,638 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алған және жұмсаған тұлғалар туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрлігінің 2018 жылғы 20 ақпандағы № 240 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 13 наурыздағы № 268 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 наурызда № 32059 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 13 наурыздағы № 268 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 наурызда № 32059 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 685</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алған және жұмсаған тұлғалар туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 20 ақпандағы № 240 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 16507 болып тіркелген) мынадай өзгерістер мен толықтыру енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алған және жұмсаған тұлғалар туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 20 ақпандағы № 240 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіріспе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 29-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алған және жұмсаған тұлғалар туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару қағидаларын бекіту туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кіріспе</w:t>
+        <w:t>1- тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Осы Шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алған және жұмсаған тұлғалар туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 29-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген және мемлекеттік кірістер органдарының шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан ақша және (немесе) өзге де мүлік алған және жұмсаған тұлғалар (бұдан әрі – тұлғалар) және (немесе) заңды тұлғаның құрылымдық бөлімшелері туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару тәртібін айқындайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 29-бабының </w:t>
-[...130 lines deleted...]
-        <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1- тармақ</w:t>
+        <w:t>8-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "8. Деректер базасында қамтылған мәліметтер, осы Қағидаларға қосымшаға сәйкес "Жариялануға жататын шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан ақша және (немесе) өзге де мүлік алатын адамдардың тізілімі" нысаны бойынша, жартыжылдықтың қорытындылары бойынша есепті айдан кейінгі айдың 20-күнінен кешіктірілмей уәкілетті органның интернет-ресурсына: www.kgd.gov.kz орналастырылады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілген Қағидаларға қосымшамен толықтырылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Казақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -740,70 +739,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1316,68 +1316,68 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="6"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жариялануға жататын шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан ақша және (немесе) өзге де мүлік алатын адамдардың тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -1581,70 +1581,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту: аббревиатуралардың транскрипциясы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН – Бизнес-сәйкестендіру нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1704,55 +1704,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>