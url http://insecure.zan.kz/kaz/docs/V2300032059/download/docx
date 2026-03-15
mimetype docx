--- v1 (2026-01-15)
+++ v2 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="93bde08" w14:textId="93bde08">
+    <w:p w14:paraId="f0929d8" w14:textId="f0929d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шетел мемлекеттерден, халықаралық және шетелдік ұйымдардан, шетелдіктерден, азаматтығы жоқ адамдардан алынған ақшаны және (немесе) өзге де мүлікті алған және жұмсаған тұлғалар туралы деректер базасын жүргізу, сондай-ақ оларды деректер базасына енгізу және шығару қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрлігінің 2018 жылғы 20 ақпандағы № 240 бұйрығына өзгерістер мен толықтыру енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 13 наурыздағы № 268 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 наурызда № 32059 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 13 наурыздағы № 268 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 14 наурызда № 32059 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 10 қарашадағы № 685 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 10.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 10.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 685</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1696,63 +1698,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2074,35 +2098,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>