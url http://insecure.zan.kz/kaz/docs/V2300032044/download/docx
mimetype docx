--- v0 (2025-11-10)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e47fd55" w14:textId="e47fd55">
+    <w:p w14:paraId="daff7fe" w14:textId="daff7fe">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,267 +100,244 @@
         </w:rPr>
         <w:t>Қазақстан Республикасының аумағына &amp;#601;келінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Мәдениет және спорт министрінің 2023 жылғы 10 наурыздағы № 72 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 13 наурызда № 32044 болып тіркелді</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Кинематография туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Мәдениет және спорт министрлігінің Мәдениет комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық қолданысқа енгізілгеннен кейін үш жұмыс күні ішінде оны Қазақстан Республикасы Мәдениет және спорт министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы тармақта көзделген іс-шаралар орындалғаннан кейін үш жұмыс күні ішінде Қазақстан Республикасы Мәдениет және спорт министрлігінің Заң қызметі департаментіне іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Мәдениет және спорт вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -484,141 +461,137 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       "КЕЛІСІЛДІ"</w:t>
-[...89 lines deleted...]
-      Ұлттық экономика министрлігі</w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қаржы министрлігі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ұлттық экономика министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -725,93 +698,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 72 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -826,1070 +793,942 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Қағидалар) "Кинематография туралы" Қазақстан Республикасы Заңының (бұдан әрі – "Кинематография туралы" Заң </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-1) тармақшасына сәйкес әзірленді және Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу тәртібін айқындайды (бұдан әрі – дубляжға арналған фильмдерді іріктеу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кинематографиялық қызмет субъектісі – қызметінің негізгі түрлері: фильм жəне (немесе) киножылнама шығару, фильмді прокаттау, фильмді көрсету, фильмді қалпына келтіру, кинозалға техникалық қызмет көрсету, киноматериалдарды дайындау, фильмді шығару жөніндегі жұмыстарды орындау жəне қызметтерді көрсету, кинематография саласындағы білім беру, ғылыми, зерттеу, баспа, жарнамалық-насихаттау қызметі, фильмді сақтау болатын кəсіпкерлік субъектісі болып табылатын жеке тұлға; кинематографиялық ұйым;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) кинематографиялық ұйым - қызметінің негізгі түрлері: фильм және (немесе) киножылнама шығару, фильмді прокаттау, фильмді көрсету, фильмді қалпына келтіру, кинозалға техникалық қызмет көрсету, киноматериалдарды дайындау, фильмді шығару жөніндегі жұмыстарды орындау және қызметтерді көрсету, кинематография саласындағы білім беру, ғылыми, зерттеу, баспа, жарнамалық-насихаттау қызметі, фильмді сақтау болып табылатын заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) өтінім – осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес қажетті құжаттар мен материалдар қоса берілетін кинематографиялық қызмет субъектілерінің өтініші;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) өтініш беруші – осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қағидаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес фильмдердің дубляжын қаржыландыру түрінде мемлекеттік қолдау алуға өтінім берген кинематографиялық қызмет субъектісі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) уәкілетті орган – кинематография саласында басшылықты және салааралық үйлестіруді жүзеге асыратын орталық атқарушы орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасының аумағына әкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдердің қазақ тіліне дубляжын қаржыландыру түрінде мемлекеттік қолдау көрсету үшін Ұлттық киноны қолдау мемлекеттік орталығы (бұдан әрі – Орталық) күнтізбелік жылдың 1 қыркүйегіне дейін дубляжға арналған фильмдерді іріктеу жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дубляжға арналған фильмдерді іріктеуге қосымша бюджет қаражаты бөлінген жағдайда Орталық 30 (отыз) жұмыс күні ішінде осы Қағидаларда белгіленген тәртіппен дубляжға арналған фильмдерді қосымша іріктеуді жариялайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Дубляжға арналған фильмдерді таңдау келесі кезеңдерден тұрады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Орталықтың интернет-ресурсында дубляж үшін фильмдерді іріктеу бойынша алдын ала онлайн-дауыс берудің басталғаны туралы хабарландыру жариялау (бұдан әрі – алдын ала дауыс беру);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Орталықтың өтініш берушілерден өтінімдер қабылдауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Орталықтың өтінімдерді осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкестігін қарауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) алдын ала дауыс беру үшін Орталықтың интернет-ресурсында фильмдер туралы ақпаратты орналастыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Алдағы алдын ала іріктеу туралы хабарландыру мынадай мәліметтерді қамтиды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z27" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дубляжға арналған фильмдерді іріктеуді ұйымдастырушының атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z28" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) алдын ала дауыс беруді өткізудің басталу және аяқталу күні, уақыты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z29" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) алдын ала дауыс беру өткізілетін интернет-ресурстың атауы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z30" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) алдын ала дауыс беру туралы ақпарат алу үшін Орталықтың байланыс телефондары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z31" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Дубляжға арналған фильмдерді іріктеуге қатысу үшін өтініш берушілер хабарландыруда көрсетілген өтінімдерді қабылдау аяқталған күн мен уақыттан кешіктірмей Орталыққа осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қолма-қол және электрондық түрдегі өтінім, сондай-ақ мынадай құжаттар мен материалдарды енгізеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлға үшін жеке басын куәландыратын құжаттың көшірмесі немесе заңды тұлға үшін мемлекеттік тіркеу (қайта тіркеу) туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) онда фильмдердің атаулары, сценарий авторы (авторлары), қоюшы-режиссер, кинематографиялық қызмет субъектілері туралы қысқаша ақпарат көрсетілетін, негізгі кейіпкерлер сипатталатын, тизер-постер, плакат немесе басқа да жарнамалық материалдар қамтылатын фильмдердің тұсаукесері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) фильмдердің қысқаша мазмұны (синопсис);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) фильмдерді дубляждау шығындарының сметасы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) кинематографиялық ұйыммен дубляж жасауды жүзеге асыруға ниет туралы шарттардың көшірмелері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шет тіліндегі құжаттарға олардың қазақ немесе орыс тілдеріндегі нотариалды куәландырылған аудармасы қоса беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ұсынылған құжаттар мен материалдар рецензияланбайды және қайтаруға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Орталық өтінімдерді қабылдау аяқталған күннен бастап 5 (бес) жұмыс күні ішінде оларды осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген талаптарға сәйкестігін қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="28"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z38" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Өтінімдерді қарау мерзімі аяқталған күннен бастап 3 (үш) жұмыс күні ішінде өтінімдер мынадай жағдайларда қараусыз қайтарылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z39" w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z39" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Орталыққа өтінімдерді қабылдау мерзімі өткеннен кейін келіп түскен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z40" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өтініш берушінің осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> талаптарына сәйкес келмейтін құжаттар мен материалдарды немесе толық емес құжаттар мен материалдар пакетін ұсынуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="30"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z41" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өтініш берушілердің дәйексіз немесе бұрмаланған ақпарат беруі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z42" w:id="31"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z42" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Орталық өтінімді қабылдау мерзімі аяқталған күннен бастап 10 (он) жұмыс күні ішінде дауыс беруді өткізу үшін Орталықтың интернет-ресурсында дубляж үшін іріктелген фильмдер бойынша қысқаша мазмұнын www.kazakhcinema.kz 20 (жиырма) жұмыс күні мерзімінде орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z43" w:id="32"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z43" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Алдын ала дауыс беру Орталықтың интернет-ресурсында жүргізіледі. Дауыс беру үшін пайдаланушыға Орталықтың интернет-ресурсында тіркелу қажет. Дауыс беруді жүзеге асыру кезінде тіркелген пайдаланушының бір дауысы есептеледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z44" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген мерзім өткеннен кейін Орталық пайдаланушылардың дауыстарын ескере отырып, өтінімдерді алдын ала дауыс беру қорытындысын шығарады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дауыстарды санау дауыс беру аяқталған күннен бастап келесі жұмыс күні ішінде жүргізіледі. Алдын ала дауыс беру қорытындысы Орталықтың интернет-ресурсында жарияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Алдын ала дауыс берудің қорытындысы бойынша Орталық 10 (он) жұмыс күні ішінде алдын ала дубляжға арналған іріктелген фильмдерді Орталық жанындағы Сараптама кеңесінің (бұдан әрі – Сараптама кеңесі) қарауына енгізеді. Сараптама кеңесі ұсынылған өтінімдерді қарауға енгізілген сәттен бастап 20 (жиырма) жұмыс күні ішінде қарайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z46" w:id="34"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z46" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Орталық Сараптама кеңесінің отырысы өткізілетін күнге дейін 10 (он) жұмыс күнінен кешіктірмей өтініш берушілерді Сараптама кеңесінің отырысы өткізілетін күні, уақыты және орны туралы жазбаша хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z47" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Сараптама кеңесінің отырысында "Кинематография туралы" Заңның 14-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1904,68 +1743,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкестігі тұрғысынан фильмдерді қорғау жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z48" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Отырыс қорытындысы бойынша Сараптамалық кеңес хаттамамен ресімделетін "Кинематография туралы" Заңның 14-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1980,170 +1803,171 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақтарында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген олардың негіздеріне сәйкестігі немесе сәйкес еместігі туралы дәлелдерді көрсете отырып, әрбір фильм бойынша тиісті қорытынды шығарады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="35"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z49" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Сараптама кеңесінің қорытындысын Орталық қол қойылғаннан кейін 10 (он) жұмыс күні ішінде уәкілетті орган құратын Кинематография саласындағы мемлекеттік қолдау мәселелері жөніндегі ведомствоаралық комиссияның (бұдан әрі – Ведомствоаралық комиссия) қарауына енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z50" w:id="36"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z50" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ведомствоаралық комиссия орталық ұсынған Сараптама кеңесінің қорытындысын алғаннан кейін 5 (бес) жұмыс күні ішінде қарайды және хаттамамен ресімделетін фильмдерді қаржыландыру бойынша ұсынымдар дайындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z51" w:id="37"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z51" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Орталық Ведомствоаралық комиссияның отырысы өткізілген күннен бастап 10 (он) жұмыс күні ішінде уәкілетті органға Сараптама кеңесінің қорытындысын және Ведомствоаралық комиссияның ұсынымдарын енгізеді. жұмыс күні ішінде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z52" w:id="38"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z52" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сараптама кеңесінің оң қорытындысы мен Ведомствоаралық комиссияның ұсынымы негізінде уәкілетті орган 10 (он) жұмыс күні ішінде қазақ тіліне дубляжға арналған іріктелген фильмдерді қаржыландыру туралы шешім қабылдайды. Шешім уәкілетті органның бұйрығымен ресімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z53" w:id="39"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Бұйрық шыққаннан кейін 10 (он) жұмыс күні ішінде уәкілетті орган Орталықпен Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждауды қаржыландыру түрінде мемлекеттік қолдау көрсету бойынша бірыңғай оператордың қызметтеріне шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z54" w:id="40"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z54" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Орталық уәкілетті органмен шарт жасасқаннан кейін 15 (он бес) жұмыс күні ішінде өтініш берушімен іріктелген фильмдерді қазақ тіліне дубляж жасау үшін қаржыландыруға шарт жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2544,68 +2368,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жеке тұлғаның тегі, аты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>әкесінің аты (бар болса)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеуге қатысуға өтінім</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының аумағына əкелінетін балалар анимациялық фильмдері мен отбасымен көруге арналған фильмдерді қазақ тілінде дубляждау үшін іріктеу мақсатында келесі фильмді қарауды сұраймын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3834,55 +3658,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>