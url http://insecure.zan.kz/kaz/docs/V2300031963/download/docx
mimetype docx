--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fa1109a" w14:textId="fa1109a">
+    <w:p w14:paraId="319c7b8" w14:textId="319c7b8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,110 +93,284 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің кейбір бұйрықтарына өзгертулер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 22 ақпандағы № 199 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 24 ақпанда № 31963 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 22 ақпандағы № 199 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 24 ақпанда № 31963 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 637</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Қаржы министрінің кейбір бұйрықтарына мынадай өзгертулер енгізілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) тармақшаның күшін жою көзделген – ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 640</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Салықтық өтініштердің нысандарын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 12 ақпандағы № 160 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -248,1804 +422,1612 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 14) тармақшасы алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Жеке шоттарын жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 27 ақпандағы № 306 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Қазақстан Республикасы нормативтік құқықтық актілерінің мемлекеттік тіркеу тізілімінде № 16601 болып тіркелген): </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы бұйрықпен бекітілген Жеке шоттарын жүргізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
-      </w:r>
-[...753 lines deleted...]
-      "166. "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін көрсетілетін қызметті берушіге, оның ішінде Мемлекеттік корпорация арқылы, сондай-ақ www.egov.kz "электрондық Үкімет" веб-порталы (бұдан әрі – портал) және "Салық төлеуші кабинеті" веб-қосымшасы арқылы жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      167. "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл, айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік көрсетілетін қызметті көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе) осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> келтірілген.";</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Осы Жеке шоттарын жүргізу қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 97-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармақтарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 100-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 101-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленген және салық төлеушілердің (салық агенттерінің) (бұдан әрі – көрсетілетін қызметті алушы) жеке шоттарын жүргізу және Қазақстан Республикасы Қаржы министрлігі Мемлекеттік кірістер комитетінің аудандар, қалалар және қалалардағы аудандар бойынша, арнайы экономикалық аймақтардың аумақтары бойынша аумақтық органдарында (бұдан әрі – көрсетілетін қызметті беруші) салықтарды, бюджетке төленетін төлемдерді, сондай-ақ әлеуметтік төлемдерді есепке алу тәртібін, оның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) "Бюджетпен есеп айырысулар жай-күйі, сондай-ақ әлеуметтік төлемдер туралы жеке шоттан үзінді көшірме беру";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) "Есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді беру";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік көрсетілетін қызметті көрсету тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидалармен айқындалатын мемлекеттік қызметтер көрсету тәртібіне өзгертулер және (немесе) толықтырулар енгізу кезінде, тиісті нормативтік құқықтық актілері әділет органдарында мемлекеттік тіркеуден өткеннен кейін 3 (үш) жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігі мемлекеттік қызметтер көрсету тәртібі туралы ақпаратты көрсетілетін қызметті берушілерге, "электрондық үкімет" ақпараттық-коммуникациялық инфрақұрылым операторына, Бірыңғай байланыс-орталығына жолдайды.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>168-тармақта</w:t>
-[...9 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>147-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бірінші бөлігі мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
-[...75 lines deleted...]
-      жетінші және сегізінші бөліктер мынадай редакцияда жазылсын: </w:t>
+      "147. "Бюджетпен есеп айырысулардың жай-күйі, сондай-ақ әлеуметтік төлемдер туралы жеке шоттан үзінді көшірме беру" мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушылар көрсетілетін қызметті берушілерге бюджетпен есеп айырысулардың жай-күйі, сондай-ақ әлеуметтік төлемдер туралы жеке шоттан үзінді көшірме алуға сұрауды www.egov.kz "электрондық үкімет" веб-порталы арқылы жолдайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Көрсетілетін қызметті алушы осы Қағидаларға </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес Тізбенің 8-тармағында көзделген толық емес құжаттар топтамасын Мемлекеттік корпорацияға табыс еткен кезде, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>148-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "148. "Бюджетпен есеп айырысулардың жай-күйі, сондай-ақ әлеуметтік төлемдер туралы жеке шоттан үзінді көшірме беру" және "Есебі мемлекеттік кірістер органында жүргізілетін берешектің жоқ (бар) екендігі туралы мәліметтерді беру" мемлекеттік көрсетілетін қызметтерді көрсетуге қойылатын негізгі талаптардың тізбелері осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17 қосымшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Құжаттарды Мемлекеттік корпорация арқылы қабылдаған кезде көрсетілетін қызметті алушыға көрсетілетін қызметті алушыдан қабылданған құжаттар тізбесі, өтінішті қабылдаған қызметкер тегі, аты және әкесінің аты (болған жағдайда), өтінішті беру күні және уақыты, сондай-ақ дайын құжаттарды беру күні көрсетілген, тиісті құжаттарды қабылдау туралы мониторингтің ақпараттық жүйесі тағайындаған штрих-коды бар қолхат беріледі.";</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>151</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>152-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z24" w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      он бірінші бөлік мынадай редакцияда жазылсын:</w:t>
+        <w:t xml:space="preserve">
+      "151. Келіп түскен құжаттарды тіркеу осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша ОБЖШ АЖ-де көрсетілген қызметті беруші жүргізетін жеке шоттан көшірме беру және берешектің жоқ (бар) екендігі туралы мәліметтерді сұрауларын тіркеу журналында автоматты түрде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z25" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-      он үшінші және он төртінші бөліктер мынадай редакцияда жазылсын:</w:t>
+        <w:t xml:space="preserve">
+      152. Көрсетілетін қызметті алушының сұрауы бойынша осындай сұрау келіп түскен күннен бастап 1 (бір) жұмыс күнінен кешіктірмей, көрсетілетін қызметті берушімен осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>19-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша Бюджетпен есеп айырысулардың жай-күйі, сондай-ақ әлеуметтік төлемдер туралы жеке шоттан үзінді көшірме электронды түрде ұсынылады.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "Көрсетілетін қызметті алушы құжаттарды электронды түрде ұсынған кезде құжаттарды өңдеу автоматты түрде жүргізіледі. Бұл ретте, көрсетілетін қызметті алушы осы Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> 7) тармақшасына сәйкес тыңдау жүргізбей, электронды түрде ұсынылған құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>166</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>167-тармақтар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "166. "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл мен айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік көрсетілетін қызметті (бұдан әрі – мемлекеттік көрсетілетін қызмет) алу үшін көрсетілетін қызметті берушіге, оның ішінде Мемлекеттік корпорация арқылы, сондай-ақ www.egov.kz "электрондық Үкімет" веб-порталы (бұдан әрі – портал) және "Салық төлеуші кабинеті" веб-қосымшасы арқылы жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      167. "Салықтарды, бюджетке төленетін төлемдерді, өсімпұл, айыппұлдарды есепке жатқызуды және қайтаруды жүргізу" мемлекеттік көрсетілетін қызметті көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі – Тізбе) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> келтірілген.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті алушы осы Қағидалардың </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> талаптарын сақтап, қағаз тасығышта ұсынылған құжаттарды қабылдаудан бас тартады.";</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>168-тармақта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="9"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жиырма жетінші және жиырма сегізінші бөліктер мынадай редакцияда жазылсын:</w:t>
+      бірінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z29" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "Мемлекеттік корпорацияда дайын құжаттарды беру оның жұмыс кестесіне сәйкес, жеке басын куәландыратын құжатты, немесе цифрлық құжаттар сервисінен (сәйкестендіру үшін) электрондық құжатты, не өкілдің тиісті өкілеттіктері көрсетілетін Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжаттың негізінде әрекет ететін оның өкілі көрсеткен кезде жүзеге асырылады.</w:t>
+        <w:t xml:space="preserve">
+      "168. Мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушылар осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Тізбенің 8-тармағымен көзделген құжаттарды ұсынады.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Көрсетілетін қызметті беруші, Мемлекеттік корпорация көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызмет нәтижесін көрсетілген мерзімде алуға келмеген жағдайда, көрсетілетін қызметті алушы алғанға дейін мерзімінде талап етілмеген құжаттардың қабылдау орны бойынша сақталуын қамтамасыз етеді."; </w:t>
+      жетінші және сегізінші бөліктер мынадай редакцияда жазылсын: </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      осы Қағидаларға </w:t>
-[...159 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жазылсын. </w:t>
+      "Көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Тізбенің 8-тармағында көзделген толық емес құжаттар топтамасын Мемлекеттік корпорацияға табыс еткен кезде, Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіпте:</w:t>
+      Құжаттарды Мемлекеттік корпорация арқылы қабылдаған кезде көрсетілетін қызметті алушыға көрсетілетін қызметті алушыдан қабылданған құжаттар тізбесі, өтінішті қабылдаған қызметкер тегі, аты және әкесінің аты (болған жағдайда), өтінішті беру күні және уақыты, сондай-ақ дайын құжаттарды беру күні көрсетілген, тиісті құжаттарды қабылдау туралы мониторингтің ақпараттық жүйесі тағайындаған штрих-коды бар қолхат беріледі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z32" w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      он бірінші бөлік мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z33" w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      "Көрсетілетін қызметті алушылар құжаттарды Мемлекеттік корпорацияға келу тәртібімен тапсырған кезде, Мемлекеттік корпорация қызметкері көрсетілетін қызметті алушы ұсынған құжаттарды тексереді, және қабылданған құжаттарды көрсетілетін қызметті берушіге курьер қызметі арқылы, және (немесе) пошта байланысы, және (немесе) ақпараттық жүйе арқылы жолдайды.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> көзделген шаралардың орындалуы туралы ақпарат ұсынуды қамтамасыз етсін.</w:t>
+        <w:t>
+      он үшінші және он төртінші бөліктер мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      "Көрсетілетін қызметті алушы құжаттарды электронды түрде ұсынған кезде құжаттарды өңдеу автоматты түрде жүргізіледі. Бұл ретте, көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Тізбенің 8-тармағында көзделген толық емес құжаттар топтамасын электронды түрде ұсынған және (немесе) қолданыс мерзімі өтіп кеткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші Әкімшілік рәсімдік-процестік кодексінің (бұдан әрі – ӘРПК) 73-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) тармақшасына сәйкес тыңдау жүргізбей, электронды түрде ұсынылған құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Тізбенің 8-тармағында көзделген толық емес құжаттар топтамасын қағаз тасығышта ұсынған және (немесе) қолданыс мерзімі өтіп кеткен құжаттарды ұсынған жағдайда көрсетілетін қызметті беруші ӘРПК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>73-баптың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарын сақтап, қағаз тасығышта ұсынылған құжаттарды қабылдаудан бас тартады.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жиырма жетінші және жиырма сегізінші бөліктер мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Мемлекеттік корпорацияда дайын құжаттарды беру оның жұмыс кестесіне сәйкес, жеке басын куәландыратын құжатты, немесе цифрлық құжаттар сервисінен (сәйкестендіру үшін) электрондық құжатты, не өкілдің тиісті өкілеттіктері көрсетілетін Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжаттың негізінде әрекет ететін оның өкілі көрсеткен кезде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті беруші, Мемлекеттік корпорация көрсетілетін қызметті алушы мемлекеттік көрсетілетін қызмет нәтижесін көрсетілген мерзімде алуға келмеген жағдайда, көрсетілетін қызметті алушы алғанға дейін мерзімінде талап етілмеген құжаттардың қабылдау орны бойынша сақталуын қамтамасыз етеді."; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>22-қосымшалар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жаңа редакцияда осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жазылсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіпте:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткен соң он жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген шаралардың орындалуы туралы ақпарат ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       3. Осы бұйрық алғаш ресми жарияланған күнінен кейін он күнтізбелік күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -5981,68 +5963,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       нысан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік органының атауы _______________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z42" w:id="15"/>
+    <w:bookmarkStart w:name="z42" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 20___ жыл үшін жеке шоттан үзінді көшірме беруге және есебі мемлекеттік кірістер органдарында жүргізілетін берешектің жоқ (бар) екені туралы мәліметтерді алуға сұрауларды тіркеу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -6717,70 +6699,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z43" w:id="16"/>
+    <w:bookmarkStart w:name="z43" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту: қысқартуларды таратып жазу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БСН - бизнес сәйкестендіру нөмірі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9584,55 +9566,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9958,31 +9940,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>