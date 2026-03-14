--- v1 (2026-01-15)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="319c7b8" w14:textId="319c7b8">
+    <w:p w14:paraId="efd10c9" w14:textId="efd10c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Қаржы министрінің кейбір бұйрықтарына өзгертулер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 22 ақпандағы № 199 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 24 ақпанда № 31963 болып тіркелді.</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...10 lines deleted...]
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2023 жылғы 22 ақпандағы № 199 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 24 ақпанда № 31963 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 28 қазандағы № 637 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 28.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 637</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -247,223 +249,105 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">1) күші жойылды - ҚР Қаржы министрінің 28.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 640</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...156 lines deleted...]
-        <w:t xml:space="preserve"> 14) тармақшасы алып тасталсын;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Жеке шоттарын жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 27 ақпандағы № 306 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -9558,63 +9442,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -9936,35 +9842,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>