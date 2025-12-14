--- v0 (2025-10-09)
+++ v1 (2025-12-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e04e3f2" w14:textId="e04e3f2">
+    <w:p w14:paraId="f8855fa" w14:textId="f8855fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2854,54 +2854,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жол жүрісін қадағалау процесінде пайдаланылатын көлік құралдары туралы ақпаратты стационарлық камералардан планшеттерге беретін бағдарламалық қамтамасыз етілуі бар планшеттерді пайдалануға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z101" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) жаяу тәртіпте. Бұндай жағдайда көлік құралын тоқтату бірмезетте ысқыру белгісімен бірге көлік құралына бағытталған қолмен көрсетумен немесе таяқшамен жүзеге асырылады, бұл жүргізушіге түсінікті болуы олардың орындалуы авариялық жағдай туғызбауы үшін уақытылы көрсетілуі тиіс.</w:t>
+      2) жаяу тәртіпте және патрульдік автокөлік (мотоцикл) тоқтап тұрған жерде. Мұндай жағдайда көлік құралын тоқтату бірмезетте ысқыру белгісімен бірге көлік құралына бағытталған қолмен көрсетумен немесе таяқшамен жүзеге асырылады, бұл жүргізушіге түсінікті болуы керек және олардың орындалуы авариялық жағдай туғызбауы үшін уақтылы көрсетілуі тиіс.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 36-тармаққа өзгеріс енгізілді - ҚР Ішкі істер министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 859</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z102" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. "Қазақстан Республикасының аумағында ірі габаритті және ауыр салмақты жүктерді тасымалдауды ұйымдастыру және оның жүзеге асыру қағидаларын бекіту туралы" Қазақстан Республикасы Инвестиция және даму министрінің 2015 жылғы 27 ақпандағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -4924,51 +4986,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Қазақстан Республикасының заңнамасында белгіленген процессуалдық әрекеттерді жүргізу жағдайларын қоспағанда, қызметкерлерді қозғалысқа қатысушылардың көлік құралдарына отырғызуға жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
     <w:bookmarkStart w:name="z193" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4- Тарау. Патрульдік-бекеттік қызметті атқару ерекшеліктері 1-Параграф. Курорттық, саяжай аудандарында және жаппай демалыс аймақтарында қоғамдық тәртіпті сақтауды қамтамасыз ету бойынша патрульдік-бекеттік қызметті атқару</w:t>
+        <w:t xml:space="preserve"> 4-Тарау. Патрульдік-бекеттік қызметті атқару ерекшеліктері 1-Параграф. Курорттық, саяжай аудандарында және жаппай демалыс аймақтарында қоғамдық тәртіпті сақтауды қамтамасыз ету бойынша патрульдік-бекеттік қызметті атқару</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
     <w:bookmarkStart w:name="z194" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Шомылу маусымы кезеңінде ПБЖ азаматтық қорғау органдары бөліністерінің өкілдерімен бірлесіп, құқық бұзушылықтың алдын алу және анықтау бойынша су айдындарында рейдтік іс-шаралар өткізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="193"/>
     <w:bookmarkStart w:name="z195" w:id="194"/>
     <w:p>
@@ -6426,128 +6488,210 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       102. Өз өкілеттігі шегінде және сот қаулысымен қойылған шектеулер негізінде ПБЖ жеке сот орындаушыларына жәрдем көрсетеді. Сот қаулысының орындалмау деректері анықталған кезде құқық бұзушы одан әрі орындау үшін жеке сот орындаушыларына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="262"/>
     <w:bookmarkStart w:name="z264" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      103. Көлік құралын, кемені, оның ішінде шағын көлемді кемені ұстау, жеткізу және пайдалануға тыйым салу туралы ӘҚБтК нормаларына сәйкес жүзеге асырылады, ол туралы осы Нұсқаулықтың </w:t>
+      103. Көлік құралын, кемені, оның ішінде шағын көлемді кемені ұстау, жеткізу және пайдалануға тыйым салу </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ӘҚБтК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормаларына сәйкес жүзеге асырылады, ол туралы осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша акт жасалады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Ұсталған көлік құралдары арнайы тұрақтардан беріледі, ал мемелекеттік тіркеу нөмерлік белгісі ұстау себептері жойылғаннан және құқық белгілейтін құжаттар ұсынылғаннан кейін қайтарылады.</w:t>
+      Ұсталған көлік құралдары арнайы тұрақтардан беріледі, ал алынған МТБН ұстау себептері жойылғаннан және құқық белгілейтін құжаттар ұсынылғаннан кейін әкімшілік полиция қызметкері қайтарады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ұсталған көлік құралдарын арнайы алаңдардан немесе тұрақтан беру кезінде осы Нұсқаулықтың </w:t>
+      Ұсталған көлік құралдарын арнайы аландардан немесе тұрақтан беру кезінде осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұсталған көлік құралын беруге рұқсат толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 103-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 859</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z265" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       104. Уақытша куәлік осы Нусқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -6562,74 +6706,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша белгіленген тәртіппен алынған жүргізуші куәлігінің орнына беріледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="264"/>
     <w:bookmarkStart w:name="z266" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      105. Бөлімше басшысы не жауапты қызметкер ІІО бөлімшелерінің деректерімен медициналық мекемелерге куәландыруға жеткізілген адамдар бойынша ай сайынғы салыстырып тексеруді жүргізуді қамтамасыз етеді және осы Нұсқаулықтың </w:t>
-[...9 lines deleted...]
-        <w:t>4-қосымшасына</w:t>
+      105. Бөлімше басшысы немесе әкімшілік полицияның жауапты қызметкері ІІО бөлімшелерінің деректерімен медициналық мекемелерге куәландыруға жеткізілген адамдар бойынша ай сайынғы салыстырып тексеруді жүргізуді қамтамасыз етеді және осы Нұсқаулыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша акт жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 105-тармақ жаңа редакцияда - ҚР Ішкі істер министрінің 10.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 859</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z267" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-Параграф. Әкімшілік жауаптылықтан дипломатиялық иммунитетті пайдаланатын және ерекше артықшылығы бар адамдар арасындағы құқық бұзушылықтардың алдын алу және жолын кесу кезінде патрульдік-бекеттік жасақшаларының іс-әрекеттері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="266"/>
     <w:bookmarkStart w:name="z268" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -11480,55 +11686,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -11854,31 +12060,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>