--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d9288ef" w14:textId="d9288ef">
+    <w:p w14:paraId="7c36317" w14:textId="7c36317">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -387,51 +387,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Аудан әкімі </w:t>
+              <w:t>      Аудан әкімі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -592,72 +592,66 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі туралы Ереже</w:t>
+        <w:t xml:space="preserve"> "Май ауданының ішкі саясат және тілдерді дамыту бөлімі"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесі туралы Ереже 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі (бұдан әрі – "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі) Май ауданының ішкі саясат және тілдерді дамыту саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -906,62 +900,72 @@
       15. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі кәсiпкерлiк субъектiлерiмен "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" ММ өкілеттіктері болып табылатын мiндеттердi орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі заңнамалық актiлермен кiрiс әкелетiн қызметтi жүзеге асыру құқығы берiлсе, онда алынған кiрiс Қазақстан Республикасының заңнамасында өзгеше белгеленбесе, мемлекеттік бюджетке жiберiледi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      2. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесінің мақсаты, қызметінің нысанасы, міндеттері мен өкілеттіктері</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мекемесінің мақсаты, қызметінің нысанасы, міндеттері мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі мақсаты: Ішкі саяси үрдістерді мемлекеттік реттеуге, ауданның мемлекеттік органдарымен ішкі саясат және тілдерді дамыту саласында жалпы дамуын қамтамасыз етуге, әрекеттесуге, аудандағы қоғамдық – саяси ахуалды, саяси партиялардың және өзге қоғамдық бірлестіктердің қызметін бақылауға, талдауға, болжауға және ішкі саяси тұрақтылықты қамтамасыз етуге қатысу болып табылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1187,69 +1191,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) өз құзыреті шегінде шарттар, келісімдер жасау; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру. </w:t>
-[...17 lines deleted...]
-      2) міндеттері: </w:t>
+      5) Қазақстан Республикасының заңнамасына сәйкес өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңдарына және нормативтік құқықтық актілерге сәйкес қызметін жүзеге асыруға құқылы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1384,52 +1388,126 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ауданның жергілікті атқарушы органдарының әлеуметтік-экономикалық, қоғамдық-саяси және басқа да салалардағы қызметі туралы ақпараттық-түсіндіру жұмысын, аталған бағытта жұмысты жетілдіру бойынша ұсыныстардың әзірленуін ұйымдастырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) мемлекеттiк тiлдi және басқа тiлдердi дамытуға бағытталған құқықтық негізді іске асырады;</w:t>
+        <w:t xml:space="preserve">
+      5) "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген әкімшілік құқық бұзушылық туралы істерді қарау және Қазақстан Республикасының тіл туралы заңнамасын бұзғаны үшін әкімшілік жаза қолдану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1) "Азаматтарды қандай да бір белгілер бойынша кемсітуге жол бермеу бойынша түсіндіру жұмыстарын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-2) "Рұқсаттар мен хабарламала туралы" Қазақстан Республикасының Заңына сәйкес ауданның елді мекендерінде маңдайшаны орналастыру туралы хабарламаларды қабылдауды және қаруды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-3) "Республикалық, облыстық, аудандық маңызы бар қалалардағы, астанадағы, кент, ауыл және басқа да елді мекендердегі көше атауларын дұрыс жазу және орналастырылуын келісуді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ішкі саяси саладағы, этникааралық қарым-қатынас, Қазақстан Республикасында адамның құқықтары мен бостандықтарын қамтамасыз ету және сақтау мәселелерінде мемлекеттік саясатты анықтайтын тұжырымдамаларды, бағдарламаларды дайындау және іске асыруға қатысады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1734,62 +1812,134 @@
       23) аудандық деңгейде сыбайлас жемқорлыққа қарсы мәдениетті қалыптастыру бойынша жұмыстарды жүргізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) Қазақстан Республикасының заңнамасымен қарастырылған өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      3. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесінің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 20-тармаққа өзгерістер енгізілді - Павлодар облысы Май ауданы әкімдігінің 17.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 274/11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесінің бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесіне басшылықты бірінші басшы жүзеге асырады "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесіне, ол жүктелген міндеттердің орындалуына және өз функцияларын жүзеге асыруға дербес жауапты болады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2148,62 +2298,72 @@
       26. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі тиісті саласының уәкілетті органы (жергілікті атқарушы органы) арасындағы қарым-қатынас қолданыстағы заңнамамен реттеледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі еңбек ұжымы өзара қарым-қатынас мемлекеттік қызмет туралы заңнамасымен, Қазақстан Республикасының Еңбек Кодексіне және ұжымдық шартқа сәйкес белгіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      4. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесінің мүлкi</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесінің мүлкi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2238,62 +2398,72 @@
       29. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі бекiтiлген мүлiк аудандық коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Егер заңнамада өзгеше көзделмесе, "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі өзiне берілген мүлiктi және қаржыландыру жоспары бойынша өзiне берілген қаражат есебiнен сатып алынған мүлiктi, өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      5. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>мемлекеттік мекемесін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. "Май ауданының ішкі саясат және тілдерді дамыту бөлімі" мемлекеттік мекемесі қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2355,55 +2525,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2729,31 +2899,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>