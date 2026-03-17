--- v0 (2025-12-27)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9d44996" w14:textId="9d44996">
+    <w:p w14:paraId="5454009" w14:textId="5454009">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,116 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Іле ауданында бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу Қағидаларын бекіту туралы</w:t>
-[...16 lines deleted...]
-        <w:t>Алматы облысы Іле ауданы әкімдігінің 2022 жылғы 21 ақпандағы № 57 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылы 10 наурызда № 27056 болып тіркелді</w:t>
+        <w:t>Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Алматы облысы Іле ауданы әкімдігінің 2022 жылғы 21 ақпандағы № 57 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылы 10 наурызда № 27056 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z7" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тақырыбы жаңа редакцияда - Алматы облысы Іле ауданы әкімдігінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 535</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-3-бабы 2-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -155,51 +194,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 31-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>16-5) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Іле ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -527,401 +565,439 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 жылғы 21 ақпандағы № 57 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Алматы облысы Іле ауданы әкімдігінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 535</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
+        <w:t xml:space="preserve"> Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z19" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі - Қағидалар) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының (бұдан әрі - Заң) 10-3-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
+        <w:t>
+      2. Осы Қағидаларда келесі негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Осы Қағидаларда келесі негізгі ұғымдар қолданылады:</w:t>
+      1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
+      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
+      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
+      4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
+      5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
+      6) кондоминиум объектісінің ортақ мүлкін күтіп-ұстау – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) кондоминиум объектісінің ортақ мүлкін күтіп-ұстау – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
+      7) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
+      8) көппәтерлі тұрғын үй кондоминиумы (бұдан әрі – кондоминиум) – Қазақстан Республикасының заңнамасында айқындалған тәртіппен тіркелген меншік нысаны, бұл ретте пәтерлер, тұрғын емес үй-жайлар, орынтұрақ орындары, қоймалар дара (бөлек) меншікте болады, ал дара (бөлек) меншікте емес бөліктер пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі болады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkStart w:name="z29" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) көппәтерлі тұрғын үй кондоминиумы (бұдан әрі – кондоминиум) – Қазақстан Республикасының заңнамасында айқындалған тәртіппен тіркелген меншік нысаны, бұл ретте пәтерлер, тұрғын емес үй-жайлар дара (бөлек) меншікте болады, ал дара (бөлек) меншікте емес бөліктер пәтерлердің, тұрғын емес үй-жайлардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі болады;</w:t>
+      9) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – пәтерлер, тұрғын емес үй-жайлар меншік иелерінің кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға байланысты шешімдерді ұжымдық талқылауын және дауыс беру арқылы қабылдауын қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z30" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – пәтерлер, тұрғын емес үй-жайлар меншік иелерінің кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға байланысты шешімдерді ұжымдық талқылауын және дауыс беру арқылы қабылдауын қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы.</w:t>
+      10) реконструкциялау – әдетте өзгеретін объектіні жаңарту мен жаңғырту қажеттігіне байланысты жалпы жекелеген үй-жайларды, ғимараттың өзге де бөліктерін немесе ғимаратты өзгерту.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру тәртібі</w:t>
+        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z32" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. "Іле аудандық тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі, автомобиль жолдары және тұрғын үй инспекциясы бөлімі" мемлекеттік мекемесі (бұдан әрі - Бөлім) ауданға бірыңғай сәулеттік келбет беру үшін қасбеттерге, шатырларға ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
+      3. "Іле аудандық тұрғын үй-коммуналдық шаруашылық және тұрғын үй инспекциясы бөлімі" мемлекеттік мекемесі (бұдан әрі - Бөлім) ауданға бірыңғай сәулеттік келбет беру үшін сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. "Іле ауданының құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі Қағидалардың 3-тармағында көрсетілген көппәтерлі тұрғын үйлердің тізбесін айқындағаннан кейін ауданның бірыңғай сәулеттік келбетін әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
+      4. "Іле ауданының сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі Қағидалардың 3-тармағында көрсетілген көппәтерлі тұрғын үйлердің тізбесін айқындағаннан кейін ауданның бірыңғай сәулеттіккелбетін әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      5. Іле ауданының әкімдігі мынадай іс-шараларды ұйымдастырады:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Бөлім мынадай іс-шараларды ұйымдастырады:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көппәтерлі тұрғын үйдің пәтерлерінің,тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін ауданның бірыңғай сәулеттік келбетінің жобасымен әкімдіктің ресми интернет-ресурсында таныстыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
@@ -937,324 +1013,331 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көппәтерлі тұрғын үйдің пәтерлері мен тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін жоспарланатын жұмыстар және оларды өткізудің болжамды мерзімдері туралы ақпараттандыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көппәтерлі тұрғын үйдің қасбетіне, шатырына жөндеу жұмыстарының жүргізілуіне келісу немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
+      3) көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялауына, жөндеу жұмыстарының жүргізілуіне келісу немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6. Жиналыс пәтер иелерінің, тұрғын емес үй-жайлардың жалпы санының үштен екісінен астамы болған жағдайда шешім қабылдайды.</w:t>
+      6. Жиналыс пәтер иелерінің, тұрғын емес үй-жайлардың жалпы санының жартысынан астамы келіскен кезде шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Жиналыста теріс шешім қабылданған жағдайда, көппәтерлі тұрғын үйдің қасбетін, шатырын жөндеу жөніндегі бірыңғай сәулеттік келбет беруге бағытталған жұмыстар жүргізілмейді.</w:t>
+      7. Жиналыста теріс шешім қабылданған жағдайда, көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырын реконструкциялау, жөндеу жөніндегі бірыңғай сәулеттік келбет беруге бағытталған жұмыстар жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жиналыстың оң шешімі қабылданған жағдайда, Бөлім құрылыс нормаларының талаптарына сәйкес жұмыс көлемін, жөндеу түрін (ағымдағы немесе күрделі) айқындау және олардың физикалық тозу дәрежесін белгілеу үшін әрбір көппәтерлі тұрғын үйдің қасбетінің, шатырының техникалық жай-күйін тексеруді ұйымдастырады.</w:t>
+      8. Жиналыстың оң шешімі қабылданған жағдайда, Бөлім құрылыс нормаларының талаптарына сәйкес жұмыс көлемін, жөндеу түрін (реконструкциялау, ағымдағы немесе күрделі) айқындау және олардың физикалық тозу дәрежесін белгілеу үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын техникалық жай-күйін тексеруді ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3-тарау. Көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды жүргізу тәртібі</w:t>
+        <w:t xml:space="preserve"> 3-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
     <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Жұмыс көлемін, жөндеу үлгісін (ағымдағы немесе күрделі) айқындау үшін әрбір көппәтерлі тұрғын үйдің қасбетінің, шатырының техникалық жай-күйін тексеру жөніндегі ұйымды таңдау мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
+      9. Жұмыс көлемін, жөндеу үлгісін (реконструкциялау, ағымдағы немесе күрделі) айқындау үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырының техникалық жай-күйін тексеру жөніндегі ұйымды таңдау мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
     <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. Көппәтерлі тұрғын үй қасбетінің, шатырының техникалық жай-күйін тексеру қорытындысы бойынша Бөлім бірыңғай сәулеттік келбет беруге бағытталған қасбетті, шатырды күрделі жөндеуге ағымдағы жөндеудің сметалық есебін әзірлеу немесе жобалау-сметалық құжаттаманы дайындау жұмыстарын ұйымдастырады, кейіннен жергілікті бюджет қаражаты есебінен сараптама қорытындысын алады.</w:t>
+      10. Көппәтерлі тұрғын үй сыртқы қабырғаларын, шатырларын техникалық жай-күйін тексеру қорытындысы бойынша Бөлім бірыңғай сәулеттік келбет беруге бағытталған сыртқы қабырғаларын, шатырларын реконструкциялау, күрделі жөндеуге ағымдағы жөндеудің сметалық есебін әзірлеу немесе жобалау-сметалық құжаттаманы дайындау жұмыстарын ұйымдастырады, кейіннен жергілікті бюджет қаражаты есебінен сараптама қорытындысын алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
     <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Ағымдағы жөндеудің сметалық құны бекітілгеннен кейін немесе көппәтерлі тұрғын үйлердің қасбетін, шатырын күрделі жөндеудің жобалау-сметалық құжаттамасы сараптаманың оң қорытындысын алғаннан кейін Бөлім бюджеттік жоспарлау жөніндегі орталық уәкілетті орган айқындаған тәртіпке сәйкес бюджеттік өтінім жасайды.</w:t>
+      11. Сараптаманың оң қорытындысын алғаннан және ағымдағы жөндеудің сметалық құны немесе көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырын реконструкциялау, күрделі жөндеудің жобалау-сметалық құжаттамасы бекітілгеннен кейін Бөлім бюджеттік жоспарлау жөніндегі орталық уәкілетті орган айқындаған тәртіпке сәйкес бюджеттік өтінім жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алуды Бөлім мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырады.</w:t>
+      12. Бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алуды Бөлім мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Бөлім бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдауды техникалық қадағалауды жүзеге асыратын тұлғаларды тарта отырып, жүзеге асырады.</w:t>
+      13. Бөлім бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдауды техникалық қадағалауды жүзеге асыратын тұлғаларды тарта отырып,жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қорытынды ереже</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      14. Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды қаржыландыру жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      14. Іле ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды қаржыландыру жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1580,31 +1663,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>