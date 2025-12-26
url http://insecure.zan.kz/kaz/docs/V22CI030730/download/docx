--- v0 (2025-11-09)
+++ v1 (2025-12-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bbc4ea8" w14:textId="bbc4ea8">
+    <w:p w14:paraId="e42d052" w14:textId="e42d052">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидаларын бекіту туралы</w:t>
+        <w:t>Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау, ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы Мұғалжар ауданы әкімдігінің 2022 жылғы 23 қарашадағы № 400 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 25 қарашада № 30730 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулының тақырыбы жаңа редакцияда - Ақтөбе облысы Мұғалжар ауданы әкімдігінің 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-3-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -543,229 +581,204 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 400 қаулысымен бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
+        <w:t xml:space="preserve"> Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы Мұғалжар ауданы әкімдігінің 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 403</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-      </w:r>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> 11) тармақшасына, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу қағидалары (бұдан әрі - Қағидалар) "Тұрғын үй қатынастары туралы" Қазақстан Республикасы Заңының 10-3-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына, өзге де нормативтік құқықтық актілерге сәйкес әзірленді және Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру және жүргізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       2. Осы Қағидаларда келесі негізгі ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірыңғай сәулеттік стиль – құрылыста пайдаланылатын, аумақтың белгілі бір құрылыс салу ауданына, оның ішінде жеке құрылыс салуға тән бірыңғай белгілер жиынтығы. Сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары негізгі өлшемдер болып табылады. Жеке құрылыс салу ауданы үшін сыртқы көркі, сәулеттік стилі, түсі бойынша шешімі, қабаттылығы, әрлеу материалдары, қоршаулары, жабын түрі мен учаске аумағындағы шаруашылық-тұрмыстық құрылыстардың орналасуы негізгі өлшемдер болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
+        <w:t>
+      2) кондоминиум объектісі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және дара (бөлек) меншікте болмайтын және пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі ортақ мүліктен тұратын біртұтас мүліктік кешен;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) кондоминиум объектісінің ортақ мүлкі – дара (бөлек) меншіктегі пәтерлерден, тұрғын емес үй-жайлардан, орынтұрақ орындарынан, қоймалардан және ұялы байланыс операторларының меншігі болып табылатын телекоммуникациялық жабдықтан басқа, кондоминиум объектісінің бөліктері (қасбеттер, кіреберістер, вестибюльдер, холдар, дәліздер, баспалдақ марштары мен баспалдақ алаңдары, лифтілер, шатырлар, шатырастылар, техникалық қабаттар, жертөлелер, үйге ортақ инженерлік жүйелер мен жабдықтар, абоненттік пошта жәшіктері, көппәтерлі тұрғын үй тұрған жер учаскесі және (немесе) үй жанындағы жер учаскесі, абаттандыру элементтері және ортақ пайдаланылатын басқа да мүлік);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -774,316 +787,224 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кондоминиум объектісінің ортақ мүлкін ағымдағы жөндеу – мерзімінен бұрын тозуын болғызбау және ақауларын жою мақсатында жүргізілетін, көппәтерлі тұрғын үйдің нормативтік және техникалық құжаттамада белгіленген құрама бөліктері мен инженерлік жабдықтарын ауыстыру немесе қалпына келтіру жөніндегі уақтылы техникалық іс-шаралар мен жұмыстар кешені;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...58 lines deleted...]
-        <w:t xml:space="preserve"> – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
+        <w:t>
+      5) кондоминиум объектісінің ортақ мүлкін күрделі жөндеу – көппәтерлі тұрғын үйдің ресурсын қалпына келтіру мақсатында жүргізілетін, көппәтерлі тұрғын үйдің тозған конструкцияларын, бөлшектерін және инженерлік жабдықтарын жаңа немесе анағұрлым мықты және үнемді, жөнделетін объектілердің пайдалану көрсеткіштерін жақсартатын түрлеріне ауыстыру жөніндегі іс-шаралар мен жұмыстар кешені;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) кондоминиум объектісінің ортақ мүлкін күтіп-ұстау – кондоминиум объектісінің ортақ мүлкін техникалық пайдалану, санитариялық күтіп-ұстау және ағымдағы жөндеу бойынша жұмыстар немесе көрсетілетін қызметтер кешені;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) көппәтерлі тұрғын үй – ортақ үлестік меншік болып табылатын кондоминиум объектісінің ортақ мүлкінен және көппәтерлі тұрғын үйге іргелес жатқан жер учаскесіне не кондоминиум объектісі ортақ мүлкінің өзге де бөліктеріне дербес шығатын жерлері бар екі және одан көп пәтерлерден, тұрғын емес үй-жайлардан тұратын, біртұтас бөлінбейтін жер учаскесінде біртұтас іргетасы бар жеке тұрған ғимарат;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...78 lines deleted...]
-      </w:r>
+        <w:t>
+      8) көппәтерлі тұрғын үй кондоминиумы – Қазақстан Республикасының заңнамасында айқындалған тәртіппен тіркелген меншік нысаны, бұл ретте пәтерлер, тұрғын емес үй-жайлар, орынтұрақ орындары, қоймалар дара (бөлек) меншікте болады, ал дара (бөлек) меншікте емес бөліктер пәтерлердің, тұрғын емес үй-жайлардың, орынтұрақ орындарының, қоймалардың меншік иелеріне көппәтерлі тұрғын үй тұрған біртұтас бөлінбейтін жер учаскесін және (немесе) үй жанындағы жер учаскесін қоса алғанда, ортақ үлестік меншік құқығымен тиесілі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) көппәтерлі тұрғын үй пәтерлері, тұрғын емес үй-жайлары меншік иелерінің жиналысы (бұдан әрі – жиналыс) – пәтерлер, тұрғын емес үй-жайлар меншік иелерінің кондоминиум объектісін басқаруға және кондоминиум объектісінің ортақ мүлкін күтіп-ұстауға байланысты шешімдерді ұжымдық талқылауын және дауыс беру арқылы қабылдауын қамтамасыз ететін кондоминиум объектісін басқарудың жоғары органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-      3. "Мұғалжар ауданының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі (бұдан әрі - Бөлім) бірыңғай сәулеттік келбет беру үшін қасбеттерге, шатырларға ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды ұйымдастыру тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      3. "Мұғалжар ауданының тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі (бұдан әрі - Бөлім) бірыңғай сәулеттік келбет беру үшін сыртқы қабырғаларына, шатырларын реконструкциялауға ағымдағы немесе күрделі жөндеу жүргізуді талап ететін көппәтерлі тұрғын үйлердің тізбесін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       4. Бөлім Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген көппәтерлі тұрғын үйлердің тізбесін айқындағаннан кейін Мұғалжар ауданының бірыңғай сәулеттік келбетін әзірлеуді және бекітуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Мұғалжар ауданының әкімдігі мынадай іс-шараларды ұйымдастырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) көппәтерлі тұрғын үйдің пәтерлерінің, тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін бірыңғай сәулеттік келбетінің жобасымен Мұғалжар ауданы әкімдігінің ресми интернет-ресурсында таныстыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1091,399 +1012,343 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) көппәтерлі тұрғын үйдің пәтерлері мен тұрғын емес үй-жайларының (олар болған жағдайда) меншік иелерін жоспарланған жұмыстар және оларды жүргізудің болжамды мерзімдері туралы ақпараттандыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) көппәтерлі тұрғын үйдің қасбетін, шатырын жөндеу жұмыстарын жүргізуге келісім беру немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+      3) көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялау жөндеу жұмыстарын жүргізуге келісім беру немесе келіспеу туралы шешім қабылдау үшін пәтерлердің, тұрғын емес үй-жайлардың (олар болған жағдайда) меншік иелерінің жиналысын ұйымдастыру және өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Егер жиналысқа пәтерлер, тұрғын емес үй-жайлар меншік иелерінің жалпы санының жартысынан астамы қатысса, жиналыс шешім қабылдауға құқылы.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      7. Жиналыста теріс шешім қабылданған жағдайда, бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйдің қасбетін, шатырын жөндеу жөніндегі жұмыстар жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8. Жиналыстың оң шешімі қабылданған жағдайда, Бөлім құрылыс нормаларының талаптарына сәйкес жұмыс көлемін, жөндеу түрін (ағымдағы немесе күрделі) айқындау және олардың физикалық тозу дәрежесін белгілеу үшін әрбір көппәтерлі тұрғын үйдің қасбетінің, шатырының техникалық жай-күйін тексеруді ұйымдастырады.</w:t>
+      7. Жиналыста теріс шешім қабылданған жағдайда, бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйдің сыртқы қабырғаларын, шатырларын реконструкциялау жөніндегі жұмыстар жүргізілмейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>3 - тарау. Көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды жүргізу тәртібі</w:t>
+        <w:t>
+      8. Жиналыстың оң шешімі қабылданған жағдайда, Бөлім құрылыс нормаларының талаптарына сәйкес жұмыс көлемін, жөндеу түрін (ағымдағы немесе күрделі) айқындау және олардың физикалық тозу дәрежесін белгілеу үшін әрбір көппәтерлі тұрғын үйдің қасбетінің, шатырының техникалық жай-күйін тексеруді ұйымдастырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      9. Жұмыс көлемін, жөндеу үлгісін (ағымдағы немесе күрделі) айқындау үшін әрбір көппәтерлі тұрғын үйдің қасбетінің, шатырының техникалық жай-күйін тексеру жөніндегі ұйымды таңдау мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      9. Жұмыс көлемін, жөндеу үлгісін (ағымдағы немесе күрделі) айқындау үшін әрбір көппәтерлі тұрғын үйдің сыртқы қабырғаларының, шатырларын реконструкциялау техникалық жай-күйін тексеру жөніндегі ұйымды таңдау мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
       10. "Қаржыландыру көздеріне қарамастан, жаңа үйлер мен ғимараттарды, олардың кешендерін, инженерлік және көлік коммуникацияларын салуға, сондай-ақ бұрыннан барын өзгертуге (реконструкциялауға, кеңейтуге, техникалық қайта жарақтандыруға, жаңғыртуға және күрделі жөндеуге) арналған техникалық-экономикалық негіздемелерге және жобалау-сметалық құжаттамаға ведомстводан тыс кешенді сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 1 сәуірдегі № 299 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 10722 болып тіркелген) сәйкес көппәтерлі тұрғын үйдің қасбетінің, шатырының техникалық жай-күйін тексеру қорытындысы бойынша бөлім жергілікті бюджет қаражаты есебінен ағымдағы жөндеудің сметалық есебін әзірлеу немесе бірыңғай сәулеттік көрініс беруге бағытталған қасбетті, шатырды күрделі жөндеуге жобалау-сметалық құжаттаманы дайындау жөніндегі жұмысты ұйымдастырады, кейіннен ведомстводан тыс кешенді сараптаманың қорытындысын алады.</w:t>
-[...19 lines deleted...]
-      11. Сараптаманың оң қорытындысын және ағымдағы жөндеудің сметалық құны немесе көппәтерлі тұрғын үйлердің қасбетін, шатырын күрделі жөндеудің жобалау-сметалық құжаттамасы бекітілгеннен кейін Бөлім бюджеттік жоспарлау жөніндегі орталық уәкілетті орган айқындаған тәртіпке сәйкес бюджеттік өтінім жасайды.</w:t>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 10722 болып тіркелген) сәйкес көппәтерлі тұрғын үйдің сыртқы қабырғаларының, шатырларын реконструкциялау техникалық жай-күйін тексеру қорытындысы бойынша бөлім жергілікті бюджет қаражаты есебінен ағымдағы жөндеудің сметалық есебін әзірлеу немесе бірыңғай сәулеттік көрініс беруге бағытталған қасбетті, шатырды күрделі жөндеуге жобалау-сметалық құжаттаманы дайындау жөніндегі жұмысты ұйымдастырады, кейіннен ведомстводан тыс кешенді сараптаманың қорытындысын алады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алуды Бөліммен мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
+      11. Сараптаманың оң қорытындысын және ағымдағы жөндеудің сметалық құны немесе көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау күрделі жөндеудің жобалау-сметалық құжаттамасы бекітілгеннен кейін Бөлім бюджеттік жоспарлау жөніндегі орталық уәкілетті орган айқындаған тәртіпке сәйкес бюджеттік өтінім жасайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Бөлім бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдау Бөліммен техникалық қадағалауды жүзеге асыратын тұлғаларды тарта отырып, жүзеге асырылады.</w:t>
+      12. Бірыңғай сәулеттік келбет беруге бағытталған көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды сатып алуды Бөліммен мемлекеттік сатып алу туралы заңнамаға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z24" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...10 lines deleted...]
-        <w:t>4 - тарау. Қорытынды қағида</w:t>
+        <w:t>
+      13. Бөлім бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі жұмыстарды қабылдау Бөліммен техникалық қадағалауды жүзеге асыратын тұлғаларды тарта отырып, жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z25" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      14. Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің қасбеттерін, шатырларын ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды қаржыландыру жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-тарау. Қорытынды қағида</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:p>
-[...30 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Мұғалжар ауданына бірыңғай сәулеттік келбет беруге бағытталған, көппәтерлі тұрғын үйлердің сыртқы қабырғаларын, шатырларын реконструкциялау ағымдағы немесе күрделі жөндеу жөніндегі іс-шараларды қаржыландыру жергілікті бюджет қаражаты есебінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>