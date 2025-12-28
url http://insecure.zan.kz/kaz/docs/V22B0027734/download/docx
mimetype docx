--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9df855d" w14:textId="9df855d">
+    <w:p w14:paraId="2566e35" w14:textId="2566e35">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қосшы қаласында стационарлық емес сауда объектілерін орналастыру орындарын айқындау және бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақмола облысы Қосшы қаласы әкімдігінің 2022 жылғы 20 сәуірдегі № 12-90 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 22 сәуірде № 27734 болып тіркелді</w:t>
+        <w:t>Ақмола облысы Қосшы қаласы әкімдігінің 2022 жылғы 20 сәуірдегі № 12-90 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 22 сәуірде № 27734 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасының Заңының 31-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -576,50 +577,88 @@
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қосшы қаласында стационарлык емес сауда объектілерін орналастыру орындары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Орналастыру сызбасы жаңа редакцияда - Ақмола облысы Қосшы қаласы әкімдігінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-15/269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң күшіне енеді) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -671,51 +710,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стационарлык емес сауда объектілерін орналастыру орындары</w:t>
+Орналасқан жері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алып жатқан алаңы, га.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сауда қызметін жүзеге асыру кезеңі, жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -743,272 +854,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Алатын алаңы (шаршы метр)</w:t>
-[...71 lines deleted...]
-Жақын орналасқан инфрақұрылым</w:t>
+Жақын маңдағы инфрақұрылым</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
-[...107 lines deleted...]
-15</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтын Дала шағын ауданы №1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1036,200 +1039,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Алтын Дала" азық-түлік дүкені</w:t>
+Азық-түлік және азық-түлік емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
-[...107 lines deleted...]
-15</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтын Дала шағын ауданы №2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1257,200 +1260,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Muslim" азық-түлік дүкені</w:t>
+Азық-түлік және азық-түлік емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3.</w:t>
-[...107 lines deleted...]
-15</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Алтын Дала шағын ауданы №3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1478,200 +1481,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Бистро" дәмханасы</w:t>
+Азық-түлік және азық-түлік емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4.</w:t>
-[...107 lines deleted...]
-15</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ТА "Табыс Құрылтай"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1699,421 +1702,421 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Piala" дәмханасы</w:t>
+Азық-түлік және азық-түлік емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5.</w:t>
-[...106 lines deleted...]
-              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Баян сұлу көшесі мен Желтоқсан көшесінің қиылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Жансая" азық-түлік дүкені</w:t>
+Азық-түлік және азық-түлік емес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6.</w:t>
-[...107 lines deleted...]
-25</w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұлы Дала көшесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2141,200 +2144,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Восточка &amp; бар" кафесі</w:t>
+Бөлшек саудада тауарларды сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7.</w:t>
-[...107 lines deleted...]
-25</w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қ. Рысқұлбеков көшесі мен Тұран көшесінің қиылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2362,200 +2365,200 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Восточка &amp; бар" кафесі</w:t>
+Бөлшек саудада тауарларды сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8.</w:t>
-[...107 lines deleted...]
-30</w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шәмші Қалдаяқов көшесі мен Тұран көшесінің қиылысы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2583,1830 +2586,1052 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Мясо №1" дүкені</w:t>
-[...1 lines deleted...]
-          </w:p>
+Бөлшек саудада тауарларды сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарлардың ұқсас ассортименті сатылатын сауда объектілері жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...1756 lines deleted...]
-"Алтын Дала" азық-түлік дүкені</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша - 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Қосшы қаласындағы стационарлық емес сауда нысандарының орналастыру орындары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Орналастыру сызбасы жаңа редакцияда - Ақмола облысы Қосшы қаласы әкімдігінің 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-15/269</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң күшіне енеді) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қосшы қаласы, Алтын дала шағын ауданы - 0,0024 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4279900"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4279900"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қосшы қаласы, Алтын дала шағын ауданы - 0,0024 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4241800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4241800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3. Қосшы қаласы, Алтын дала шағын ауданы - 0,0024 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4114800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4114800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       4. Қосшы қаласы, ЖК Табыс Құрылтай - 0,0064 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4737100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4737100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қосшы қаласы, Желтоқсан және Баян Сұлу көшелерінің қиылысы, - 0,0064 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4737100"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4737100"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қосшы қаласы, Ұлы дала көшесі- 0,0064 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4559300"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4559300"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қосшы қаласы, К. Рысқұлбеков және Тұран көшелерінің қиылысы, - 0,0064 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="7810500" cy="4762500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7810500" cy="4762500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қосшы қаласы, Шәмші Қалдаяқов және Тұран көшелерінің қиылысы - 0,0064 га</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -4427,55 +3652,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4797,35 +4022,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>