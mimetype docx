--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9719de6" w14:textId="9719de6">
+    <w:p w14:paraId="3604a07" w14:textId="3604a07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,140 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Астана қаласы барлық білім беру ұйымдарының күндізгі оқу нысаны бойынша білім алушылары мен тәрбиеленушілерінің қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруі туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Астана қаласы мәслихатының 2022 жылғы 28 желтоқсандағы № 296/37-VII шешімі. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 4 қаңтарда № 31530 болып тіркелді</w:t>
-[...8 lines deleted...]
-    </w:p>
+        <w:t>Астана қаласы мәслихатының 2022 жылғы 28 желтоқсандағы № 296/37-VII шешімі. Қазақстан Республикасының Әділет министрлігінде 2023 жылғы 4 қаңтарда № 31530 болып тіркелді. Күші жойылды - Астана қаласы мәслихатының 2025 жылғы 12 желтоқсандағы № 358/47-VIII шешімімен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - Астана қаласы мәслихатының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 358/47-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -181,262 +253,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және 47-бабы 4-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Астана қаласының мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жергілікті бюджет есебінен қаржыландырылатын Астана қаласы барлық білім беру ұйымдарының күндізгі оқу нысаны бойынша білім алушылары мен тәрбиеленушілеріне қоғамдық көлікте (таксиден басқа) мынадай мөлшерде жеңілдікпен жол жүру құқығы берілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) 7 жастан 18 жасқа дейінгі білім алушылар мен тәрбиеленушілер үшін – мектеп көлік картасын міндетті валидациялау кезінде балалардың жол жүру құны (барлық бағыттар бойынша) – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) 18 жастан асқан білім алушылар мен тәрбиеленушілер үшін – жетім балаларға және ата-анасының қамқорлығынсыз қалған балаларға және мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан шыққан балаларға, сондай-ақ мемлекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балаларға көрсетіледі көлік карталары маусымнан тамыз айына дейінгі кезеңді қоспағанда, ай сайын "Айлық жол жүру – Қала" келісімшартымен толықтырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Астана қаласы мәслихатының келесі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Астана қаласы білім алушыларының жекелеген санаттарына қалалық жолаушылар көлігінде жеңілдікпен жүру құқығын ұсыну Тәртібі туралы" 2015 жылғы 23 қыркүйектегі № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>410/57-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 959 болып т іркелген);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Астана қаласы білім алушыларының жекелеген санаттарына қалалық жолаушылар көлігінде жеңілдікпен жүру құқығын ұсыну Тәртібі туралы" Астана қаласы мәслихатының 2015 жылғы 23 қыркүйектегі № 410/57-V шешіміне өзгерістер енгізу туралы" 2019 жылғы 6 наурыздағы № </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>359/45-VI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 1223 болып тіркелген) шешімдерінің күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім оның алғашқы ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -562,63 +603,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -940,35 +1003,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>