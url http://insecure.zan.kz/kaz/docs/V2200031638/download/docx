--- v0 (2025-10-14)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b1b03fa" w14:textId="b1b03fa">
+    <w:p w14:paraId="c3ce091" w14:textId="c3ce091">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1564,186 +1564,162 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурстық комиссияның қорытынды шешімі әңгімелесу, медициналық және психофизиологиялық куәландыру, полиграфологиялық зерттеу нәтижелері ескеріле отырып қабылданады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конкурс қорытындыларын органның конкурстық комиссиясының хатшысы ақпараттық автоматтандырылған деректер базасына (ақпараттық жүйеге) енгізеді және органның, сондай-ақ мемлекеттік қызмет істері жөніндегі уәкілетті органның интернет-ресурсында үш жұмыс күні ішінде электрондық пошта мекенжайы немесе ұялы байланыстың абоненттік нөмірі бойынша, сондай-ақ хабарламаны тіркеуді қамтамасыз ететін өзге де электрондық байланыс құралдарын пайдалана отырып орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Органның конкурстық комиссиясының шешімімен келіспеген жағдайда кандидат оған Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен шағымданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 19-тармаққа өзгеріс енгізілді - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...98 lines deleted...]
-      Органның конкурстық комиссиясының шешімімен келіспеген жағдайда кандидат оған Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексінде белгіленген тәртіппен шағымданады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z37" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Органның конкурстық комиссиясының материалдары конкурс аяқталған сәттен бастап органның кадр қызметінде кемінде 1 (бір) жыл сақталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1818,258 +1794,234 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) конкурс өткізу туралы хабарландыруды жариялау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) конкурсқа қатысуға ниет білдірген тұлғалардан құжаттарды ақпараттық автоматтандырылған деректер базасы (ақпараттық жүйе) арқылы қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурсқа қатысушылардың құжаттарының белгіленген біліктілік талаптарына және заңда белгіленген талаптарға сәйкестігін қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) конкурстық комиссия өткізетін конкурсқа қатысушылармен әңгімелесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) конкурсқа қатысушыларды медициналық және психофизиологиялық куәландыру (бұдан әрі - ӘДК);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) конкурсқа қатысушыларды полиграфологиялық зерттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) органның конкурстық комиссиясының қорытындысы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">      Ескерту. 21-тармаққа өзгеріс енгізілді - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...170 lines deleted...]
-      7) органның конкурстық комиссиясының қорытындысы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z40" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Бос және уақытша бос лауазымға конкурс өткізу туралы хабарландыру органның, сондай-ақ мемлекеттік қызмет істері жөніндегі уәкілетті органның интернет-ресурсында жарияланады және органның бос және уақытша бос лауазымы, құжаттар тізбесі, құжаттарды қабылдау мерзімдері туралы мәліметтерді қамтиды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkStart w:name="z41" w:id="39"/>
     <w:p>
       <w:pPr>
@@ -2106,1173 +2058,1133 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Конкурсқа қатысушылардың құжаттарының белгіленген біліктілік талаптарына және Қазақстан Республикасының заңнамасында белгіленген талаптарға сәйкестігін қарауды конкурс комиссиясы құжаттарды қабылдау мерзімі аяқталған күннен бастап бес жұмыс күні ішінде жүргізеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір мезгілде кандидаттарды тексеруге арналған тізімдер органның ішкі қауіпсіздігін қамтамасыз ету жөніндегі бөлімшелерге жіберіледі, олар тексеру нәтижелері бойынша қорытындыларды конкурстық комиссияға әңгімелесудің белгіленген күніне дейін үш жұмыс күнінен кешіктірмей жібереді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Құжаттарды қарау нәтижелері бойынша конкурстық комиссияның хатшысы әңгімелесу өткізу кестесін, оның ішінде жіберілген кандидаттардың тізімін, күні, уақыты мен өтетін орнын белгілеп, оны ақпараттық автоматтандырылған дерекқорға (ақпараттық жүйеге) енгізеді және мемлекеттік органның интернет-ресурсында жариялайды, сондай-ақ үш жұмыс күні ішінде кандидатқа электрондық пошта мекенжайына немесе ұялы байланыс абоненттік нөміріне хабарлама жіберу арқылы және хабарламаны тіркеуді қамтамасыз ететін басқа да электрондық байланыс құралдарын пайдалану арқылы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 25-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Органның конкурстық комиссиясы өткізетін конкурсқа қатысушылармен әңгімелесу құжаттарды қарау мерзімі аяқталған күннен бастап он жұмыс күні ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесу барысында кандидатқа бос және уақытша бос лауазымға байланысты сұрақтар қойылады, сол лауазымға үміткер әрбір кандидатқа тең мөлшерде сұрақтар қойылады, әңгімелесу барысы бейнежазбаның техникалық құралдарының көмегімен тіркеледі, бұл туралы кандидаттарға ескертіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әңгімелесудің бейнежазбасында кандидат пен конкурстық комиссияның мүшелері қамтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңнамасында белгіленген жағдайларда конкурсқа қатысушы кандидаттармен әңгімелесу қашықтықтан бейнебайланыс құралдары арқылы жүргізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия қабылдайтын шешімдердің ашықтығы мен объективтілігін қамтамасыз ету үшін кандидаттардың жауаптарына бес балдық шкала бойынша баға қойылады және осы Қағидалардың 4-қосымшасына сәйкес нысаны бойынша органдарда бос және уақытша бос лауазымға орналасуға кандидаттармен әңгімелесу парақтарына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. Конкурс комиссиясының хатшысы келесі кезеңдерге жіберілген кандидаттардың тізімін ақпараттық автоматтандырылған дерекқорға (ақпараттық жүйеге) енгізіп, органның интернет-ресурсында жариялайды, сондай-ақ үш жұмыс күні ішінде кандидатқа әңгімелесуден өткеннен кейін электрондық пошта мекен-жайына немесе ұялы байланыс абоненттік нөміріне хабарлама жіберу арқылы және хабарламаны тіркеуді қамтамасыз ететін басқа да электрондық байланыс құралдарын пайдалану арқылы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      25-тармақ жаңа редакцияда көзделген - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 27-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Әңгімелесу нәтижелері бойынша конкурстың келесі кезеңдеріне ұсынылған кандидат қызметке жарамдылығын анықтау үшін әскери-дәрігерлік комиссиядан (ӘДК) өтеді және полиграфологиялық зерттеуден өтеді. Кандидатқа ӘДК-дан өту және полиграфологиялық зерттеуге жолдаманы кадр қызметі ақпараттық автоматтандырылған дерекқор (ақпараттық жүйе) арқылы береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 28-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Кандидаттарды полиграфологиялық зерттеу Қазақстан Республикасы Үкіметінің 2014 жылғы 19 маусымдағы №683 қаулысымен бекітілген Қазақстан Республикасының Құқық қорғау органдарында, азаматтық қорғау органдарында, мемлекеттік фельдъегерлік қызметінде полиграфологиялық зерттеуден өту қағидаларында айқындалатын тәртіппен органдарда жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Конкурсқа қатысушылардың медициналық және психофизиологиялық куәландырудан және полиграфологиялық зерттеуден өту мерзімі ӘДК және полиграфологиялық зерттеуден өтуге жолдамалар келіп түскен күннен бастап бір ай ішінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...108 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Денсаулық жағдайы бойынша жарамсыз деп танылған кандидат іріктеудің одан әрі кезеңдеріне қызмет өткеруге жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Конкурстық комиссияның қорытынды отырысы конкурстың соңғы қатысушысын медициналық және психофизиологиялық куәландыру және полиграфологиялық зерттеу қорытындыларын алған күннен бастап бес жұмыс күні ішінде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Орган немесе оның аумақтық органы қайта ұйымдастырылған немесе қайта таратылған (таратылған) жағдайларда жарияланған конкурс бұқаралық ақпарат құралдарында бұл туралы хабардар ете отырып, оны өткізудің кез келген кезеңінде жойылуға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z52" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...481 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Органдарда бос және уақытша бос лауазымға орналасуға конкурсқа қатысу үшін қажетті құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...123 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z53" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34. Кандидат ақпараттық автоматтандырылған деректер базасы (ақпараттық жүйе) арқылы мынадай құжаттарды береді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Қазақстан Республикасы азаматының жеке басын куәландыратын құжаттың көшірмесі не оның электрондық нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) осы Қағидаларға </w:t>
+      3) білім туралы құжаттардың көшірмелері, сондай-ақ "Білім туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нострификация рәсімінен өткенін немесе танылғанын растайтын құжаттар (шетелдік білім беру мекемелері берген дипломдар үшін салыстырып тексеру үшін түпнұсқалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) өз қолымен толтырылған және жазылған, жақын туыстары, жұбайы/зайыбы, соның ішінде бұрынғы жұбайлары көрсетілген егжей-тегжейлі өмірбаян (осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес нысан бойынша жақын туыстарын, оның ішінде бұрынғы жұбайларын көрсете отырып, өз қолымен жазылып толтырылған егжей-тегжейлі өмірбаяы, қосымша қызметтік тізімнің көшірмелері (құқық қорғау, арнаулы мемлекеттік органдардың, азаматтық қорғау органдардың бұрынғы қызметкерлері, әскери қызметшілер, мемлекеттік әкімшілік қызметшілер үшін), еңбек қызметін растайтын құжаттың көшірмелері (өзге де адамдар үшін);</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша), сондай-ақ қосымша ретінде қызметтік тізімнің көшірмесі (құқық қорғау органдарының, арнайы мемлекеттік органдардың, азаматтық қорғау органдарының, әскери қызметшілердің, әкімшілік мемлекеттік қызметшілердің бұрынғы қызметкерлері үшін), еңбек қызметін растайтын құжаттың көшірмесі (өзге тұлғалар үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша сауалнама;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...34 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) әскери билет немесе тіркеу куәлігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) тестілеу нәтижелері бойынша, оның ішінде жеке қасиеттерді бағалауды қоса алғанда, Қазақстан Республикасының "Қазақстан Республикасының мемлекеттік қызметі туралы" Заңының 16-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес берілген сертификат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барлық құжаттар PDF форматында ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұдан басқа, кандидат ақпараттық автоматтандырылған деректер базасы (ақпараттық жүйе) арқылы келесі құжаттарды жинауға және өңдеуге келісім береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Ескерту. 34-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+        <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      35. Құжаттар пакетін толық тапсырмау, оның ішінде олардың құрамында шындыққа сәйкес келмейтін мәліметтердің (деректердің) болуы, сондай-ақ осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-тармағында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген мерзімі өткен құжаттарды ұсыну және кандидатты келесі құжаттарды ақпараттық автоматтандырылған дерекқор (ақпараттық жүйе) арқылы жинауға және өңдеуге келісім беруден бас тартуы конкурстық комиссияның оларды қараудан бас тартуына және конкурстың келесі кезеңдеріне жібермеуіне негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      4-тарауды 35-тармақпен толықтыру көзделген - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 4-тарау 35-тармақпен толықтырылды - ҚР Қаржылық мониторинг агенттігі Төрағасының 29.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 8</w:t>
-[...8 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, ҚР Бас прокурорының 29.04.2025 № 8, ҚР Ішкі істер министрінің 30.04.2025 № 340, ҚР Төтенше жағдайлар министрінің м.а. 02.05.2025 № 172 және ҚР Сыбайлас жемқорлыққа қарсы іс-қимыл агенттігі (Сыбайлас жемқорлыққа қарсы қызмет) Төрағасының 02.05.2025 № 82 (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қолданысқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> енгізіледі) бірлескен бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3692,68 +3604,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>басшысына немесе уәкілетті</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>басшысына</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkStart w:name="z55" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Арыз </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Маған ______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -7063,68 +6975,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сауалнама</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="63"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8342,70 +8254,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Сіздің жақын туысқандарыңыз (ата-аналары (ата-анасы), балалар ата-анасы бір және ата-анасы бөлек аға-інілері мен апа-сіңлілері қарындастары) және сіздің жұбайыңыздың (зайыбыңыздың) жақын туысқандары (ата-аналары (ата-анасы), балалар ата-анасы бір және ата-анасы бөлек аға-інілері мен апа-сіңлілері (қарындастары), сондай-ақ бұрынғы жұбайларыңыз (зайыптарыңыз)*:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -8890,108 +8802,108 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z60" w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескертпе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * егер туысқандарыңыз тегін, атын, әкесінің атын өзгерткен болса, онда олардың бұрынғы тегін, атын, әкесінің атын көрсету қажет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z61" w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Еңбек жолын бастағаннан бері атқарып жатқан жұмыстары (жоғары және арнаулы орта оқу орындарының күндізгі бөлімдеріндегі оқуын, әскери қызметін және қоса атқарған жұмысын, кәсіпкерлік қызметін және т.с.с. қоса алғанда).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл тармақты толтырғанда мекемелер, ұйымдар мен кәсіпорындарды сол уақытта аталған қалпында жазу қажет. Әскери қызметі туралы лауазымын, әскери бөлімшенің нөмірін және орналасқан жерін көрсете отырып жазу керек.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -9596,220 +9508,220 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әскери міндетке қатысы және әскери шені</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Мекенжайы (тіркелген мекенжайы және тұратын мекенжайыңыз),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       үй және ұялы телефонының нөмірі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Паспорт, жеке куәлік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (сериясы, нөмірі, кім және қашан берген)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Қосымша мәліметтер (мемлекеттік наградалар, сайланбалы өкілдік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       органдарға  қатысулар, сондай-ақ үміткер өзі туралы хабарлауды қалайтын ақпарат)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10103,68 +10015,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="56"/>
+    <w:bookmarkStart w:name="z67" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қорғау органдарындағы, азаматтық қорғау органдарындағы  бос және уақытша бос лауазымға орналасуға  үміткерлермен әңгімелесу парағы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Конкурскқа қатысушы ________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11876,55 +11788,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12250,31 +12162,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>