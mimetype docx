--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f6b2270" w14:textId="f6b2270">
+    <w:p w14:paraId="774e887" w14:textId="774e887">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ипотекалық ұйымдардың және агроөнеркәсіптік кешен субъектілеріне кредит беруді жүзеге асыратын, дауыс беретін акцияларының жүз пайызы тікелей немесе жанама түрде ұлттық басқарушы холдингке тиесілі ұйымдардың пруденциялық нормативтерді орындауы туралы есептіліктің тізбесін, нысандарын, ұсыну мерзімдері мен қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2022 жылғы 21 қарашадағы № 100 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 2 желтоқсанда № 30934 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Ұлттық Банкі Басқармасының 2022 жылғы 21 қарашадағы № 100 қаулысы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 2 желтоқсанда № 30934 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ұлттық Банкі Басқармасының 2025 жылғы 24 қарашадағы № 79 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z0" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ұлттық Банкі Басқармасының 24.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 79</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z0" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының Ұлттық Банкі туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -40732,55 +40810,77 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -41110,35 +41210,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>