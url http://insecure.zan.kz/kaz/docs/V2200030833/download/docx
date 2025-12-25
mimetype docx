--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="27988e7" w14:textId="27988e7">
+    <w:p w14:paraId="912b80f" w14:textId="912b80f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -107,379 +107,703 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 30 қарашадағы № 483 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 30 қарашада № 30833 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі).</w:t>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z0" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың тақырыбы жаңа редакцияда көзделген - ҚР Оқу-ағарту министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығымен (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Кіріспе жаңа редакцияда көзделген - ҚР Оқу-ағарту министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      1. Қоса беріліп отырған "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызметін көрсету </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 162</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-тармақ жаңа редакцияда көзделген - ҚР Оқу-ағарту министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызметін көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитеті заңнамада белгіленген тәртіппен:</w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z3" w:id="3"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
+      2. Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z4" w:id="4"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      1) осы бұйрықты Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z5" w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z6" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін. </w:t>
+        <w:t>
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z7" w:id="7"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -813,1948 +1137,2052 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 483 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
-[...16 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Ескерту. Қағидалардың тақырыбы жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 162</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қағидалардың тақырыбы жаңа редакцияда көзделген - ҚР Оқу-ағарту министрінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2027 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызметін көрсету қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызметін көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес әзірленді және бастауыш білім беруді, негізгі орта білім беруді, жалпы орта білім беруді, мамандықтар бойынша техникалық және кәсіптік білім беруді, мамандықтар бойынша орта білімнен кейінгі білім беруді, діни білім беруді, кәмелетке толмағандарға білім беру-сауықтыру қызметтері ұсынатын заңды тұлғалардың (бұдан әрі – көрсетілетін қызметті алушы) білім беру қызметімен айналысуына лицензияны беру тәртібін белгілейді.</w:t>
+      Ескерту. Қағидалардың тақырыбы жаңа редакцияда – ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Оқу-ағарту министрінің 20.05.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 109</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...69 lines deleted...]
-</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Осы "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызметін көрсету қағидалары (бұдан әрі – Қағидалар) "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленді және бастауыш білім беруді, негізгі орта білім беруді, жалпы орта білім беруді, мамандықтар бойынша техникалық және кәсіптік білім беруді, мамандықтар бойынша орта білімнен кейінгі білім беруді, діни білім беруді, кәмелетке толмағандарға білім беру-сауықтыру қызметтері ұсынатын заңды тұлғалардың (бұдан әрі – көрсетілетін қызметті алушы) білім беру қызметімен айналысуына лицензияны беру тәртібін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       2. "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік көрсетілетін қызметін (бұдан әрі - мемлекеттік көрсетілетін қызмет) Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитеті және Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитетінің аумақтық департаменттері (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитеті (бұдан әрі – Комитет) діни білім беру бойынша білім беру саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитетінің аумақтық департаменттері (бұдан әрі – Департаменттер) бастауыш білім беру, негізгі орта білім беру, жалпы орта білім беру, мамандықтар бойынша техникалық және кәсіптік білім беру, сондай-ақ мамандықтар топтары бойынша әскери, арнайы оқу орындары, мамандықтар бойынша орта білімнен кейінгі білім беру бойынша, кәмелетке толмағандарға білім беру-сауықтыру қызметтері білім беру саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиарлар болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызмет көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге "электрондық үкіметтің" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі - портал) арқылы өтінішті, осы Қағидаларға 1-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі - Негізгі талаптардың тізбесі) 8-тармағында көрсетілген құжаттарды жолдайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-[...63 lines deleted...]
-</w:t>
+      Мемлекеттік қызмет көрсету нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын талаптар негізгі талаптардың тізбесінде көрсетілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитеті (бұдан әрі – Комитет) діни білім беру бойынша білім беру саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиар болып табылады.</w:t>
+      Порталда көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін өтінішті (сұранысты) қабылдау туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 4-тармақ жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Көрсетілетін қызметті берушінің кеңсесі құжаттар түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және жауапты құрылымдық бөлімшенің қызметкеріне орындауға береді. Көрсетілетін қызметті алушы еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Қазақстан Республикасы Оқу-ағарту министрлігінің Білім саласында сапаны қамтамасыз ету комитетінің аумақтық департаменттері (бұдан әрі – Департаменттер) бастауыш білім беру, негізгі орта білім беру, жалпы орта білім беру, мамандықтар бойынша техникалық және кәсіптік білім беру, сондай-ақ мамандықтар топтары бойынша әскери, арнайы оқу орындары, мамандықтар бойынша орта білімнен кейінгі білім беру бойынша, кәмелетке толмағандарға білім беру-сауықтыру қызметтері білім беру саласындағы қызметті лицензиялауды жүзеге асыру жөніндегі лицензиарлар болып табылады.</w:t>
+      Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері құжаттарды тіркеген сәттен бастап 2 жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы көрсетілетін қызметті берушіге "электрондық үкіметтің" www.egov.kz, www.elicense.kz веб-порталы (бұдан әрі - портал) арқылы өтінішті, осы Қағидаларға 1-қосымшаға сәйкес "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі (бұдан әрі - Негізгі талаптардың тізбесі) 8-тармағында көрсетілген құжаттарды жолдайды.</w:t>
+      Мемлекеттік ақпараттық жүйелерде қамтылған заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, медициналық қызметке лицензия туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда жауапты құрылымдық бөлімшенің қызметкері құжаттарды тіркеген сәттен бастап 2 жұмыс күні ішінде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды, ол көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасы (бұдан әрі - ЭЦҚ) қойылған электрондық құжат нысанында көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6. Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған кезде лицензияны және/немесе оған қосымшаны беру, лицензияны және/немесе оған қосымшаны қайта ресімдеу кезінде заңды тұлға-лицензиатты бөліп шығару немесе бөлу нысанында қайта ұйымдастыру кезінде: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Комитетте:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Мемлекеттік қызмет көрсету нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын талаптар негізгі талаптардың тізбесінде көрсетілген.</w:t>
+        <w:t xml:space="preserve">
+      жауапты қызметкер құжаттарды тіркеген сәттен бастап 22 жұмыс күні ішінде құжаттардың Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 24 қарашадағы № 473 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30721 болып тіркелген) бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері ұйымдарының білім беру қызметіне қойылатын біліктілік талаптарына және оларға сәйкестікті растайтын құжаттардың тізбесіне (бұдан әрі – біліктілік талаптары) сәйкестігін тексереді, көрсетілетін қызметті алушыға бару арқылы рұқсаттық бақылау жүргізеді, сараптама қорытындысын қалыптастырады және оны білім беру қызметін лицензиялау жөніндегі комиссияның (бұдан әрі – Комиссия) қарауына ұсынады. Комиссия туралы ереже мен құрамы Комитет төрағасының бұйрығымен бекітіледі. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Порталда көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызметті көрсету үшін өтінішті (сұранысты) қабылдау туралы мәртебе, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама көрсетіледі.</w:t>
+      Комиссия сараптама қорытындысын қарап, екі жұмыс күні ішінде шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...81 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Көрсетілетін қызметті берушінің кеңсесі құжаттар түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және жауапты құрылымдық бөлімшенің қызметкеріне орындауға береді. Көрсетілетін қызметті алушы еңбек заңнамасына сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру келесі жұмыс күні жүзеге асырылады.</w:t>
+      Комиссияның шешімі негізінде жауапты қызметкері екі жұмыс күні ішінде көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберілетін электрондық шешімді – лицензияны және/немесе лицензияға қосымшаны не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты қалыптастырады, ол көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті берушінің басшысы шешімді тексереді және бір жұмыс күні ішінде ЭЦҚ-ны пайдалана отырып қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсетуден бас тартудың негізі анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушы алдын ала шешім бойынша өз ұстанымын білдіруі үшін тыңдаудың уақыты мен орны (әдісі) туралы хабарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмей жіберіледі. Тыңдау хабарланған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Хабарлама (хабархат) тапсырыс хаттың табыс етілгендігі туралы хабарламамен тапсырыс хатпен, телефонограммамен немесе телеграммамен, ұялы байланыс абоненттік құрылғысы бойынша мәтіндік хабармен немесе электрондық мекенжай бойынша не хабархаттың немесе шақырудың тіркеліп-бекітілуін қамтамасыз ететін өзге де байланыс құралдары пайдаланылып жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау рәсімі Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексіне сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы алдын ала шешімді алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсылығын ұсынады немесе айтады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші заңды тұлға-лицензиатты бөліп шығару немесе бөлу нысанында қайта ұйымдастыру кезінде лицензияны және/немесе оған қосымшаны беру, лицензияны және/немесе оған қосымшаны қайта ресімдеу туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Департаменттерде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері құжаттарды тіркеген сәттен бастап 2 жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
+      жауапты қызметкер құжаттарды тіркеген сәттен бастап 22 жұмыс күні ішінде құжаттардың біліктілік талаптарына сәйкестігін, көрсетілетін қызметті алушыға бару арқылы рұқсаттық бақылау жүргізеді, сараптама қорытындысын қалыптастырады және оны комиссияның қарауына ұсынады. Комиссия туралы ереже мен құрамы Департамент директорының бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік ақпараттық жүйелерде қамтылған заңды тұлғаны мемлекеттік тіркеу (қайта тіркеу) туралы, медициналық қызметке лицензия туралы мәліметтерді көрсетілетін қызметті беруші тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      Комиссия сараптама қорытындысын қарап, екі жұмыс күні ішінде шешім қабылдайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды ұсынған жағдайда жауапты құрылымдық бөлімшенің қызметкері құжаттарды тіркеген сәттен бастап 2 жұмыс күні ішінде өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды, ол көрсетілетін қызметті берушінің уәкілетті тұлғасының электрондық цифрлық қолтаңбасы (бұдан әрі - ЭЦҚ) қойылған электрондық құжат нысанында көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" жіберіледі.</w:t>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30721 болып тіркелген) бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері ұйымдарының білім беру қызметіне қойылатын біліктілік талаптарына және оларға сәйкестікті растайтын құжаттардың тізбесіне (бұдан әрі – біліктілік талаптары) сәйкестігін тексереді, көрсетілетін қызметті алушыға бару арқылы рұқсаттық бақылау жүргізеді, сараптама қорытындысын қалыптастырады және оны білім беру қызметін лицензиялау жөніндегі комиссияның (бұдан әрі – Комиссия) қарауына ұсынады. Комиссия туралы ереже мен құрамы Комитет төрағасының бұйрығымен бекітіледі. </w:t>
+      Комиссияның шешімі негізінде жауапты қызметкер екі жұмыс күні ішінде көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберілетін электрондық шешімді – лицензияны және/немесе лицензияға қосымшаны не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты қалыптастырады, ол көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия сараптама қорытындысын қарап, екі жұмыс күні ішінде шешім қабылдайды.</w:t>
+      Көрсетілетін қызметті берушінің басшысы шешімді тексереді және бір жұмыс күні ішінде ЭЦҚ-ны пайдалана отырып қол қояды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссияның шешімі негізінде жауапты қызметкері екі жұмыс күні ішінде көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберілетін электрондық шешімді – лицензияны және/немесе лицензияға қосымшаны не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты қалыптастырады, ол көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберіледі.</w:t>
+      Мемлекеттік қызмет көрсетуден бас тартудың негізі анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушы алдын ала шешім бойынша өз ұстанымын білдіруі үшін тыңдаудың уақыты мен орны (әдісі) туралы хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті берушінің басшысы шешімді тексереді және бір жұмыс күні ішінде ЭЦҚ-ны пайдалана отырып қол қояды.</w:t>
+      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмей жіберіледі. Тыңдау хабарланған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей өткізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Мемлекеттік қызмет көрсетуден бас тартудың негізі анықталған кезде көрсетілетін қызметті беруші көрсетілетін қызметті алушыға мемлекеттік қызметті көрсетуден бас тарту туралы алдын ала шешім туралы, сондай-ақ көрсетілетін қызметті алушы алдын ала шешім бойынша өз ұстанымын білдіруі үшін тыңдаудың уақыты мен орны (әдісі) туралы хабарлайды.</w:t>
+      Хабарлама (хабархат) тапсырыс хаттың табыс етілгендігі туралы хабарламамен тапсырыс хатпен, телефонограммамен немесе телеграммамен, ұялы байланыс абоненттік құрылғысы бойынша мәтіндік хабармен немесе электрондық мекенжай бойынша не хабархаттың немесе шақырудың тіркеліп-бекітілуін қамтамасыз ететін өзге де байланыс құралдары пайдаланылып жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Тыңдау туралы хабарлама мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін 3 (үш) жұмыс күнінен кешіктірілмей жіберіледі. Тыңдау хабарланған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмей өткізіледі.</w:t>
+        <w:t xml:space="preserve">
+      Тыңдау рәсімі Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Хабарлама (хабархат) тапсырыс хаттың табыс етілгендігі туралы хабарламамен тапсырыс хатпен, телефонограммамен немесе телеграммамен, ұялы байланыс абоненттік құрылғысы бойынша мәтіндік хабармен немесе электрондық мекенжай бойынша не хабархаттың немесе шақырудың тіркеліп-бекітілуін қамтамасыз ететін өзге де байланыс құралдары пайдаланылып жіберіледі.</w:t>
+      Көрсетілетін қызметті алушы алдын ала шешімді алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсылығын ұсынады немесе айтады</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау рәсімі Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексіне сәйкес жүргізіледі.</w:t>
+      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші заңды тұлға-лицензиатты бөліп шығару немесе бөлу нысанында қайта ұйымдастыру кезінде лицензияны және/немесе оған қосымшаны беру, лицензияны және/немесе оған қосымшаны қайта ресімдеу туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 6-тармаққа өзгеріс енгізілді - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 162</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ қол қойылған электрондық құжат нысанында жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z24" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Лицензия және (немесе) лицензияға қосымша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z25" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жеке тұлға-лицензиаттың тегі, аты, әкесінің аты (болған жағдайда) өзгерген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жеке кәсіпкер-лицензиат қайта тіркелген, оның атауы немесе заңды мекенжайы өзгерген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) заңды тұлға-лицензиат "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы Заңының (бұдан әрі – "Рұқсаттар және хабарламалар туралы" Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>34-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> айқындалған тәртіпке сәйкес қайта ұйымдастырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңды тұлға-лицензиаттың атауы және (немесе) орналасқан жері өзгерген (лицензияда мекенжайы көрсетілген жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) егер нақты лицензияның иеліктен шығарылатындығы "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-қосымшасында көзделген жағдайларда, лицензиат үшінші тұлғалардың пайдасына объектімен бірге "объектілерге берілетін рұқсаттар" сыныбы бойынша берілген лицензияны иеліктен шығарған;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) "объектілерге берілетін рұқсаттар" сыныбы бойынша берілген лицензия үшін немесе лицензияға қосымшалар үшін объектілерді көрсете отырып, объект нақты көшірілмей оның орналасқан жерінің мекенжайы өзгерген;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазақстан Республикасының заңдарында қайта ресімдеу туралы талап болған жағдайларда қайта ресімделуге жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z58" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы тармақтың бірінші бөлігінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6) тармақшаларының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күші дара кәсіпкер-лицензиаттың заңды мекенжайының, заңды тұлға-лицензиаттың орналасқан жері мекенжайының, "объектілерге берілетін рұқсаттар" сыныбы бойынша берілген лицензия үшін немесе объектілер көрсетіле отырып, лицензияға қосымшалар үшін объектісінің орналасқан жері мекенжайының өзгеруі "Қазақстан Республикасының әкімшілік-аумақтық құрылысы туралы" Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптарына сәйкес елді мекендер атауының, көше аттарының өзгеруіне байланысты болған жағдайларға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z59" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Лицензиаттар мен лицензия объектісі мекенжайларының бұлай өзгеруі мемлекеттік ақпараттық жүйелерді интеграциялау арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z60" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы лицензияны және/немесе оған қосымшаны қайта ресімдеуге өтініш берген жағдайда көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері құжаттарды тіркеген сәттен бастап бір жұмыс күні ішінде құжаттардың қайта ресімдеу талаптары мен негіздеріне сәйкестігін қарайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z61" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тексеру қорытындысы бойынша көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері екі жұмыс күні ішінде лицензияны қайта ресімдейді не мемлекеттік қызмет көрсетуден дәлелді бас тартуды дайындайды, оған көрсетілетін қызметті берушінің басшысы ЭЦҚ пайдалана отырып қол қояды және көрсетілетін қызметті алушының порталдағы "жеке кабинетіне" жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Көрсетілетін қызметті беруші Заңның 5-бабы 2-тармағының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11) тармақшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мемлекеттік қызметтерді көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызметті көрсету сатысы туралы мәліметтерді енгізуді қамтамасыз етеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z33" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Қазақстан Республикасының білім саласындағы уәкілетті органы үш жұмыс күні ішінде қызметті берушілерге, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына және Бірыңғай байланыс орталығына мемлекеттік қызметтер көрсету тәртібі және мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты олар бекітілген немесе өзгертілген күнінен бастап ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z34" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z35" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым Қазақстан Республикасының Әкімшілік рәсімдік-процестік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің мекенжайына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Көрсетілетін қызметті алушы алдын ала шешімді алған күннен бастап 2 (екі) жұмыс күнінен кешіктірілмейтін мерзімде көрсетілетін қызметті берушінің алдын ала шешіміне қарсылығын ұсынады немесе айтады.</w:t>
+        <w:t xml:space="preserve">
+      Мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Тыңдау нәтижелері бойынша көрсетілетін қызметті беруші заңды тұлға-лицензиатты бөліп шығару немесе бөлу нысанында қайта ұйымдастыру кезінде лицензияны және/немесе оған қосымшаны беру, лицензияны және/немесе оған қосымшаны қайта ресімдеу туралы не мемлекеттік қызметті көрсетуден дәлелді бас тарту туралы шешім қабылдайды.</w:t>
-[...37 lines deleted...]
-      жауапты қызметкер құжаттарды тіркеген сәттен бастап 22 жұмыс күні ішінде құжаттардың біліктілік талаптарына сәйкестігін, көрсетілетін қызметті алушыға бару арқылы рұқсаттық бақылау жүргізеді, сараптама қорытындысын қалыптастырады және оны комиссияның қарауына ұсынады. Комиссия туралы ереже мен құрамы Департамент директорының бұйрығымен бекітіледі.</w:t>
+      Көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам шағым келіп түскен күннен бастап үш жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссия сараптама қорытындысын қарап, екі жұмыс күні ішінде шешім қабылдайды.</w:t>
+      Бұл ретте көрсетілетін қызметті беруші, шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адам, егер ол үш жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге де әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағым жібермеуге құқылы.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z36" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Комиссияның шешімі негізінде жауапты қызметкер екі жұмыс күні ішінде көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберілетін электрондық шешімді – лицензияны және/немесе лицензияға қосымшаны не мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауапты қалыптастырады, ол көрсетілетін қызметті берушінің басшысына келісуге және тексеруге жіберіледі.</w:t>
-[...666 lines deleted...]
-      10. Қазақстан Республикасының білім саласындағы уәкілетті органы үш жұмыс күні ішінде қызметті берушілерге, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының операторына және Бірыңғай байланыс орталығына мемлекеттік қызметтер көрсету тәртібі және мемлекеттік қызмет көрсету тәртібін айқындайтын заңға тәуелді нормативтік құқықтық актілерге енгізілген өзгерістер және (немесе) толықтырулар туралы ақпаратты олар бекітілген немесе өзгертілген күнінен бастап ұсынады.</w:t>
+      12. Мемлекеттік көрсетілетін қызметтің нәтижелері бойынша қабылданған шешіммен келіспеген жағдайда, көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z34" w:id="34"/>
-[...208 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2924,68 +3352,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қызметін көрсету қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:bookmarkStart w:name="z38" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру, діни білім беру, кәмелетке толмағандарға білім беру-сауықтыру қызметтері саласында білім беру қызметімен айналысуға лицензия беру" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 1-қосымша жаңа редакцияда - ҚР Оқу-ағарту министрінің м.а. 27.06.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6671,255 +7099,235 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жоғары және/немесе техникалық және кәсіптік және/немесе орта білімнен кейінгі білімі туралы, педагогикалық қайта даярлау туралы </w:t>
+              <w:t>Жоғары және/немесе техникалық және кәсіптік және/немесе орта білімнен кейінгі білімі туралы, педагогикалық қайта даярлау туралы мәліметтер, диплом бойынша мамандығы, біліктілігі, білім беру ұйымы, бітірген жылы, өндірістік оқыту шеберлері үшін–тағылымдамадан өткені туралы мәліметтер (ұйымның, өндірістің атауы, Оқу, тағылымдама кезеңі), маман сертификаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>мәліметтер, диплом бойынша мамандығы, біліктілігі, білім беру ұйымы, бітірген жылы, өндірістік оқыту шеберлері үшін–тағылымдамадан өткені туралы мәліметтер (ұйымның, өндірістің атауы, Оқу, тағылымдама кезеңі), маман сертификаты</w:t>
+              <w:t>Негізгі жұмыс орны (ұйым ның мекен жайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Негізгі жұмыс орны (ұйым ның мекен жайы)</w:t>
+              <w:t>Оқытылатын пәндер бейіні бойынша практикалық жұмыс туралы мәлімет, жұмыс өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Оқытылатын пәндер бейіні бойынша практикалық жұмыс туралы мәлімет, жұмыс өтілі</w:t>
+              <w:t>Сотталмағандығы (сотталғандығы) туралы мәлімет*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сотталмағандығы (сотталғандығы) туралы мәлімет*</w:t>
-[...55 lines deleted...]
-              <w:t>шеберлер туралы мәлімет. Конкурстар мен жарыстардың жеңімпаздарын дайындаған педагогтер туралы мәліметтер</w:t>
+              <w:t>Санаты, берілген күні, санат берілгені туралы бұйрықтың нөмірі* педагог - сарапшылар, педагог-зерттеушілер, педагог -шеберлер туралы мәлімет. Конкурстар мен жарыстардың жеңімпаздарын дайындаған педагогтер туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7426,153 +7834,173 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Философия докторы (РhD)" немесе "бейіні бойынша доктор" академиялық дәрежесі туралы мәлімет, мамандығы, берілген жылы</w:t>
+              <w:t xml:space="preserve">"Философия докторы (РhD)" немесе "бейіні бойынша доктор" академиялық дәрежесі туралы мәлімет, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандығы, берілген жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Философия докторы (РhD)" немесе "бейіні бойынша доктор" дәрежесі туралы мәлімет, мамандығы, берілген жылы</w:t>
+              <w:t xml:space="preserve">"Философия докторы (РhD)" немесе "бейіні бойынша доктор" дәрежесі туралы мәлімет, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандығы, берілген жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">"Ғылым кандидаты" немесе "ғылым докторы" немесе "философия докторы (РhD)" немесе "бейіні бойынша доктор" ғылыми дәрежесі туралы мәлімет, мамандығы, </w:t>
+              <w:t xml:space="preserve">"Ғылым кандидаты" немесе "ғылым докторы" немесе "философия докторы (РhD)" немесе "бейіні бойынша доктор" ғылыми дәрежесі туралы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>берілген жылы</w:t>
+              <w:t>мәлімет, мамандығы, берілген жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7620,51 +8048,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының мемлекеттік марапаттарымен және құрметті атақтары, "Еңбек сiңiрген жаттықтырушы" спорттық атақтары немесе жоғары мен бірінші дәрігерлік санаты туралы мәлімет, берілген жылы</w:t>
+              <w:t xml:space="preserve">Қазақстан Республикасының мемлекеттік марапаттарымен және құрметті атақтары, "Еңбек сiңiрген жаттықтырушы" спорттық атақтары немесе жоғары мен </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірінші дәрігерлік санаты туралы мәлімет, берілген жылы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15056,55 +15494,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>