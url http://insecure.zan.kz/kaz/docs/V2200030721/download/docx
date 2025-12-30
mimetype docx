--- v0 (2025-11-14)
+++ v1 (2025-12-30)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="43e6ed4" w14:textId="43e6ed4">
+    <w:p w14:paraId="13c162a" w14:textId="13c162a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1697,77 +1697,182 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 473 бұйрығымен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Тізбеге өзгеріс енгізу көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Оқу-ағарту министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2027 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-        <w:t>Жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарын қоспағанда, білім беру ұйымдарының білім беру қызметіне қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Жоғары және жоғары оқу орнынан кейінгі білім беру ұйымдарын қоспағанда, білім беру ұйымдарының білім беру қызметіне қойылатын біліктілік талаптары және оларға сәйкестікті растайтын құжаттардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Тақырып жаңа редакцияда – ҚР Оқу-ағарту министрінің 30.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17816,70 +17921,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z15" w:id="9"/>
+          <w:bookmarkStart w:name="z15" w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тиісті бейіндер бойынша педагогикалық білімі немесе педагогикалық қайта даярлаудан өтумен кәсіптік білімі бар оқу жұмыс жоспарының пәндеріне сәйкес педагогтердің болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="9"/>
+          <w:bookmarkEnd w:id="8"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18041,126 +18146,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z18" w:id="10"/>
+          <w:bookmarkStart w:name="z18" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  №44 бұйрықпен бекітілген нормаларға және № 216 бұйрықпен бекітілген оқулықтар тізбесіне сәйкес оқу және көркем әдебиеттің кітапханалық қорының болуы.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Болжамды білім алушылар контингентіне арналған оқу жұмыс жоспарына сәйкес бір оқушыға арналған оқулықтар жиынтығының болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z19" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оқу, көркем және ғылыми әдебиет қорының болуы туралы мәліметтер осы біліктілік талаптарына</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="10"/>
-          <w:p>
-[...54 lines deleted...]
-          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2-қосымшаға сәйкес нысан бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -18230,51 +18335,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z20" w:id="12"/>
+          <w:bookmarkStart w:name="z20" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Ғимараттардың (оқу корпустарының) жабдықталған медициналық пункттермен қамтамасыз етілуі. № 37 бұйрығына, "Медициналық оңалту көрсету қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 7 қазандағы № ҚР ДСМ-116/2020 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18429,51 +18534,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21842 болып тіркелген), "Денсаулық сақтау ұйымдарын медициналық бұйымдармен жарақтандырудың ең төмен стандарттарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 29 қазандағы № ҚР ДСМ-167/2020 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21560 болып тіркелген) сәйкес балаларға медициналық қызмет көрсету құқығымен медициналық қызметке лицензияның болуы.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="12"/>
+          <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 "Медициналық оңалту көрсетуді ұйымдастыру стандартын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2023 жылғы 7 сәуірдегі № 65 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18486,70 +18591,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32263 болып тіркелген) сәйкес штаттық медицина қызметкерлерінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z21" w:id="13"/>
+          <w:bookmarkStart w:name="z21" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ғимараттардың (оқу корпустарының) медициналық пункттермен қамтамасыз етілуі және білім беру немесе денсаулық сақтау ұйымының медициналық қызметке лицензиясының болуы туралы мәліметтер осы біліктілік талаптарына 3-қосымшаға сәйкес нысан бойынша.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="13"/>
+          <w:bookmarkEnd w:id="12"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -18657,70 +18762,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21857 болып тіркелген) талаптарын ескере отырып, № ҚР ДСМ-76 бұйрығы, № ҚР ДСМ-16 және № 78 бұйрығымен бекітілген халықтың санитариялық-эпидемиологиялық салауаттылығы саласындағы уәкілетті органның санитариялық-эпидемиологиялық қорытындысы бар тамақтандыру объектісінің (оқу корпустарында) болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z22" w:id="14"/>
+          <w:bookmarkStart w:name="z22" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық қағидаларға сәйкес келетін тамақтандыру объектісінің және тамақтану объектісіне санитариялық-эпидемиологиялық қорытындының болуы туралы мәліметтер</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
+          <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18818,70 +18923,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="15"/>
+          <w:bookmarkStart w:name="z24" w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № ҚР ДСМ-76 бұйрығына, № ҚР ДСМ-78 бұйрығына, сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтеріне және № 55 бұйрықпен бекітілген өрт қауіпсіздігі талаптарына сәйкес келетін меншікті не шаруашылық жүргізу немесе жедел басқару не сенімгерлік басқару құқығында тиесілі материалдық активтердің болуы немесе оқу үй-жайларымен білім беру қызметтерінің сапасын қамтамасыз ететін, кемінде 10 жыл қолданылу мерзімімен материалдық активтерді жалға алу. </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="15"/>
+          <w:bookmarkEnd w:id="14"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 № ҚР ДСМ-78 бұйрығына сәйкес жабық жүзу бассейндерінің/ ванналардың/жағажайлардың, балалар ойын және спорт алаңдарының болуы, сондай-ақ Қазақстан Республикасы Оқу-ағарту министрінің м.а. 2023 жылғы 21 шiлдедегi "Мемлекеттік білім беру ұйымдары қызметкерлерінің үлгі штаттарын бекіту туралы" № 224 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -18894,70 +18999,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33166 болып тіркелді), №338 бұйрыққа сәйкес штатта жүзу бойынша емдік дене шынықтыру нұсқаушы-әдіскердің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="16"/>
+          <w:bookmarkStart w:name="z25" w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Пайдалы оқу алаңы, материалдық-техникалық базасының болуы, ерекше білім беруді қажет ететін адамдар (балалар) үшін жасалған жағдайлар туралы мәліметтер осы біліктілік талаптарына </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
+          <w:bookmarkEnd w:id="15"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19099,312 +19204,312 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="17"/>
+          <w:bookmarkStart w:name="z28" w:id="16"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  № 70 бұйрықпен бекітілген нормаларға сәйкес келетін компьютерлік сыныптармен, Интернет желісіне қосылған компьютерлермен жабдықталуы;</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 348, № 385 және №500 бұйрықтарға сәйкес пәндік кабинеттермен, зертханалармен, спорт залдарымен жабдықталуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру-сауықтыру қызметтерін көрсететін білім беру ұйымдары үшін - физика, химия, биология пәндері бойынша ұсынылатын оқу-зертханалық жабдықтардың болуы жеткілікті;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu. kz аймағында үшінші деңгейдегі домендік атаудың болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ 70 бұйрықпен және №ҚР ДСМ-76 бұйрығымен бекітілген жабдықтар мен жиһаздардың болуы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ҚР ДСМ-76 бұйрығымен бекітілген санитариялық қағидалардың талаптарына сәйкес ауыз су режимін ұйымдастыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>400 оқушыға дейін интернеттің ең аз жылдамдығы кемінде 20 Мбит/с, оған қосымша бір ауысымдағы контингент санын ескере отырып, әрбір 20 оқушыға 1 Мбит/с.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғимаратта № ҚР ДСМ-76-бұйрығына сәйкес келетін санитариялық тораптардың (унитаздар, қол жуатын раковиналар) болуы. </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ Білім беру ұйымдары үшін № 117 бұйрығына сәйкес білім беру ұйымдарының үй-жайларында және (немесе) іргелес аумақтарында бейнебақылаудың және күзет қызметі субъектілерінің, дабыл түймесінің, өткізу режимінің болуы.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z36" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Білім беру процесін материалдық-техникалық қамтамасыз ету туралы, оның ішінде компьютерлік сыныптардың, компьютерлердің, оқу зертханаларының, оқу пәндері кабинеттерінің, техникалық оқу құралдарының, білім беруді басқарудың ақпараттық жүйесінің, ҰБДҚ-нің, білім беру ұйымдарының үй-жайларында және аумағында бейнекамералардың болуы туралы мәліметтер осы біліктілік талаптарына</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="17"/>
-          <w:p>
-[...240 lines deleted...]
-          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5, 6-қосымшаға сәйкес нысан бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -19470,51 +19575,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z37" w:id="19"/>
+          <w:bookmarkStart w:name="z37" w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  "Білім туралы" Қазақстан Республикасы Заңының 37-бабының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -19529,163 +19634,163 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> және "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының 18-бабының </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-тармағына</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес тиісті бейіні бойынша педагогтердің біліктілігін арттыруды қамтамасыз ету 3 жылда кемінде 1 рет және 36 сағаттан кем болмауы тиіс.</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="19"/>
+          <w:bookmarkEnd w:id="18"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім беру ұйымдарының басшылары үшін тиісті бейін және білім беру саласында менеджмент бойынша біліктілікті арттыру - 3 жылда кемінде 1 рет.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z38" w:id="20"/>
+          <w:bookmarkStart w:name="z38" w:id="19"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
  Педагогтер мен басшы кадрлардың пәннің бейініне, білім беру бағдарламаларына сәйкес біліктілігін арттырудан және қайта даярлаудан өткені туралы мәліметтер </w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+осы біліктілік талаптарына 8-қосымшаға сәйкес нысан бойынша.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Біліктілік талаптары жұмысқа орналастырылғаннан кейін үш жыл ішінде еңбек қызметін жүзеге асыратын педагогтерге қолданылмайды.</w:t>
+            </w:r>
+          </w:p>
           <w:bookmarkEnd w:id="20"/>
-          <w:p>
-[...54 lines deleted...]
-          <w:bookmarkEnd w:id="21"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -19737,70 +19842,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № 570 бұйрықпен бекітілген білім беру мониторингі шеңберінде әкімшілік деректер нысандарына сәйкес өзекті дерекқорлары бар ҰБДҚ және әкімшілік деректері ҰБДҚ-мен сәйкес келетін білім беруді басқарудың ақпараттық жүйесінің болуы.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z40" w:id="22"/>
+          <w:bookmarkStart w:name="z40" w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Білім беру процесін материалдық-техникалық қамтамасыз ету туралы, оның ішінде компьютерлік сыныптардың, компьютерлердің, оқу зертханаларының, оқу пәндері кабинеттерінің, техникалық оқу құралдарының, білім беруді басқарудың ақпараттық жүйесінің, ҰБДҚ-нің, білім беру ұйымдарының үй-жайларында және аумағында бейнекамералардың болуы туралы мәліметтер осы біліктілік талаптарына</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="22"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6-қосымшаға сәйкес нысан бойынша.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20091,70 +20196,70 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> сәйкес балаларды тасымалдауды жүзеге асыратын жүргізуші мен балаларды тасымалдауға арналған автокөліктің болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="23"/>
+          <w:bookmarkStart w:name="z41" w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Көлік құралдарын тіркеу туралы куәліктердің көшірмелері, </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
+          <w:bookmarkEnd w:id="22"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 жолаушыларды тасымалдау бойынша қызметтер көрсетуге арналған шарттар.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -20222,50 +20327,176 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "e-license.kz" – лицензиарлар беретін лицензиялардың сәйкестендіру нөмірін орталықтандырылған түрде қалыптастыратын лицензиаттардың берілген, қайта ресімделген, тоқтатылған, жаңартылған және қолданысын тоқтатқан лицензиялары туралы мәліметтерді қамтитын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Жылжымайтын мүліктің бірыңғай мемлекеттік кадастры" МҚ АЖ – жер және құқықтық кадастрлардың мәліметтерін қамтитын ақпараттық жүйе.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-қосымша жаңа редакцияда көзделген - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР Оқу-ағарту министрінің 27.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 268</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2027 бастап қолданысқа енгізіледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20422,68 +20653,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="24"/>
+    <w:bookmarkStart w:name="z14" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Педагог, оқытушы және басшы кадрлармен жасақталуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22563,68 +22794,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="25"/>
+    <w:bookmarkStart w:name="z17" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Оқу, көркем және ғылыми әдебиет қорының болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -23543,68 +23774,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="26"/>
+    <w:bookmarkStart w:name="z19" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ғимараттардың (оқу корпустарының) медициналық пункттермен қамтамасыз етілуі және білім беру немесе денсаулық сақтау ұйымының медициналық қызметке лицензиясының болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24163,68 +24394,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="27"/>
+    <w:bookmarkStart w:name="z21" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Санитариялық қағидаларға сәйкес келетін тамақтандыру объектісінің және тамақтану объектісіне санитариялық-эпидемиологиялық қорытындының болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24870,68 +25101,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="28"/>
+    <w:bookmarkStart w:name="z23" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Пайдалы оқу алаңы, материалдық-техникалық базасының болуы, ерекше білім беруді қажет ететін адамдар (балалар) үшін жасалған жағдайлар туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -25595,68 +25826,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="29"/>
+    <w:bookmarkStart w:name="z26" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Білім беру процесін материалдық-техникалық қамтамасыз ету туралы, оның ішінде компьютерлік сыныптардың, компьютерлердің, оқу зертханаларының, оқу пәндері кабинеттерінің, техникалық оқу құралдарының, білім беруді басқарудың ақпараттық жүйесінің, ҰБДҚ-нің, білім беру ұйымдарының үй-жайларында және аумағында бейнекамералардың болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -26901,68 +27132,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="30"/>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Цифрлық тасымалдағыштардағы оқу және ғылыми әдебиеттердің болуы туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -27818,68 +28049,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="31"/>
+    <w:bookmarkStart w:name="z31" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Педагогтер мен басшы кадрлардың пәннің бейініне, білім беру бағдарламаларына сәйкес соңғы бес жылда біліктілігін арттырудан және қайта даярлаудан өткені туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -28721,55 +28952,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -29095,31 +29326,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>