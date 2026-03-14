--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8ce086a" w14:textId="8ce086a">
+    <w:p w14:paraId="75df215" w14:textId="75df215">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -4781,508 +4781,626 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z152" w:id="167"/>
+    <w:bookmarkStart w:name="z287" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33-2. Ақпараттандыру объектісі болып табылатын "Әлеуметтік әмиян" мемлекеттік қызметтер көрсету саласындағы уәкілетті орган айқындаған тәртіппен функционалы бойынша мынадай ең төменгі талаптарға ие:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тегін және жеңілдікпен тамақтандыруды беру туралы хабархат (хабарлама);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) тегін және жеңілдікпен тамақтануды есепке алу және алу.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Талаптар 33-2-тармақпен толықтырылды - ҚР Оқу-ағарту министрінің 02.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 27-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z152" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Техникалық және кәсіптік және орта білімнен кейінгі білім беру ұйымдарындағы білім беру саласындағы ақпараттандыру объектілеріне қойылатын ең төменгі талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z153" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z153" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Техникалық және кәсіптік және орта білімнен кейінгі білім беру ұйымдарында оқытуды басқару жүйесі олардың функционалдығы бойынша мынадай минималды талаптарға ие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z231" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z231" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) студенттің цифрлық бейінін қалыптастыру (студенттік билет, оқу/оқудан тыс жетістіктер, куәліктер және (немесе) сертификаттар, кәсіптік бағдарлаудан өту);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z232" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z232" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) педагогтің цифрлық бейінін қалыптастыру (білімі туралы деректер, бар болса: атағы, дәрежесі, ұлттық біліктілік тестілеу, аттестаттау, біліктілікті арттыру нәтижелері, сертификаттар туралы деректер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z233" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z233" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шығару жөніндегі мәліметтерді қалыптастыру (диплом беру, дипломға қосымша, құзыреттер картасы, әлеуметтік жетістіктер картасы, транскрипт бар болған жағдайда, оқуды жалғастыру және / немесе жұмысқа орналастыру жөніндегі мәліметтер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z234" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z234" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мамандықтар (біліктіліктер)/оқыту курстары бойынша топтарды қалыптастыру және басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z235" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z235" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оқу процесінің мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z236" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z236" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оқу курстары бойынша академиялық кезеңдерді қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z237" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z237" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) оқу жұмыс жоспары мен бағдарламасын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z238" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z238" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) қашықтықтан оқытуды жүргізу (бейнеконференция, чаттар құру, деректерді мұрағаттау және сақтау);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z239" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z239" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сабаққа қатысуды және білім алушылардың үлгерімін есепке алу (ведомостарды қалыптастыру);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z240" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z240" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) үлгерімге ағымдағы бақылауды, аралық және қорытынды аттестаттауды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z241" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z241" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) кәсіптік практиканы жүргізу (кәсіптік практикадан өткені туралы мәліметтер, болған жағдайда дуальды оқыту жөніндегі мәліметтер, практикадан өткені туралы бұйрық, тәлімгердің болуы, кәсіптік практикадан өткені туралы күнделік-есеп);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z242" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z242" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) жылдық педагогикалық жүктемені есептеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z243" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z243" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жұмыс берушілермен өзара іс-қимыл туралы мәліметтерді қалыптастыру (индустриялық және (немесе) қамқоршылық кеңеске қатысу, білім беру бағдарламаларын бірлесіп әзірлеу, педагогтердің біліктілігін арттыру курстарынан және тағылымдамадан өту);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z244" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z244" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) сауалнама жүргізу (студенттер мен педагогтердің педагогикалық құрамды бағалауы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z245" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z245" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) жатақханада орналасуды есепке алу және орындарды басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z246" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z246" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) онлайн-кітапхананы жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z247" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z247" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) талдау модулін жүргізу (статистика, есептер, сауалнама);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z248" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z248" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) кері байланыс жүргізу (сауалнама жүргізу, жиі қойылатын сұрақтар, чаттар, форумдар, мессенджерлер, хабарландырулар мен хабарламаларды файлдарды енгізу мүмкіндігімен жіберу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z249" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z249" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) нормативтік-анықтамалық ақпаратты жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z250" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z250" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) оқу процесінің рөлдерін баптау: педагог, әдіскер, тьютор, басшы (директор), басшының (директордың) орынбасары, білім алушы, ата-ана немесе білім алушының заңды өкілі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z251" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z251" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) білім алушыларға, ата-аналарға және білім алушылардың өзге де заңды өкілдеріне тегін қолжетімділігі бар смартфондарда, планшеттерде және басқа да мобильді құрылғыларда жұмыс істеуге арналған мобильді қосымша.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkEnd w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5301,408 +5419,408 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z175" w:id="190"/>
+    <w:bookmarkStart w:name="z175" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарындағы цифрлық білім беру ресурсында оқытылатын пәндер және (немесе) модульдер бойынша интерактивті нысанда оқытуды қамтамасыз ететін дидактикалық материалдар: фотосуреттер, бейнефрагменттер, статикалық және динамикалық модельдер, виртуалды шындық және интерактивті модельдеу объектілері, дыбыс жазбалары және білім беру бағдарламасына сәйкес өзге де цифрлық оқу материалдары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z176" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z176" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Қосымша білім беру ұйымдарында білім беру саласындағы ақпараттандыру объектілеріне қойылатын минималды талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z177" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z177" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Қосымша білім беру ұйымдарында оқытуды басқару жүйесі олардың функционалдығы бойынша мынадай минималды талаптарға ие:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z252" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z252" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) баланың / тыңдаушының цифрлық бейінін қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z253" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z253" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) педагогтің цифрлық бейінін қалыптастыру (білімі туралы деректер, бар болса: атағы, дәрежесі, ұлттық біліктілік тестінің, аттестаттаудың, біліктілікті арттырудың нәтижелері, сертификаттар туралы деректер);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z254" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z254" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) топтарды (бірлестіктерді) жинақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z255" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z255" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) оқу процесінің мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z256" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z256" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) оқу жоспарын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z257" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z257" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сабақтар каталогын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z258" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z258" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қосымша білім берудің білім беру бағдарламаларын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z259" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z259" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сабақ кестесін жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z260" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z260" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) бару және үлгерім журналын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z261" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z261" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) электрондық сертификаттар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z262" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z262" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Талдамалық модульді жүргізу (статистика, есептер, диаграммаларға және есептердің басқа да нысандарына аудару мүмкіндігімен сауалнама жүргізу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z263" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z263" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) кері байланыс жүргізу (сауалнама жүргізу, жиі қойылатын сұрақтар, чаттар, форумдар, мессенджерлер, хабарландырулар мен хабарламаларды файлдарды енгізу мүмкіндігімен жіберу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z264" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z264" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) нормативтік-анықтамалық ақпаратты жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z265" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z265" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) білім беру процесінің рөлдерін баптау: педагог, ұйым басшысы, білім алушы, ата-ана немесе білім алушының заңды өкілі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z266" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z266" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) білім алушыларға, ата-аналарға және білім алушылардың өзге де заңды өкілдеріне өтеусіз қолжетімділігі бар смартфондарда, планшеттерде және басқа да мобильді құрылғыларда жұмыс істеуге арналған мобильді қосымша.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkEnd w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5770,55 +5888,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6144,31 +6262,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>