--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="56372e5" w14:textId="56372e5">
+    <w:p w14:paraId="22f8592" w14:textId="22f8592">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -906,659 +906,751 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау министрі</w:t>
+              <w:t>Денсаулық сақтау министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 28 қазандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ ҚР ДСМ-121 Бұйрығына </w:t>
+              <w:t>№ ҚР ДСМ-121 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Біліктілік талаптары жаңа редакцияда - ҚР Денсаулық сақтау министрінің 04.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Біліктілік талаптары жаңа редакцияда көзделген - ҚР Денсаулық сақтау министрінің 04.08.2025 </w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік алпыс күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптары</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-            </w:pPr>
+          <w:bookmarkStart w:name="z11" w:id="9"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-р/с №
+              <w:t xml:space="preserve">р/с № </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="9"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік талаптары мыналардың болуын қамтиды</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...2 lines deleted...]
-            </w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Біліктілік талаптары мыналардың болуын қамтиды:
+              <w:t>Біліктілік талаптарына сәйкестігін растайтын құжаттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...38 lines deleted...]
-</w:t>
+              <w:t>Ескертпе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-1
+          <w:bookmarkStart w:name="z16" w:id="10"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="10"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...13 lines deleted...]
-</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...29 lines deleted...]
-Патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптары
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z21" w:id="11"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z23" w:id="12"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="12"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z24" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Меншік құқығындағы үй-жайлар немесе ғимараттар немесе кемінде бір жыл мерзімге жалдау шарттары (құқықтық кадастрда мемлекеттік тіркей отырып) немесе жылжымайтын мүлікті өтеусіз пайдалану (несие) немесе мүлікті сенімгерлік басқару шарттары немесе сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына, "Денсаулық сақтау объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар санитариялық қағидаларын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 тамыздағы № ҚР ДСМ -96/2020 </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21080 болып тіркелген) (бұдан әрі - № ҚР ДСМ-96/2020 бұйрығы) талаптарына сәйкес келетін мемлекеттік-жекешелік әріптестік шарттары</w:t>
+Меншік құқығындағы үй-жайдың немесе ғимараттың, немесе мобильді объектінің немесе кемінде бір жыл мерзімге жалға алу шартының (жылжымайтын объекті жағдайында құқықтық кадастрда мемлекеттік тіркелген) немесе жылжымайтын мүлікті өтеусіз пайдалану (несиенің) немесе мүлікті сенімгерлік басқару шартының немесе сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 тамыздағы № ҚР ДСМ -96/2020 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21080 болып тіркелген) бекітілген "Денсаулық сақтау объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларының (бұдан әрі – № ҚР ДСМ-96/2020 бұйрығы)*, Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 қарашадағы № ҚР ДСМ-125 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30388 болып тіркелген) бекітілген Биологиялық қорғауды қамтамасыз ету қағидаларының (бұдан әрі – № ҚР ДСМ-125 бұйрығы)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+талаптарына сәйкес келетін мемлекеттік-жекешелік әріптестік шартының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1571,237 +1663,231 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> объектінің сәйкестігі туралы мәліметтерді көрсетілетін қызметті беруші Қазақстан Республикасының Электрондық үкіметінің (Egov) ақпараттық порталынан алады.</w:t>
+          <w:bookmarkStart w:name="z28" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші меншік құқығын растайтын құжаттар туралы мәліметтерді "Е – лицензиялау" мемлекеттік дерекқорымен (бұдан әрі - "Е – лицензиялау" МДҚ) интеграцияланған "Жылжымайтын мүліктің бірыңғай мемлекеттік кадастры" ақпараттық жүйесінен (бұдан әрі – ЖМБМК АЖ) алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші, санитариялық-эпидемиологиялық қорытындының көшірмесін ұсынатын 2016 жылға дейін алынған санитариялық-эпидемиологиялық қорытындыларды қоспағанда, объектінің № ҚР ДСМ-96/2020 бұйрығына және № ҚР ДСМ-125 бұйрығына сәйкестігі туралы мәліметтерді Қазақстан Республикасының Электрондық үкімет ақпараттық порталынан (бұдан әрі - Egov) (2016 жылдан бастап мәліметтер) алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z31" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес келетін жұмыс істеп тұрған зертханалық жабдық пен жиһаз, сондай-ақ мүкәммал, көлік құралдары</w:t>
+          <w:bookmarkStart w:name="z32" w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ҚР ДСМ-96/2020* бұйрығына,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ҚР ДСМ-125 бұйрығына сәйкес жұмыс істеп тұрған зертханалық жабдықтар мен жиһаз, сондай-ақ мүкәммал, көлік құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
+Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестік туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1815,68 +1901,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z37" w:id="17"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="17"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -1960,122 +2058,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z42" w:id="18"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 24809 болып тіркелген) (бұдан әрі - № ҚР ДСМ-105 бұйрығы) сәйкес зертханалардың орындалатын зерттеулер номенклатурасына сай жарақтандырылуы</w:t>
+              <w:t>
+№ ҚР ДСМ-125 бұйрығына сәйкес орындалатын зерттеулер номенклатурасына сәйкес зертханалардың жарақтандырылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2125,102 +2215,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z47" w:id="19"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="19"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таза және жұқпалы ағындардың қиылысуын болдырмауды көздейтін биологиялық материалдың ағымдылығын сақтау</w:t>
+Таза және жұқпалы ағындардың қиылысуын болдырмауды көздейтін биологиялық материалдың ағынын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2270,417 +2372,547 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z52" w:id="20"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="20"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z53" w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Денсаулық сақтау" даярлау бағыты бойынша жоғары білімі, "Зертханалық диагностика" немесе "Гигиена және эпидемиология" немесе "Мейіргер ісі" немесе "Емдеу ісі" немесе "Акушерлік іс" мамандықтары бойынша техникалық, кәсіптік, орта білімнен кейінгі медициналық білімі немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Жаратылыстану ғылымдары, математика және статистика" (биологиялық, химиялық, химиялық-биологиялық) немесе "Ветеринариялық медицина" немесе "Ветеринариялық санитария" даярлау бағыты бойынша жоғары білімі, немесе "Ветеринария" мамандығы бойынша техникалық, кәсіптік, орта білімнен кейінгі білімі және (немесе) жоғары оқу орнынан кейінгі білімі және (немесе) ғылыми дәрежесі бар, патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын маманның (мамандардың) болуы – Қазақстан Республикасы Оқу-ағарту министрінің 2023 жылғы 13 ақпандағы № 34 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31902 болып тіркелген) Аккредиттеу органдарын, оның ішінде шетелдік аккредиттеу органдарын тану талаптары мен қағидаларына (бұдан әрі - Аккредиттеу органдарын тану талаптары мен қағидалары) сәйкес қалыптастырылатын,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+танылған аккредиттеу органдарының тізіліміне енгізілген аккредиттеу органдарында институционалдық аккредиттеуден өткен ұйым берген патогенді биологиялық агенттермен жұмыс істеу мәселелері бойынша сертификаттау курсы (қайта даярлау) туралы куәліктің және (немесе) біліктілікті арттыру туралы құжаттың (сертификат, куәлік) электрондық көшірмесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z57" w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары немесе орта медициналық білім туралы мәліметтерді көрсетілетін қызметті беруші 2015 жылға дейін аяқтаған адамдарды, сондай-ақ білім туралы құжаттың көшірмесін ұсынатын, Қазақстан Республикасының аумағы шегінен тыс аяқтаған адамдарды қоспағанда, Қазақстан Республикасы Ғылым және жоғарғы білім министрлігінің ақпараттық жүйесінен (мәліметтер 2015 жылдан бастап) алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан Республикасынан тыс жерлерде білім алған мамандар Қазақстан Республикасы Ғылым және жоғары білім министрінің 2023 жылғы 12 маусымдағы № 268 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32800 болып тіркелген) бекітілген Жоғары және жоғары оқу орнынан кейінгі білім туралы құжаттарды тану қағидаларына және Қазақстан Республикасы Оқу ағарту министрінің 2023 жылғы 28 шілдедегі № 230 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 33219 болып тіркелген) бекітілген Қазақстан Республикасының аумағында танылатын орта, техникалық және кәсіптік, орта білімнен кейінгі білім туралы құжаттарды тану қағидаларына (бұдан әрі – Тану қағидалары) сәйкес басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алғаны туралы туралы құжаттарды тану және (немесе) нострификациялау туралы құжатты ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сертификаттау курстарынан (қайта даярлаудан) өту, біліктілікті арттыру туралы мәліметтер Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 9 қарашадағы № ҚР ДСМ-132 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30486 болып тіркелген) бекітілген Биологиялық қауіпсіздік саласындағы кадрларды кәсіптік даярлаудың, қайта даярлаудың және олардың біліктілігін арттырудың үлгілік бағдарламасына</w:t>
+            </w:r>
+          </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-Штатта "Зертханалық диагностика" немесе "Гигиена және эпидемиология" немесе "Мейіргер ісі" немесе "Емдеу ісі" немесе "Акушерлік іс" мамандықтары бойынша техникалық және кәсіптік (арнайы орта, кәсіптік орта) медициналық білімі немесе "Ветеринария" мамандығы бойынша техникалық және кәсiптік (колледж) білімі және (немесе) "Денсаулық сақтау" немесе "Жаратылыстану ғылымдары, математика және статистика" (биологиялық, химиялық, химиялық-биологиялық) немесе "Ветеринариялық медицина", "Ветеринариялық санитария" даярлау бағыты бойынша жоғары білімі және (немесе) жоғары оқу орнынан кейінгі білімі және (немесе) ғылыми дәрежесі бар, білім және ғылым ұйымдарында не аккредиттеу органдары таныған "Білім туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
-[...183 lines deleted...]
-Денсаулық сақтау саласындағы маман сертификаты туралы мәліметтерді көрсетілетін қызметті беруші Қазақстан Республикасының Электрондық үкіметінің (Egov) ақпараттық порталынан алады.</w:t>
+(2022 жылғы желтоқсаннан бастап), Қазақстан Республикасы Ауыл шаруашылығы министрінің 2023 жылғы 25 қаңтардағы № 29 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 31789 болып тіркелген) бекітілген Биологиялық қауіпсіздік саласындағы кадрларды кәсіптік даярлаудың, қайта даярлаудың және олардың біліктілігін арттырудың үлгілік бағдарламаларына (бұдан әрі – ТжКБ) (2023 жылғы ақпаннан бастап) сәйкес ұсынылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z62" w:id="23"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z63" w:id="24"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Штатта көмекші персоналдың болуы:</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...50 lines deleted...]
-3) далалық жағдайларда биологиялық материалды алу (жинау) және далалық жағдайларда дезинфекциялау, дезинсекциялау, дератизациялау бойынша міндеттерді орындау кезінде денсаулық сақтау саласындағы дезинфекциялау, дезинсекциялау, дератизациялау мәселелері бойынша қосымша білім алудан өткендігі туралы құжаты (сертификаты, куәлігі), сондай-ақ патогенді биологиялық агенттермен жұмыс істеу кезінде биологиялық қауіпсіздік жөніндегі курстарды аяқтағандығы туралы құжаты (сертификаты, куәлігі) бар нұсқаушы-дезинфекторлар</w:t>
+          <w:bookmarkEnd w:id="24"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) патогенді биологиялық агенттермен жұмыс істеу кезінде биологиялық қауіпсіздік жөніндегі жыл сайынғы нұсқамадан өткен жүргізушілер, санитарлар, жануарларды бекітетін жұмысшылар;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) далалық жағдайларда биологиялық материалды іріктеу (жинау) және далалық жағдайларда дезинфекциялау, дезинсекциялау, дератизациялау жөніндегі міндеттерді орындау кезінде Аккредиттеу органдарын тану талаптары мен қағидаларына сәйкес қалыптастырылатын, танылған аккредиттеу органдарының тізіліміне енгізілген аккредиттеу органдарында институционалдық аккредиттеуден өткен ұйым берген "Дезинфекциялау ісі", "Далалық қауіпсіздік" пәндерін қоса отырып, патогендігі I-II топтардағы патогенді биологиялық агенттермен жұмыс істеу кезіндегі биологиялық қауіпсіздік бойынша сертификаттау (қайта даярлау) курсы туралы куәліктің және/немесе денсаулық сақтау саласында дезинфекциялау, дезинсекциялау, дератизациялау жөніндегі біліктілікті арттыру туралы құжаты (сертификат, куәлік) бар нұсқаушы-дезинфектордың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2699,195 +2931,223 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификаттау курстарынан (қайта даярлаудан) өту, біліктілігін арттыру туралы мәліметтер ТжКБ-ге сәйкес ұсынылады</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z69" w:id="25"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Патогендігі III және (немесе) IV топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="25"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z71" w:id="26"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="26"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> талаптарына сәйкес келетін мемлекеттік-жекешелік әріптестік шарттары</w:t>
+          <w:bookmarkStart w:name="z72" w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншік құқығындағы үй-жайдың немесе ғимараттың, немесе мобильді объектінің немесе кемінде бір жыл мерзімге жалға алу шартының (жылжымайтын объекті жағдайында құқықтық кадастрда мемлекеттік тіркелген) немесе жылжымайтын мүлікті өтеусіз пайдалану (несиенің) немесе мүлікті сенімгерлік басқару шартының немесе сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына, № ҚР ДСМ -96/2020* бұйрығының,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="27"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ҚР ДСМ-125 бұйрығының талаптарына сәйкес келетін мемлекеттік-жекешелік әріптестік шартының болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2900,201 +3160,195 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...52 lines deleted...]
-              <w:t xml:space="preserve"> объектінің сәйкестігі туралы мәліметтерді көрсетілетін қызметті беруші Қазақстан Республикасының Электрондық үкіметінің (Egov) ақпараттық порталынан алады.</w:t>
+          <w:bookmarkStart w:name="z75" w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші меншік құқығын куәландыратын құжаттар туралы мәліметтерді "Е-Лицензиялау" МДҚ-мен интеграцияланған</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="28"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖМБМК АЖ-нен алады. Объектінің көрсетілген объектілерге қойылатын санитариялық-эпидемиологиялық талаптарды белгілейтін санитариялық қағидаларға сәйкестігі туралы мәліметтерді көрсетілетін қызметті беруші Egov-тан алады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z78" w:id="29"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="29"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...34 lines deleted...]
-              <w:t>, талапатарына сәйкес келетін жұмыс істеп тұрған зертханалық жабдық пен жиһаз, сондай-ақ мүкәммал, көлік құралдары</w:t>
+          <w:bookmarkStart w:name="z79" w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ҚР ДСМ-96/2020* бұйрығына,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="30"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ ҚР ДСМ-125 бұйрығына сәйкес жұмыс істеп тұрған зертханалық жабдықтар мен жиһаз, сондай-ақ мүкәммал, көлік құралдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3144,68 +3398,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z84" w:id="31"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="31"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3289,122 +3555,114 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z89" w:id="32"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес зертханалардың орындалатын зерттеулер номенклатурасына сай жарақтандырылуы</w:t>
+              <w:t>
+№ ҚР ДСМ-125 бұйрығына сәйкес орындалатын зерттеулер номенклатурасына сәйкес зертханалардың жарақтандырылуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3454,138 +3712,150 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z94" w:id="33"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="33"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Таза және жұқпалы ағындардың қиылысуын болдырмауды көздейтін биологиялық материалдың ағымдылығын сақтау</w:t>
+Таза және жұқпалы ағындардың қиылысуын болдырмауды көздейтін биологиялық материалдың ағынын сақтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
+Осы біліктілік талаптарына қосымшаға сәйкес нысан бойынша біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3599,122 +3869,162 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z99" w:id="34"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="34"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес қалыптасатын аккредиттелген органдардың тізіліміне енгізілген, аккредиттеу органдарында институционалдық аккредиттеуден өткен патогенді биологиялық агенттермен жұмыс істеу мәселелері бойынша сертификаттау курсы туралы куәлігі бар патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандардың болуы</w:t>
+          <w:bookmarkStart w:name="z100" w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Штатта "Денсаулық сақтау" даярлау бағыты бойынша жоғары білімі, "Зертханалық диагностика" немесе "Гигиена және эпидемиология" немесе "Мейіргер ісі" немесе "Емдеу ісі" немесе "Акушерлік іс" мамандықтары бойынша техникалық, кәсіптік, орта білімнен кейінгі медициналық білімі немесе</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="35"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Жаратылыстану ғылымдары, математика және статистика" (биологиялық, химиялық, химиялық-биологиялық) немесе "Ветеринариялық медицина" немесе "Ветеринариялық санитария" даярлау бағыты бойынша жоғары білімі, "Ветеринария" мамандығы бойынша техникалық, кәсіптік, орта білімнен кейінгі білімі және (немесе) жоғары оқу орнынан кейінгі білімі және (немесе) ғылыми дәрежесі бар,– Аккредиттеу органдарын тану талаптары мен қағидаларына сәйкес қалыптастырылатын,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+танылған аккредиттеу органдарының тізіліміне енгізілген аккредиттеу органдарында институционалдық аккредиттеуден өткен ұйым берген биологиялық қауіпсіздік саласындағы біліктілікті арттыру (сертификат, куәлік) құжатының электрондық көшірмесі бар патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын маманның (мамандардың) болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3727,217 +4037,203 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Осы біліктілік талаптарына қосымшаға сәйкес біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...88 lines deleted...]
-Денсаулық сақтау саласындағы маман сертификаты туралы мәліметтерді көрсетілетін қызметті беруші Қазақстан Республикасының Электрондық үкіметі (Egov) ақпараттық порталынан алады.</w:t>
+          <w:bookmarkStart w:name="z104" w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жоғары немесе орта медициналық білім туралы мәліметтерді көрсетілетін қызметті беруші 2015 жылға дейін аяқтаған адамдарды, сондай-ақ білім туралы құжаттың көшірмесін ұсынатын, Қазақстан Республикасының аумағы шегінен тыс аяқтаған адамдарды қоспағанда, Қазақстан Республикасы Ғылым және жоғарғы білім министрлігінің ақпараттық жүйесінен (мәліметтер 2015 жылдан бастап) алады.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="36"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасынан тыс жерлерде білім алған мамандар Тану қағидаларына сәйкес басқа мемлекеттерде және халықаралық немесе шетелдік оқу орындарында (олардың филиалдарында) білім алғаны туралы құжаттарды тану және (немесе) нострификациялау туралы құжатты ұсынады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сертификаттау курстарынан (қайта даярлаудан) өту, біліктілікті арттыру туралы мәліметтер ТжКБ-ға сәйкес ұсынылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z108" w:id="37"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="37"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Штатта биологиялық агенттермен жұмыс істеу кезінде биологиялық қауіпсіздік жөніндегі жыл сайынғы нұсқамадан өткен көмекші персонал, оның ішінде санитарлардың болуы</w:t>
+Штатта көмекші персоналдың, оның ішінде патогенді биологиялық агенттермен жұмыс істеу кезінде биологиялық қауіпсіздік бойынша жыл сайынғы нұсқамадан өткен санитарлардың болуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3967,50 +4263,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z113" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Ескертпе: денсаулық сақтау ұйымының микробиологиялық зертханалары үшін</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4102,1739 +4418,1714 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>біліктілік талаптарына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z115" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Мәлімделген зерттеулер номенклатурасына байланысты патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптарына сәйкестігі туралы мәліметтер</w:t>
+        <w:t xml:space="preserve"> Мәлімделген зерттеу номенклатурасына байланысты патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға қойылатын біліктілік талаптарына сәйкестік туралы мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z116" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. Өтініш беру жоспарланып отырған зерттеулердің мәлімделген номенклатурасы және патогенді биологиялық агенттер </w:t>
+        <w:t>
+      1. Мәлімделген зерттеу номенклатурасы және олармен жұмыс істеу жоспарланып отырған патогенді биологиялық агенттер_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z117" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      __________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      2. Меншік құқығындағы үй-жайдың немесе ғимараттың, немесе мобильді объектінің немесе кемінде бір жыл мерзімге жалға алу шартының (жылжымайтын объекті жағдайында құқықтық кадастрда мемлекеттік тіркелген) немесе жылжымайтын мүлікті өтеусіз пайдалану (несие) немесе мүлікті сенімгерлік басқару шартының немесе сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтердің талаптарына, Қазақстан Республикасы Денсаулық сақтау министрінің 2020 жылғы 11 тамыздағы № ҚР ДСМ -96/2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21080 болып тіркелген) бекітілген "Денсаулық сақтау объектілеріне қойылатын санитариялық-эпидемиологиялық талаптар" санитариялық қағидаларының (бұдан әрі – № ҚР ДСМ-96/2020 бұйрығы)*, Қазақстан Республикасы Денсаулық сақтау министрінің 2022 жылғы 2 қарашадағы № ҚР ДСМ-125 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30388 болып тіркелген) бекітілген Биологиялық қорғауды қамтамасыз ету қағидаларының (бұдан әрі – № ҚР ДСМ-125 бұйрығы) талаптарына сәйкес келетін мемлекеттік-жекешелік әріптестік шартының болуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z118" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21080 болып тіркелген) (бұдан әрі - № ҚР ДСМ-96/2020 бұйрығы) талаптарына сәйкес келетін мемлекеттік-жекешелік әріптестік шарттары</w:t>
+        <w:t>
+      1) Кадастрлық нөмірі/ көлік құралын тіркеу туралы куәліктің нөмірі_______________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z119" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) Кадастрлық нөмірі ______________________________________________________</w:t>
+      2) Орналасқан жері ______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z120" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) Орналасқан жері ________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      3) Жалдау туралы шарттың нөмірі мен күні__________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z121" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) Жалдау туралы шарттың нөмірі мен күні _____________________________________</w:t>
+      4) Жалға беруші _________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z122" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) Жалға беруші ____________________________________________________________</w:t>
+      5) Жалға алудың аяқталу мерзімі ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z123" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) Жалдаудың аяқталу мерзімі ________________________________________________</w:t>
+      6) Үй-жайдың (ғимараттың) қабат жоспары___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z124" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) Үй-жайдың (ғимараттың) қабаттық жоспары __________________________________</w:t>
+      3. № ҚР ДСМ-96/2020* бұйрығына, № ҚР ДСМ-125 бұйрығына сәйкес жұмыс істеп тұрған зертханалық жабдықтар мен жиһаз, сондай-ақ мүкәммал, көлік құралдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z125" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес келетін жұмыс істеп тұрған зертханалық жабдық пен жиһаз, сондай-ақ мүкәммал, көлік құралдары:</w:t>
+        <w:t>
+      Зертханалық жабдықтардың, жиһаздың, мүкәммалдың, көлік құралдарының тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z126" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Зертханалық жабдық, жиһаз, мүкәммал, көлік құралдары тізбесі</w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z127" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      4. Жеке қорғаныш құралдары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z128" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      __________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      Түрі мен саны көрсетілген жеке қорғаныш құралдарының тізбесі: ________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z129" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Биологиялық қауіпсіздікті қамтамасыз ету қағидаларының талаптарына сәйкес келетін жеке қорғаныш құралдары.</w:t>
+      5. № ҚР ДСМ-125 бұйрығына сәйкес орындалатын зерттеу номенклатурасына сәйкес зертханалардың жарақтандырылуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z130" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Типі мен саны көрсетіле отырып, жеке қорғаныш құралдарының тізбесі:</w:t>
+      Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыруға арналған шығыс материалдарының тізімі _______________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z131" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      __________________________________________________________________________</w:t>
+        <w:t xml:space="preserve">
+      6. Таза және жұқпалы ағындардың қиылысуын болдырмауды көздейтін биологиялық материалдың ағынын сақтау ______________________________________________________ </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z132" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      __________________________________________________________________________</w:t>
+      Материалдың қозғалыс (ағыны) схемасын көрсете отырып, үй-жайдың (ғимараттың) қабат немесе мобильді объектінің жоспары ___________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z133" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 24809 болып тіркелген) сәйкес зертханалардың орындалатын зерттеулер номенклатурасына сай жарақтандырылуы:</w:t>
+        <w:t>
+      __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z134" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыру үшін шығыс материалдарының тізімі</w:t>
+      7. Штатта патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандардың болуы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...128 lines deleted...]
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1230"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1366"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1367"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...371 lines deleted...]
-Биологиялық қауіпсіздік саласындағы біліктілікті арттыру туралы құжаттың нөмірі және берілген күні</w:t>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z135" w:id="59"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="59"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аты, тегі, әкесінің аты (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы және біліктілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары, жоғары оқу орнынан кейінгі, техникалық және кәсіптік, орта білімнен кейінгі білім туралы дипломның нөмірі мен күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дипломды нострификациялау туралы мәліметтер (Қазақстан Республикасынан тыс жерлерде білім алғандар үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мамандығы бойынша еңбек өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Патогенді биологиялық агенттермен жұмыс істеу мәселелері бойынша сертификаттау курсы (қайта даярлау) туралы куәліктің және (немесе) біліктілікті арттыру туралы құжаттың (сертификат, куәлік) нөмірі және берілген күні, оқытуды өткізген ұйымның атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
-[...35 lines deleted...]
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z145" w:id="60"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="60"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1366" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcW w:w="1367" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
-            </w:r>
-[...34 lines deleted...]
-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkStart w:name="z155" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *Ескертпе: патогендігі I және (немесе) II топтардағы патогенді биологиялық агенттермен жұмыс істеуді жүзеге асыратын мамандар үшін</w:t>
+      8. Штатта көмекші персоналдың болуы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z156" w:id="62"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="62"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аты, тегі, әкесінің аты</w:t>
-[...17 lines deleted...]
-(ол бар болса)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аты, тегі, әкесінің аты (бар болған жағдайда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лауазымы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Патогенді биологиялық агенттермен жұмыс істеу кезінде биологиялық қауіпсіздік бойынша жыл сайынғы нұсқамадан өту күні (дезинфекторлар, жүргізушілер мен санитарлар бойынша толтырылады)</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Патогенді биологиялық агенттермен жұмыс істеген кезде биологиялық қауіпсіздік бойынша жыл сайынғы нұсқамадан өткен күні (жүргізушілер және санитарлар бойынша толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Денсаулық сақтау саласындағы дезинфекциялау, дезинсекциялау, дератизациялау мәселелері бойынша қосымша білім алудан өткендігі туралы құжаттың (сертификат, куәлік) нөмірі мен берілген күні (дезинфектор-нұсқаушылар бойынша толтырылады)</w:t>
+          <w:bookmarkStart w:name="z160" w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық сақтау саласындағы дезинфекция, дезинсекция, дератизация мәселелері бойынша сертификаттау (қайта даярлау) курсы туралы куәліктің және/немесе біліктілікті арттыру туралы құжаттың (сертификат, куәлік) нөмірі мен берілген күні (далалық жағдайларда жұмыс істейтін</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нұсқаушы-дезинфекторлар бойынша толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-Патогенді биологиялық агенттермен жұмыс істеу кезінде биологиялық қауіпсіздік жөніндегі курстарды аяқтағандығы туралы құжаттың (сертификат, куәлік) нөмірі және берілген күні (далалық жағдайда жұмыс істейтін дезинфектор-нұсқаушылар, дезинфекторлар бойынша толтырылады)</w:t>
+          <w:bookmarkStart w:name="z162" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Патогендігі I-II топтардағы патогенді биологиялық агенттермен жұмыс істеу кезіндегі биологиялық қауіпсіздік бойынша сертификаттау (қайта даярлау) курсы туралы куәліктің және/немесе біліктілікті арттыру туралы құжаттың (сертификат, куәлік) нөмірі мен берілген күні (далалық жағдайларда жұмыс істейтін</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нұсқаушы-дезинфекторлар бойынша толтырылады)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z165" w:id="65"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="65"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -5974,71 +6265,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z172" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      * Ескертпе: денсаулық сақтау ұйымының микробиологиялық зертханалары үшін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>