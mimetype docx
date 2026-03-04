--- v0 (2025-11-10)
+++ v1 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="95b8747" w14:textId="95b8747">
+    <w:p w14:paraId="b8763c2" w14:textId="b8763c2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2372,92 +2372,52 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кандидаттың төлемге қабілетсіз деп танылған қаржы ұйымында, Қазақстан Республикасының бейрезидент-қаржы ұйымында акционер (қатысушы), лауазымды тұлға, басқарушылық функцияларды орындайтын тұлға болып табылғандығы туралы мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
     <w:bookmarkStart w:name="z139" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жасалатын террористік қызметке қатысы бар адамдардың тізімінде, терроризмді және экстремизмді қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбесінде және (немесе) жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде болуы;</w:t>
+        <w:t>
+      5) тұлғаның "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының 12 және 12-1-баптарына сәйкес жасалатын террористік қызметке қатысы бар адамдардың тізімінде, терроризмді және экстремизмді қаржыландырумен байланысты ұйымдар мен тұлғалардың тізбесінде және (немесе) жаппай қырып-жою қаруын таратуды қаржыландыруға байланысты ұйымдар мен тұлғалардың тізбесінде болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z140" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) кандидат Қазақстан Республикасының бейрезидент-қаржы ұйымы резиденті болып табылатын мемлекеттің уәкілетті органы немесе қаржылық қадағалау органы банкті (Қазақстан Республикасының бейрезидент-банкінің филиалын) төлемге қабілетсіз банктер санатына жатқызу, қаржы ұйымын таратуға және (немесе) қаржы нарығындағы қызметін жүзеге асыруды тоқтатуға алып келген оларды лицензиядан айыру, не қаржы ұйымын мәжбүрлеп тарату немесе оны банкрот деп тану туралы сот шешімі заңды күшіне енуі, не Қазақстан Республикасының бейрезидент-банкі филиалының, Қазақстан Республикасының бейрезидент-сақтандыру (қайта сақтандыру) ұйымы филиалының қызметін мәжбүрлеп тоқтату туралы сот шешімінің заңды күшіне енуі туралы шешім қабылдау үшін негіз болып табылған оның әрекеттері (әрекетсіздігі) заңнама талаптарын бұзуға алып келген қаржы ұйымының, банк немесе сақтандыру холдингінің басшы қызметкері болып табылғаны жөніндегі мәліметтердің болуы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
     <w:bookmarkStart w:name="z141" w:id="37"/>
     <w:p>
@@ -2736,51 +2696,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 7-тармақ жаңа редакцияда көзделген - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 26.05.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+        <w:t xml:space="preserve"> (01.07.2023 бастап қолданысқа енгізіледі) қаулысымен; өзгеріс енгізілді - ҚР Қаржы нарығын реттеу және дамыту агенттігі Басқармасының 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 78</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z44" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13471,61 +13451,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Заңды тұлғаның </w:t>
-[...9 lines deleted...]
-              <w:t>атауы және орналасқан жері</w:t>
+              <w:t>Заңды тұлғаның атауы және орналасқан жері</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
@@ -13611,117 +13581,97 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Заңды тұлға қызметінің </w:t>
-[...9 lines deleted...]
-              <w:t>жарғылық түрлері</w:t>
+              <w:t>Заңды тұлға қызметінің жарғылық түрлері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жарғылық капиталға қатысу үшін немесе кандидатқа тиесілі акциялар санының заңды тұлғаның дауыс </w:t>
-[...9 lines deleted...]
-              <w:t>беретін акцияларының жалпы санына қатынасы (пайызбен) *</w:t>
+              <w:t>Жарғылық капиталға қатысу үшін немесе кандидатқа тиесілі акциялар санының заңды тұлғаның дауыс беретін акцияларының жалпы санына қатынасы (пайызбен) *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -17028,55 +16978,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>