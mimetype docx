--- v0 (2025-10-09)
+++ v1 (2026-01-09)
@@ -1,46 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="27732a4" w14:textId="27732a4">
+    <w:p w14:paraId="c63eb43" w14:textId="c63eb43">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -84,157 +86,200 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Аңшы, балықшы және қорықшы куәліктерінің нысанын және оларды беру қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 2 ақпандағы № 60 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 31 қазандағы № 678 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 31 қазанда № 30357 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ауыл шаруашылығы министрінің м.а. 2025 жылғы 22 желтоқсандағы № 480 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Ауыл шаруашылығы министрінің м.а. 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 480</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Аңшы, балықшы және қорықшы куәліктерінің нысанын және оларды беру қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 2 ақпандағы № 60 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16463 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Көрсетілген бұйрықпен бекітілген Аңшы куәлігінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -249,68 +294,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бекітілген бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Аңшы, балықшы және қорықшы куәліктерін беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -325,150 +354,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің Орман шаруашылығы және жануарлар дүниесі комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оның Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігінің интернет-ресурсында орналастырылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Экология, геология және табиғи ресурстар вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1055,68 +1085,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> № _____ аңшы куәлiгi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1775,93 +1805,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 60 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аңшы, балықшы және қорықшы куәлiктерін беру қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Аңшы, балықшы және қорықшы куәліктерін беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1896,344 +1920,329 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасының Заңы (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді, "Аңшы куәлігін беру" (бұдан әрі – Мемлекеттік көрсетілетін қызмет) мемлекеттік қызмет көрсету тәртібін және балықшы және қорықшы куәлігін беру тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Мемлекеттік қызметті Аңшылар мен аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастықтары (бұдан әрі –көрсетілетін қызметті беруші) осы Қағидаларға сәйкес жеке тұлғаларға (бұдан әрі – көрсетілетін қызметті алушы) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аңшы – Қазақстан Республикасының заңнамасында белгіленген тәртіппен аң аулау құқығын алған жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аңшы куәлігі – жеке тұлғаның аң аулау құқығын куәландыратын белгiленген нысандағы құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аңшылық минимумы – Қазақстан Республикасының жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы заңнамасының, аң аулау кезіндегі қауіпсіздік техникасының мәселелерін қарайтын оқыту бағдарламасының арнайы қысқаша курсы, оны білу аңшы куәлігін беру үшін міндетті шарт болып табылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) балықшы – бекітіліп берілген балық шаруашылығы су айдындарында және (немесе) учаскелерінде өзінің еңбек міндеттеріне байланысты балық ресурстарын және басқа да су жануарларын аулауды жүзеге асыратын балық шаруашылығы субъектісінің қызметкері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) балықшы куәлігі – балықшы функцияларын жүзеге асыруға жеке тұлғаның құқығын куәландыратын, балық шаруашылығы субъектісі берген белгіленген нысандағы құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) балық шаруашылығы субъектісі – қызметінің негізгі бағыты балық шаруашылығын жүргізу болып табылатын жеке және заңды тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қорықшы – бекітіліп берілген аңшылық алқаптар мен балық шаруашылығы су айдындарында және (немесе) учаскелерінде жануарлар дүниесін қорғауды жүзеге асыратын қорықшылық қызметтің арнайы уәкілетті адамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) қорықшы куәлігі – қорықшының құқығын куәландыратын белгіленген нысандағы құжат.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. "Аңшы куәлігін беру" мемлекеттік қызмет көрсету тәртiбi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Аңшы куәлігі осы бұйрыққа 1-қосымшаға сәйкес нысан бойынша он жыл мерзімге беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Аңшы куәлігін алуға мүдделі көрсетілетін қызметті алушы "Аңшылық минимумын бекіту туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2012 жылғы 13 наурыздағы № 25-03-02/95 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 7545 болып тіркелген) бекітілген аңшылық минимумына оқытылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Аңшылық минимумын оқыту аяқталғаннан кейін көрсетілетін қызметті алушы аңшылық минимум курсын аяқтағаны туралы сертификат (бұдан әрі – сертификат) алу үшін Қазақстан Республикасы Ауыл шаруашылығы министрінің 2015 жылғы 30 қаңтардағы № 18-03/57 "Аңшылар және аңшылық шаруашылығы субъектілері қоғамдық бірлестіктерінің республикалық қауымдастығының аңшылық минимумы бойынша емтихан өткізу қағидаларын бекіту туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2322,106 +2331,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес өтініш берген кезде көрсетілетін қызметті алушы, егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға келісім береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметті алушы мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесінің 8-тармағында көзделген тізбеге сәйкес құжаттардың толық топтамасын ұсынбаған кезде және (немесе) мерзімі өтіп кеткен құжаттардың көрсетілетін қызметті беруші өтінішті қабылдаудан бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Көрсетілетін қызметті берушінің кеңсесі құжаттар келіп түскен күні оларды қабылдауды, тіркеуді жүзеге асырады және көрсетілетін қызмет берушінің қарауына жібереді. Өтініш беруші Қазақстан Республикасының Еңбек </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексіне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері жүгінген кезде құжаттарды қабылдау келесі жұмыс күні жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аңшы куәлігін бірінші рет алған болса, көрсетілетін қызметті берушінің қызметкері өтініш тіркелген күннен бастап 1 (бір) жұмыс күні ішінде ұсынылған құжаттардың толықтығын тексереді, көрсетілген мерзімде толық болмаған жағдайда өтінішті одан әрі қараудан дәлелді бас тартуды дайындайды, ол "электрондық үкімет" веб-порталы арқылы www.egov.kz (бұдан әрі – портал) "жеке кабинетіне" өтініш берушіге электрондық құжат нысанында жіберіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2486,144 +2479,128 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер Тізбеде баяндалған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету нәтижесі көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-сы қойылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жолданады және сонда сақталады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Аңшылар куәліктерінің тізілімі порталда осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік қызмет көрсету мәселелері бойынша көрсетілетін қызметті берушінің және (немесе) олардың лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздіктеріне) шағымдану үшін шағым көрсетілетін қызметті алушының әкімшілік актіні қабылдағаны немесе әрекеттерді (әрекетсіздіктерді) жасағаны туралы көрсетілетін қызметті алушыға белгілі болған күннен бастап 3 (үш) айдан кешіктірілмей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шағымды қарайтын органға (жоғары тұрған әкімшілік органға және (немесе) лауазымды адамға);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2708,146 +2685,130 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметті тікелей көрсететін көрсетілетін қызметті беруші оны тіркеген күннен бастап 5 (бес) жұмыс күні ішінде;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган оны тіркеген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Заңның 25-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес көрсетілетін қызметті берушінің, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның шағымды қарау қажет болған жағдайларда 10 (он) жұмыс күнінен аспайтын мерзімге ұзартылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) шағым бойынша қосымша зерделеу немесе тексеру не жергілікті жерге барып тексеру жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қосымша ақпарат алу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарау мерзімі ұзартылған жағдайда, шағымдарды қарау бойынша өкілеттіктер берілген лауазымды тұлға шағымды қарау мерзімі ұзартылған кезден бастап 3 (үш) жұмыс күні ішінде шағым берген өтініш иесіне ұзарту себептерін көрсете отырып, шағымды қарау мерзімінің ұзартылғаны туралы электрондық нысанда (шағым электрондық түрде берілген кезде) хабарлайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2878,354 +2839,306 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес келіп түскен жағдайда көрсетілетін қызметті беруші шағымды қарайтын органға ол келіп түскен күннен бастап 3 (үш) жұмыс күні ішінде жібереді. Көрсетілетін қызметті беруші қолайлы акт қабылданған, шағымда көрсетілген талаптарды толық қанағаттандыратын әкімшілік іс-әрекет жасалған жағдайда, шағымды қарайтын органға шағымды жібермейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағымды қарайтын органның шағымды қарау мерзімі шағым түскен күннен бастап 20 (жиырма) жұмыс күнін құрайды.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Шағымды қарайтын органның шешімімен келіспеген жағдайда, көрсетілетін қызметті алушы шағымды қарайтын басқа органға немесе ҚР ӘРПК 100-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес сотқа жүгінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Балықшы куәлігін беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Балық шаруашылығы субъектісі қызметкерге еңбек шартының қолданылу кезеңінде балықшы куәлігін беруді жүргізеді, ол өз қызметін жүзеге асыру кезінде куәліктің тиісті түрде сақталуын, оның өзімен бірге тұрақты болуын және жануарлар дүниесін қорғау жөніндегі мемлекеттік инспектордың талабы бойынша оны көрсетуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z41" w:id="27"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Балықшы куәлігінің негізінде қызметкер еңбек шартына сәйкес бекітіліп берілген балық шаруашылығы су айдынында (су айдындарында) және (немесе) учаскесінде (учаскелерінде) балық ресурстарын және басқа да су жануарларын аулауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z42" w:id="28"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Балық шаруашылығы субъектісі мен балықшы арасында жасалған еңбек шарты бұзылған кезде балықшы куәлігін кейіннен жойып, балық шаруашылығы субъектісі алып қоюға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Балықшы куәлігі жоғалған немесе жарамсыз күйге келтірілген (бүлінген) кезде балық шаруашылығы субъектісі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысандағы өтініш негізінде оның телнұсқасын береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Қорықшы куәлігін беру тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Аңшылық және балық шаруашылығы субъектілері бекітіліп берілген аңшылық алқаптар мен балық шаруашылығы су айдындарында және (немесе) учаскелерінде жануарлар дүниесін қорғау функцияларын жүзеге асыратын қорықшылық қызметтің қызметкерлеріне қорықшы куәлігін береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Егер қорықшы куәлігі жоғалған немесе жарамсыз (бүлінген) болған жағдайда, қорықшы куәлігінің телнұсқасы осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш негізінде беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Қорықшы жұмыстан босатылған кезде куәлік аңшылық немесе балық шаруашылығы субъектілеріне қайтарылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4929,68 +4842,68 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:bookmarkStart w:name="z50" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тегі ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5326,68 +5239,68 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="33"/>
+    <w:bookmarkStart w:name="z52" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Аңшы куәлiктерінің тізілімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -6134,68 +6047,68 @@
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="34"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тегі ____________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6391,63 +6304,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId5"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -6769,35 +6704,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId5"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>