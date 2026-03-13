--- v0 (2025-10-27)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="25c3e1b" w14:textId="25c3e1b">
+    <w:p w14:paraId="85bf37d" w14:textId="85bf37d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,234 +93,285 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қаржы мониторингі субъектісінің сұрау салуы бойынша клиенттердің (олардың өкілдерінің) бенефициарлық меншік иелері туралы мәліметтерді ұсыну қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2022 жылғы 26 қыркүйектегі № 35 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 28 қыркүйекте № 29882 болып тіркелді</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t>Қазақстан Республикасы Қаржылық мониторинг агенттігі Төрағасының 2022 жылғы 26 қыркүйектегі № 35 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 28 қыркүйекте № 29882 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5-тармағына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қазақстан Республикасы "Қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы" Заңының 5-бабының </w:t>
-[...39 lines deleted...]
-    </w:p>
+      1. Осы бұйрықтың қосымшасына сәйкес қаржы мониторингі субъектісінің сұрау салуы бойынша клиенттердің (олардың өкілдерінің) бенефициарлық меншік иелері туралы мәліметтерді ұсыну </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:t>
+      2. Қазақстан Республикасының Қаржылық мониторинг агенттігінің (бұдан әрі – Агенттік) Қаржы мониторингі субъектілерімен жұмыс департаменті заңнамада белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасының Қаржылық мониторинг агенттігінің (бұдан әрі – Агенттік) Қаржы мониторингі субъектілерімен жұмыс департаменті заңнамада белгіленген тәртіппен:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін қамтамасыз етсін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін қамтамасыз етсін;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+      2) осы бұйрықты Агенттіктің интернет-ресурсында орналастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрықты Агенттіктің интернет-ресурсында орналастыру.</w:t>
-[...18 lines deleted...]
-        <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -720,304 +771,226 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 35 бұйрығымен </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржы мониторингі субъектісінің сұрау салуы бойынша клиенттердің (олардың өкілдерінің) бенефициарлық меншік иелері туралы мәліметтерді ұсыну қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Осы қаржы мониторингі субъектісінің сұрау салуы бойынша клиенттердің (олардың өкілдерінің) бенефициарлық меншік иелері туралы мәліметтерді ұсыну </w:t>
-[...162 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+      Осы Қаржы мониторингі субъектісінің сұрау салуы бойынша клиенттердің (олардың өкілдерінің) бенефициарлық меншік иелері туралы мәліметтерді ұсыну қағидалары (бұдан әрі – Қағидалар) қаржы мониторингі субъектілерімен "Қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы" Қазақстан Республикасы Заңының (бұдан әрі – КЖ/ТҚ/ЖҚҚТҚҚ туралы Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 1), 2), 3), 4), 5), 11) және 12) тармақшаларында көрсетілген мәліметтерді алу мақсатында әзірленген.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Негізгі ұғымдар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Қағидаларда қолданылатын ұғымдар КЖ / ТҚҚ туралы заңда көрсетілген мағынада пайдаланылады:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+      1. Қағидаларда қолданылатын ұғымдар КЖ/ТҚ/ЖҚҚТҚҚ туралы заңда көрсетілген мағынада пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z24" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бенефициарлық меншік иесі – бұл:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаның немесе заңды тұлға құрмайтын шетелдік құрылымның жарғылық капиталына қатысу үлестерінің не орналастырылған акцияларының (артықшылықты және қоғам сатып алған акциялары шегеріле отырып) жиырма бес пайызынан астамы тікелей немесе жанама түрде тиесілі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1028,361 +1001,454 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаны немесе заңды тұлға құрмайтын шетелдік құрылымды өзгеше түрде бақылауды жүзеге асыратын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оның мүддесінде заңды тұлға немесе заңды тұлғаны құрмайтын шетелдік құрылым ақшамен және (немесе) өзге де мүлікпен операциялар жасайтын жеке тұлға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z25" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Клиент – қаржы мониторингі субъектісінің көрсетілетін қызметтерін алатын жеке, заңды тұлға немесе заңды тұлға құрмаған шетелдік құрылым;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+      2) клиент – қаржы мониторингі субъектісі көрсететін қызметтерді алатын жеке, заңды тұлға немесе заңды тұлға құрмайтын шетелдік құрылым;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z26" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) уәкілетті орган – КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңға сәйкес қаржы мониторингiн жүзеге асыратын және қылмыстық жолмен алынған кiрiстердi заңдастыруға (жылыстатуға), терроризмдi қаржыландыруға, жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы iс-қимыл жөніндегі өзге де шараларды қабылдайтын мемлекеттiк орган.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 тарау. Қаржы мониторингі субъектісінің сұрау салуы бойынша клиенттердің (олардың өкілдерінің) бенефициарлық меншік иелері туралы мәліметтерді ұсыну тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) уәкілетті орган – КЖ/ТҚҚ туралы </w:t>
-[...22 lines deleted...]
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+      2. Қаржы мониторингі субъектілерінің өз клиенттерін (олардың өкілдерін) және бенефициарлық меншік иелерін тиісінше тексеруі КЖ/ТҚ/ЖҚҚТҚҚ туралы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тармағында көрсетілген шараларды жүзеге асыруды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-    <w:bookmarkEnd w:id="9"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қаржы мониторингі субъектісі клиенттен (оның өкілінен) бенефициарлық меншік иесін анықтау үшін қажетті немесе жеткілікті мәліметтер мен құжаттарды ұсынуды, сондай-ақ салықтық резиденттігі, қызмет түрі мен қызметі және жасалатын операцияларды қаржыландыру көзі туралы мәліметтерді ұсынуды талап етуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Қаржы мониторингі субъектісі клиенттің бенефициарлық меншік иелерін анықтау мақсатында клиенттен (оның өкілінен) осы Қағидаларға қоса беріліп отырған Қаржылық мониторинг субъектісі клиентінің бенефициарлық меншік иелері туралы мәліметтер нысанына сәйкес бенефициарлық меншік иелері туралы мәліметтерді сұратады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Клиенттер (олардың өкілдері) қаржы мониторингі субъектілеріне КЖ/ТҚ/ЖҚҚТҚҚ туралы заңда көзделген міндеттерді орындауы үшін қажетті бенефициарлық меншік иелері туралы анық, жеткілікті және өзекті мәліметтерді ұсынуға міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 5-тармақ жаңа редакцияда - ҚР Қаржылық мониторинг агенттігі Төрағасының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+        <w:t>
+      6. Қаржы мониторингі субъектілері клиенттің бенефициарлық меншік иелері туралы мәліметтерді клиентпен іскерлік қатынастар тоқтатылған күннен бастап кемінде бес жыл сақтауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...131 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">
       7. Қаржы мониторингі субъектілері "Қаржы мониторингі субъектілерінің қаржы мониторингіне жататын операциялар туралы мәліметтер мен ақпаратты беру қағидаларын және күдікті операцияны айқындау белгілерін бекіту туралы" Қазақстан Республикасы Қаржы мониторингі агенттігі Төрағасының 2022 жылғы 24 ақпандағы № 13 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті органның сұрау салуы бойынша клиенттердің бенефициарлық меншік иелері туралы мәліметтерді ұсынады. (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 26924 болып тіркелген)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1513,68 +1579,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ұсыну қағидаларына </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қаржылық мониторинг субъектісі клиентінің бенефициарлық меншік иелері туралы мәліметтер нысаны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3648,70 +3714,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * Егер бенефициарлық меншік иелері біреуден артық болған жағдайда толтыру үшін осы бөлім төменде қайталануы мүмкін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3753,55 +3819,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4127,31 +4193,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>