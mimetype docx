--- v0 (2025-10-01)
+++ v1 (2025-11-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4ead09a" w14:textId="4ead09a">
+    <w:p w14:paraId="17d5ad3" w14:textId="17d5ad3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,136 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның жеке тұлғалар туралы қолда бар мәліметтерді ұсыну қағидаларын, мерзімдерін мен нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2020 жылғы 29 мамырдағы № 539 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 31 тамыздағы № 906 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қыркүйекте № 29412 болып тіркелді</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 31 тамыздағы № 906 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қыркүйекте № 29412 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі! </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің м.а. 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 644</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -408,68 +484,51 @@
         <w:t xml:space="preserve">
       "1. Осы Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның жеке тұлғалар туралы қолда бар мәліметтерді ұсыну қағидалары мен мерзімдері (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>26-бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16-тармағына сәйкес әзірленді және Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның (бұдан әрі – Заңды тұлға) жеке тұлғалар туралы қолда бар мәліметтерді (бұдан әрі – Мәліметтер) ұсыну тәртібі мен мерзімдерін айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін, заңды тұлғаның жеке тұлғалар туралы қолда бар мәліметтерін ұсыну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -484,128 +543,112 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -620,70 +663,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шараларды орындау туралы мәліметтердің ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткеннен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1039,68 +1083,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>аэроғарыш өнеркәсібі министрлігі</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1348,68 +1374,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның жеке тұлғалар туралы қолда бар мәліметтер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -1871,70 +1897,70 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескертпе: *жеке тұлғалар туралы ұсынылатын мәліметтерге мынадай деректер жатады: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Міндетті әлеуметтік медициналық сақтандыру туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2527,68 +2553,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>беретін қолда бар мәліметтер"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның жеке тұлғалар туралы беретін қолда бар мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның жеке тұлғалар туралы беретін қолда бар мәліметтер" нысаны мынадай деректерді қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2812,55 +2838,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3186,31 +3212,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>