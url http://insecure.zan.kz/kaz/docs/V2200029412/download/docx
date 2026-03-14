--- v1 (2025-11-16)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="17d5ad3" w14:textId="17d5ad3">
+    <w:p w14:paraId="71dc88f" w14:textId="71dc88f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қазақстан Республикасы Үкіметінің шешімі бойынша құрылған, Қазақстан Республикасының заңнамасына сәйкес зейнетақы жарналарын, әлеуметтік аударымдар мен әлеуметтік төлемдерді, міндетті әлеуметтік медициналық сақтандыруға жарналар мен аударымдарды есепке алуды қамтамасыз ететін заңды тұлғаның жеке тұлғалар туралы қолда бар мәліметтерді ұсыну қағидаларын, мерзімдерін мен нысанын бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2020 жылғы 29 мамырдағы № 539 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 31 тамыздағы № 906 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қыркүйекте № 29412 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің м.а. 2025 жылғы 29 қазандағы № 644 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      ЗҚАИ-ның ескертпесі! </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің м.а. 29.10.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің м.а. 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 644</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
@@ -2830,63 +2832,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3208,35 +3232,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>