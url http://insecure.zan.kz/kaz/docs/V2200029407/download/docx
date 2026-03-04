--- v0 (2025-10-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="087c0f7" w14:textId="087c0f7">
+    <w:p w14:paraId="b562931" w14:textId="b562931">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,229 +93,213 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Әділет министрінің 2022 жылғы 31 тамыздағы № 736 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қыркүйекте № 29407 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Әділет министрінің 2022 жылғы 31 тамыздағы № 736 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 қыркүйекте № 29407 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса берілген Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына енгізілетін </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>өзгерістер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Зияткерлік меншік құқығы департаменті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықты Қазақстан Республикасы Әділет министрлігінің ресми интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Әділет вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -631,113 +615,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 736 Бұйрықпен</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>бекітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Әділет министрінің кейбір бұйрықтарына өзгерістер енгізілсін</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Апелляциялық кеңестің қарсылықтарды қарау қағидаларын бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 28 тамыздағы № 1317 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17324 болып тіркелген) келесі өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -750,68 +729,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ""Селекциялық жетістіктерді қорғау туралы" Қазақстан Республикасының Заңының 3-1-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -886,106 +848,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы бұйрықпен бекітілген Апелляциялық кеңестің қарсылықтарды қарау </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1038,68 +985,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармақтар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Апелляциялық кеңестің қарсылықтарды қарау қағидалары (бұдан әрі – Қағидалар) "Селекциялық жетістіктерді қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1154,70 +1084,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – Тауар таңбалары туралы заң) және "Интегралдық микросхемалар топологияларын құқықтық қорғау туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі –Интегралдық микросхемалары туралы заң) сәйкес әзірленді және қарсылықтарды апелляциялық кеңесте қараудың тәртібін белгілейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қағидаларда мынадай ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Апелляциялық кеңес – Қазақстан Республикасы Әділет министрлігінің жанындағы алқалы орган;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1374,70 +1305,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) тараптар – Апелляциялық кеңесте қарсылықтарды қарауға қатысатын жеке және (немесе) заңды тұлғалар;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уәкілетті орган – Қазақстан Республикасының Әділет министрлігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Апелляциялық кеңеске мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сараптама ұйымының тауар белгісін тіркеуден бас тарту, оның ішінде Мадрид келісіміне хаттаманың 5-бабының 1 және 2-тармақтарына сәйкес мәлімделген тауар белгісіне құқықтық қорғауды беруден бас тарту туралы шешімдеріне;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1612,70 +1543,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "6. Өтініш берушінің, құқық иеленушінің өкілі ретінде патенттік сенім білдірілген өкіл зияткерлік меншік объектілерін құқықтық қорғау мәселелері бойынша уәкілетті органмен және сараптама ұйымымен іс жүргізуге байланысты қызметті жүзеге асырады. Уәкілетті органмен және сараптама ұйымымен іс жүргізуді өтініш беруші және (немесе) құқық иеленуші де дербес жүзеге асыра алады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының шегінен тысқары жерде тұратын жеке тұлғалар немесе шетелдік заңды тұлғалар уәкілетті органда және оның ұйымдарында өзінің өтініш беруші, тауар белгісінің, қызмет көрсету белгісінің иесі құқықтарын және географиялық нұсқаманы және тауар шығарылған жердің атауын пайдалану құқықтарын, сондай-ақ мүдделі тұлға құқықтарын патенттік сенім білдірілген өкілдер арқылы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1724,68 +1655,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "15. Осы Қағидалардың 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1800,50 +1714,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген қарсылықтар Апелляциялық кеңеспен олардың келіп түскен күнінен бастап төрт ай ішінде қаралады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Қағидалардың 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2066,68 +1981,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>17-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "17. Селекциялық жетістіктер туралы заңның 22-3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2162,50 +2060,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Тауар таңбалары туралы заңның 41-2-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қарсылықты қарау мерзімі үш айға дейін, оның ішінде өтініш берушінің жазбаша өтініші бойынша ұзартылады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Апелляциялық кеңестің отырыстары күндізгі (немесе) және қашықтық форматта өткізіледі.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -2236,70 +2135,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>19-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "19. Апелляциялық кеңес отырыс өткізілетін күнді мынадай:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тараптар, қарсылықты өзінің қатысуынсыз қарау туралы өтінішхатын берген жағдайды қоспағанда, келмеген;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2348,144 +2247,128 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>25-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Қабылданған шешім қарсылықты қарауға қатысқан адамдарға ол шығарылған күннен бастап он жұмыс күні ішінде жіберіледі. Апелляциялық кеңестің шешімі жазбаша нысанда баяндалады және ол кіріспе, сипаттау, уәждеу және қарар бөліктерінен тұрады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шешімге апелляциялық кеңестің барлық мүшелері қол қояды.".</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия туралы ережені бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 28 тамыздағы № 1318 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17323 болып тіркелген) келесі өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2498,68 +2381,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ""Тауар таңбалары, қызмет көрсету таңбалары және тауар шығарылған жерлердің атаулары туралы" Қазақстан Республикасының Заңының 3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2574,106 +2440,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       осы бұйрықпен бекітілген Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия туралы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ережесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2686,106 +2537,90 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z33" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1. Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия туралы ереже (бұдан әрі – Ереже) "Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы" Қазақстан Республикасының Заңының (бұдан әрі – Тауар таңбалары туралы заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.";</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2798,70 +2633,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="12"/>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "4. Ережеде мынадай ұғымдар қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Тауар белгісін Қазақстан Республикасында жалпыға бірдей белгілі деп тану жөніндегі комиссия (бұдан әрі – Комиссия) – Қазақстан Республикасы Әділет министрлігінің алқалы органы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2984,126 +2819,182 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="13"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. Комиссияның жұмыс органының функциялары Министрліктің Зияткерлік меншік құқығы департаментінің Өнеркәсіптік меншік басқармасына жүктеледі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Күші жойылды - ҚР Әділет министрінің 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 95</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z47" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Аттестаттау комиссиясы туралы ережені бекіту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 28 тамыздағы № 1319 </w:t>
+      4. "Тауар белгілерін мемлекеттiк тіркеу тiзiлiмiнде айрықша құқықтарды беру, тауар белгісін пайдалануға құқық беру туралы қағидаларын бекiту туралы" Қазақстан Республикасы Әділет министрінің 2018 жылғы 29 тамыздағы № 1345 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17326 болып тіркелген) келесі өзгерістер енгізілсін:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17331 болып тіркелген) келесі өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3116,1782 +3007,720 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ""Селекциялық жетiстiктердi қорғау туралы" Қазақстан Республикасының Заңының 3-1-бабының </w:t>
+      ""Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы" Қазақстан Республикасы Заңының 3-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2) тармақшасына, "Қазақстан Республикасының Патент заңы" Қазақстан Республикасының Заңының 4-бабының </w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2) тармақшасына сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z50" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      осы бұйрықпен бекітілген Аттестаттау комиссиясы туралы </w:t>
-[...21 lines deleted...]
-    </w:p>
+      осы бұйрықпен бекітілген Тауар белгілерін мемлекеттiк тіркеу тiзiлiмiнде айрықша құқықтарды беру, тауар белгісін пайдалануға құқық беру туралы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...19 lines deleted...]
-        <w:t>2-тармақтар</w:t>
+        <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...208 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Осы Тауар белгілерін мемлекеттiк тіркеу тiзiлiмiнде айрықша құқықтарды беру, тауар белгісін пайдалануға құқық беру туралы қағидалары (бұдан әрі – Қағидалар) "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекеттік көрсетілетін қызметтер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" Қазақстан Республикасының Заңдарына (бұдан әрі – Мемқызметтер туралы заң) сәйкес әзірленген және тауар белгілерінің мемлекеттiк тіркеу тiзiлiмiнде айрықша құқықтарды беру, тауар белгісін пайдалануға құқық беру тәртібін белгілейді, сондай-ақ мемлекеттік қызметтер көрсету тәртібін айқындайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>10-тармақ</w:t>
+        <w:t>4-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="15"/>
-[...406 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "4. Мемлекеттік қызметті алу үшін жеке және (немесе) заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) осы қағиданың 1-қосымшасындағы "Тауар таңбасына, селекциялық жетістікке, өнеркәсіптік меншік объектісіне, сондай-ақ интегралдық микросхема топологиясына айрықша құқықты беруді тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің (бұдан әрі – тізбе) 8-тармағында көрсетілген қосымша құжаттарымен осы қағидалардың 2 және 3-қосымшаларына сәйкес ЭЦҚ-мен қол қойылған электрондық құжат түріндегі өтініштерді көрсетілетін қызметті берушіге портал арқылы жолдайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кіріспе</w:t>
+        <w:t>5-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...128 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+    <w:bookmarkStart w:name="z56" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі тізбеде келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Төлем қолма-қол ақшасыз аударым тәсілімен көрсетілетін қызметті берушінің "newscab.kazpatent.kz" ақпараттық жүйесімен түйістірілген екінші деңгейлі банктің төлем шлюзі арқылы, осы қағидаларының 4-қосымшасында (бұдан әрі - 4-қосымша) көрсетілген банктік ревизиттер бойынша жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы өтінішті портал арқылы жіберген кезде, мемлекеттік қызмет көрсетуге сұранысты қабылдау күйі автоматты түрде "жеке кабинетте" көрсетіледі.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
+        <w:t>9-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...72 lines deleted...]
-        <w:t>" Қазақстан Республикасының Заңдарына (бұдан әрі – Мемқызметтер туралы заң) сәйкес әзірленген және тауар белгілерінің мемлекеттiк тіркеу тiзiлiмiнде айрықша құқықтарды беру, тауар белгісін пайдалануға құқық беру тәртібін белгілейді, сондай-ақ мемлекеттік қызметтер көрсету тәртібін айқындайды.";</w:t>
+    <w:bookmarkStart w:name="z58" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "9. Көрсетілетін қызметті беруші Мемқызметтер туралы заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызмет көрсету сатысы туралы деректерді мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Осы Қағидаларға өзгерістер немесе (және) толықтырулар енгізу кезінде, уәкілетті орган "электрондық үкіметтің" ақпараттық-коммуникацялық инфрақұрылымының операторына, Бірыңғай байланыс орталығына, көрсетілген қызметті берушіге тиісті нормативтік құқықтық акт әділет органдарына мемлекеттік тіркелгеннен кейін 10 (он) жұмыс күні ішінде осындай өзгерістер және (немесе) толықтырулар туралы ақпаратты жібереді.".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>4-тармақ</w:t>
+        <w:t>11-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z54" w:id="16"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z60" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "11. Мемлекеттік қызметті алу үшін жеке және (немесе) заңды тұлға (бұдан әрі – көрсетілетін қызметті алушы) осы қағидалардың 7-қосымшасындағы "Тауар таңбасын, селекциялық жетістікті, өнеркәсiптiк меншiк объектiсiн, сондай-ақ интегралдық микросхеманың топологиясын пайдалану құқығын беруді тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесінің (бұдан әрі – тізбе) 8-тармағында көрсетілген қосымша құжаттарымен осы қағидалардың 8, 9 және 10-қосымшаларына сәйкес ЭЦҚ-мен қол қойылған электрондық құжат түріндегі өтініштерді көрсетілетін қызметті берушіге портал арқылы жолдайды.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>5-тармақ</w:t>
-[...316 lines deleted...]
-        </w:rPr>
         <w:t>12-тармақтың</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бірінші бөлiгi мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z62" w:id="19"/>
+    <w:bookmarkStart w:name="z62" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "12. Мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі тізбеде келтірілген.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5689,68 +4518,68 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="20"/>
+    <w:bookmarkStart w:name="z72" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тауар таңбасына, селекциялық жетістікке, өнеркәсіптік меншік объектісіне, сондай-ақ интегралдық микросхема топологиясына айрықша құқықты беруді тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="34"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -7453,352 +6282,336 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="21"/>
+    <w:bookmarkStart w:name="z75" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айрықша құқықты басқаға беру шарты бойынша беруді тіркеу туралы ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z76" w:id="22"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z76" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы өтініште көрсетілген қорғау құжатына (қорғау құжаттарына) қатысты айрықша құқықты басқаға беру шарты бойынша беруді тіркеуді сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z77" w:id="23"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z77" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қорғау құжатының (қорғау құжаттарының) атауы (атаулары) мен нөмірі (нөмірлері):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z78" w:id="24"/>
+    <w:bookmarkStart w:name="z78" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Иеленуші (жеке тұлғаның Тегі Аты Әкесінің аты (бар болса) (бұдан әрі – Т.А.Ә.) / </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды тұлғаның атауы, заңды мекенжайы):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z79" w:id="25"/>
+    <w:bookmarkStart w:name="z79" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Құқықтық мирасқор (жеке тұлғаның Т.А.Ә. / заңды тұлғаның атауы, заңды мекенжайы):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z80" w:id="26"/>
+    <w:bookmarkStart w:name="z80" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Патенттік сенім білдірілген өкіл немесе өтініш берушінің басқа өкілі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="27"/>
+    <w:bookmarkStart w:name="z81" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Хат алмасу үшін мекенжайы және байланыс телефондары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z82" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Өтініш беруші "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес дербес деректерді жинауға және өңдеуге келісемін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. ________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8200,372 +7013,356 @@
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z85" w:id="28"/>
+    <w:bookmarkStart w:name="z85" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айрықша құқықты ішінара басқаға беру шарты бойынша беруді тіркеу туралы ӨТІНІШ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z86" w:id="29"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z86" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы өтініште көрсетілген қорғау құжатына (қорғау құжаттарына) қатысты айрықша құқықты ішінара басқаға беру шарты бойынша беруді тіркеуді сұраймын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z87" w:id="30"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z87" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қорғау құжатының (қорғау құжаттарының) атауы (атаулары) мен нөмірі (нөмірлері):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="31"/>
+    <w:bookmarkStart w:name="z88" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Иеленуші (жеке тұлғаның Тегі Аты Әкесінің аты (бар болса) (бұдан әрі – Т.А.Ә.) немесе заңды тұлғаның атауы, заңды мекенжайы):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z89" w:id="32"/>
+    <w:bookmarkStart w:name="z89" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Құқықтық мирасқор (жеке тұлғаның Т.А.Ә. немесе заңды тұлғаның атауы, заңды мекенжайы):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="33"/>
+    <w:bookmarkStart w:name="z90" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Патенттік сенім білдірілген өкіл немесе өтініш берушінің басқа өкілі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="34"/>
+    <w:bookmarkStart w:name="z91" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Берілетін құқықтардың шартпен көзделген көлемі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="35"/>
+    <w:bookmarkStart w:name="z92" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Хат алмасу үшін мекенжайы және байланыс телефондары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. "Дербес деректер және оларды қорғау туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес дербес деректерді жинауға және өңдеуге келісемін.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Т.А.Ә. _________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9079,68 +7876,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Құқықтық мирасқор:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="36"/>
+    <w:bookmarkStart w:name="z96" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тауар таңбасына, селекциялық жетістікке, өнеркәсіптік меншік объектісіне, сондай-ақ интегралдық микросхема топологиясына айрықша құқықты беруді тіркеу" мемлекеттік қызметін көрсету туралы ХАБАРЛАМА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkEnd w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әділет министрлігінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны "Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9436,68 +8233,68 @@
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z99" w:id="37"/>
+    <w:bookmarkStart w:name="z99" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тауар таңбасын, селекциялық жетістікті, өнеркәсiптiк меншiк объектiсiн, сондай-ақ интегралдық микросхеманың топологиясын пайдалану құқығын беруді тіркеу" мемлекеттік қызмет көрсетуге қойылатын негізгі талаптардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="53"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -11330,68 +10127,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Лицензиат (Қосалқы лицензиат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z102" w:id="38"/>
+    <w:bookmarkStart w:name="z102" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тауар таңбасын, селекциялық жетістікті, өнеркәсiптiк меншiк объектiсiн, сондай-ақ интегралдық микросхеманың топологиясын пайдалану құқығын беруді тіркеу" мемлекеттік қызметін көрсету туралы  ХАБАРЛАМА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әділет министрлігінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны "Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11799,68 +10596,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кешенді лицензиат (Қосалқы лицензиат):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="39"/>
+    <w:bookmarkStart w:name="z105" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Тауар таңбасын, селекциялық жетістікті, өнеркәсiптiк меншiк объектiсiн, сондай-ақ интегралдық микросхеманың топологиясын пайдалану құқығын беруді тіркеу" мемлекеттік қызметтін көрсету туралы  ХАБАРЛАМА</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Әділет министрлігінің "Ұлттық зияткерлік меншік институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорны "Тауар белгілері, қызмет көрсету белгілері, географиялық нұсқамалар және тауарлар шығарылған жерлердің атаулары туралы" Қазақстан Республикасы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11922,55 +10719,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12296,31 +11093,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>