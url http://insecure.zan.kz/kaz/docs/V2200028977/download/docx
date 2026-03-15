--- v0 (2025-10-05)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e75d2ef" w14:textId="e75d2ef">
+    <w:p w14:paraId="51396c8" w14:textId="51396c8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3026,430 +3026,502 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) дезинфекциялау камерасының үш жазықтығында оның типі мен көлеміне байланысты 5-10 бактериялық (химиялық) тестіден салу арқылы жүргізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
     <w:bookmarkStart w:name="z86" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      30. Хирургиялық бейіндегі стационарлардың (бөлімшелердің) үй-жайларындағы ауа мынадай тәсілдермен зарарсыздандырылады: </w:t>
+        <w:t>
+      30. Стационарлардың (бөлімшелердің) үй-жайларындағы ауа ауа алмасу жиілігі жеткілікті механикалық желдету жүйесі желдеткішінің көмегімен зарарсыздандырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
-[...15 lines deleted...]
-      1) адамдар болмаған кезде қолданылатын ашық және аралас бактерицидті сәулелегіштер мен жабық сәулелегіштердің, оның ішінде адамдар болған кезде ауаны зарарсыздандыруды жүргізуге мүмкіндік беретін рециркуляторлардың көмегімен ультракүлгін сәулеленумен әсер ету; </w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ауа арқылы берілетін инфекциялардың таралу тәуекелі жоғары аймақтарда ультракүлгін сәулелендіргіштер пайдаланылады. Медициналық ұйымдар ультракүлгін сәулелендіргіштерді тиімді пайдалану үшін үй-жайлардың тәуекелдерін бағалауды жүргізеді. Ауа-тамшы жолы арқылы берілетін инфекциялардың таралу тәуекелі жоғары аймақтарға мыналар жатады: қақырық алу, бронхоскопия кабинеттері, қабылдау бөлімшелері, пациенттер көп жиналатын үй-жайлар. Үй-жайларда ауаны зарарсыздандыру кезінде адамдар болатын, тәулік бойы жұмыс істейтін экрандалған бактерицидтік сәулелендіргіштер қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 30-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Денсаулық сақтау объектілеріндегі төсек-орын жабдықтары (матрастар, жастықтар, көрпелер) мынадай жағдайларда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
-[...15 lines deleted...]
-      2) қорытынды дезинфекция жүргізу кезінде адамдар болмағанда арнайы шашатын аппаратураның (аэрозоль генераторлары) көмегімен дезинфекциялау құралдарының аэрозольдерімен әсер ету;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) хирургиялық, травматологиялық, онкологиялық, гематологиялық, күйік бөлімшелерінен, жүкті және босанатын әйелдерге арналған бөлімшелерден, балаларға арналған бөлімшелерден, инфекциялық, туберкулезге қарсы, дерматовенерологиялық бөлімшелерден пациент шығарылғаннан, ауыстырылғаннан, оқшауланғаннан және қайтыс болғаннан кейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) эпидемиялық көрсетілімдер бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) төсек-орын жабдықтары биологиялық материалмен ластанған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) пациент қайтыс болғаннан кейін камералық дезинфекциялау әдісімен зарарсыздандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гигиеналық тыстармен тығыз тігілген матрастар мен жастықтар дезинфекциялау құралдарымен сүрту және бүрку жолымен зарарсыздандырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Гигиеналық тыстарының тұтастығы бұзылған жағдайда матрастар мен жастықтарды пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 31-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32. Дезинфекциялау, стерильдеу сапасын бағалауды зертханалық зерттеуді, биологиялық тесттерді дайындауды халықтың санитариялық-эпидемиологиялық саламаттылығы саласындағы қызметті жүзеге асыратын мемлекеттік ұйымдар жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
-[...15 lines deleted...]
-      3) қорытынды дезинфекциялау және күрделі жинау жүргізу кезінде адамдар болмағанда озон генераторлары қондырғыларының көмегімен озонмен әсер ету;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33. Инфекциялық аурулармен ауыратын науқастарды және инфекциялық ауруға күдікті адамдарды қабылдағаннан кейін, таңып байлағаннан кейін, әйелдерді гинекологиялық креслода тексергеннен кейін әрбір науқастан кейін жұмыс беттерін (пациенттің денесімен және (немесе) биоматериалымен жанасатын беттерді) оларды қолдану жөніндегі дайындаушының нұсқаулығына сәйкес дезинфекциялық ерітіндімен сүрту керек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
-[...15 lines deleted...]
-      4) микробтарға қарсы сүзгілерді қолдану.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Инфекциялық аурумен ауыратын науқасты (немесе инфекциялық ауруға күдікті) әрбір жеткізгеннен кейін жедел медициналық жәрдем автокөлігіндегі жұмыс беттері (пациенттің денесімен және (немесе) биоматериалымен жанасатын беттер) оларды қолдану жөніндегі дайындаушының нұсқаулығына сәйкес дезинфекциялау ерітіндісімен сүртіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
-[...15 lines deleted...]
-      31. Денсаулық сақтау объектілеріндегі төсек-орын жабдықтары (матрастар, жастықтар, көрпелер) мынадай жағдайларда камералық дезинфекциялау әдісімен:</w:t>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-тарау. Медициналық бұйымдарды дезинфекциялауды, стерильдеу алдындағы тазартуды, стерильдеуді және сақтауды ұйымдастыруға және жүргізуге қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
-[...15 lines deleted...]
-      1) пациент хирургиялық, травматологиялық, онкологиялық, гематологиялық, күйік бөлімшелерінен, жүкті және босанатын әйелдерге арналған бөлімшелерден, балаларға арналған бөлімшелерден, инфекциялық, туберкулезге қарсы, дерматовенерологиялық бөлімшелерден пациент шығарылғаннан, ауыстырылғаннан, оқшауланғаннан және қайтыс болғаннан кейін;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Медициналық бұйымдар (бұдан әрі – МБ) адам организмімен жанасу дәрежесіне және пациенттің жұқтыру қаупіне қарай үш топқа бөлінеді:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
-[...15 lines deleted...]
-      2) эпидемиялық көрсетілімдер бойынша; </w:t>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сыни МБ – адамның тіндерімен, қуыстарымен немесе қан жүретін жолдарымен тікелей жанасатын медициналық мақсаттағы бұйымдар және медициналық техника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
-[...15 lines deleted...]
-      3) төсек-орын жабдықтары биологиялық материалмен ластанған кезде;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жартылай сыни МБ – зақымданбаған сілемейлі қабықтармен жанасатын медициналық мақсаттағы бұйымдар және медициналық техника;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
-[...175 lines deleted...]
-    <w:bookmarkStart w:name="z103" w:id="101"/>
+    <w:bookmarkStart w:name="z103" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) сыни емес МБ – зақымданбаған тері жабынымен жанасатын медициналық мақсаттағы бұйымдар және медициналық техника. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сыни және жартылай сыни МБ стерильдеуге, сыни емес МБ орта және төмен деңгейдегі дезинфекциялауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="102"/>
+    <w:bookmarkStart w:name="z104" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36. МБ-ны дезинфекциялау және стерильдеу алдында өңдеу осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3464,1584 +3536,2188 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z105" w:id="103"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z105" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Денсаулық сақтау объектілерінде стерильді түрде шығарылатын тігіс материалы пайдаланылады. Тігіс материалын этил спиртімен өңдеуге және сақтауға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z106" w:id="104"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Наркоз-тыныс алу аппаратурасын пайдалануға дайындау кезінде аталған аппаратураны жарақтандыруға арналған арнайы бактериялық сүзгілер пайдаланылады. Бактериялық сүзгілерді орнату және алмастыру нақты бактериялық сүзгіні қолдану жөніндегі нұсқаулыққа сәйкес жүзеге асырылады. Ылғандандырғыш резервуарларды толтыру үшін стерильді дистилденген су пайдаланылады. Аппараттардың алмалы-салмалы бөлшектері тиісті материалдардан жасалған МБ сияқты дезинфекцияланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z107" w:id="105"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z107" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Пациенттерге күтім жасау заттарын (ыдыс-аяқ, киім-кешек, судно) мынадай тәсілдермен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z108" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дезинфекциялау құралының ерітіндісімен суланған мата сулықпен сүрту тәсілімен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z109" w:id="107"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z109" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) кейіннен сумен шая отырып, дезинфекциялау құралының ерітіндісіне батыру тәсілімен дезинфекциялайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z110" w:id="108"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z110" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. МБ-ны стерильдеу осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген химиялық әдіспен (стерильдеу құралдарының ерітінділеріне батыру арқылы), булау (жоғары қысыммен сумен қаныққан бумен әсер ету арқылы), ауа (құрғақ ыстық ауамен) әдісімен стерильдеу жолымен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z111" w:id="109"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z111" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. МБ-ны стерильдеу сапасын бағалау осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z112" w:id="110"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z112" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. МБ-ны дезинфекциялау, стерильдеу алдында тазарту және химиялық заттардың ерітінділерімен стерильдеу кезінде олардың арналары мен қуыстарын толтырып, дезинфекциялау құралдарының жұмыс ерітіндісіне (бұдан әрі - ерітінді) батырады. Алмалы-салмалы бұйымдарды бөлшектелген түрінде батырады, құлыпталатын бөлшектері бар құралдармен ерітіндіде бірнеше жұмыс жұмыс қозғалысын жасай отырып, осы құралдар ашылып батырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z113" w:id="111"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z113" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       43. Өңдеу жүргізуге арналған ерітіндінің мөлшері МБ-ның толық батырылуын қамтамасыз етеді, бұл ретте ерітіндінің мөлшері бұйымдардың үстінде кемінде бір сантиметр (бұдан әрі – см) құрайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z114" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       44. Көп рет қолданылатын МБ-ны дезинфекциялағаннан кейін оны қолдану жөніндегі нұсқаулыққа (әдістемелік ұсынымдарға) сәйкес дезинфекциялау құралының қалдықтарынан жуады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z116" w:id="114"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45. МБ-ды стерилдеу алдында тазарту жүргізу сапасын бағалау өзін өзі бақылау сынамаларын қою жолымен немесе тест-индикаторлар көмегімен күн сайын көзбен шолып жүргізіледі. Мыналар: өңделген бұйымдардың атауын және санын, тексерілген бұйымдардың санын, сынаманың нәтижесін, сынаманы жүргізген адамның тегін, атын және әкесінің атын (бар болса) және сынамалардың немесе тесттердің жүргізілген күнін көрсете отырып, стерилдеу бөлімшесінде – бір ауысымда өңделген бұйымдардың әртүрлі атауының 1%-ы; орталықтандырылмаған өңдеу кезінде – бір уақытта өңделген әртүрлі бұйымдардың атауының 1%-ы, бірақ кемінде үш бірлік бақылауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 45-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z116" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Жараның бетімен, қанмен (пациенттің организмінде немесе оған енгізілетін) және (немесе) инъекциялық препараттармен жанасатын МБ, сондай-ақ пайдалану процесінде сілемейлі қабықшамен жанасатын және оны зақымдайтын медициналық құралдардың жекелеген түрлері стерильденеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z117" w:id="115"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z117" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Булау әдісімен тоттануға төзімді металдардан жасалған МБ-ны, аспаптардың, аппараттардың бөлшектерін, әйнекті, киім-кешекті, таңып байлау материалын, мақта түйіршіктерін, резеңкеден, латекстен жасалған бұйымдарды және пластмассаның жекелеген түрлерін стерильдейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z118" w:id="116"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Ауа әдісімен МБ-ны, аспаптар мен аппараттардың, оның ішінде тоттануға төзімді емес металдан жасалған бөлшектерін, силиконды резеңкеден жасалған бұйымдарды стерильдейді. Ауа әдісімен стерильдеу алдында бұйымдарды стерильдеу алдындағы тазартудан кейін кептіру шкафында 85 Цельсий градус (бұдан әрі – оС) температурада көзге көрінетін ылғалы кеткенге дейін кептіреді. Ауа әдісімен стерильдеу үшін кептіру шкафтары пайдаланылмайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z119" w:id="117"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z119" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49. Химиялық құралдардың ерітінділерін қолдана отырып, химиялық стерильдеу әдісі конструкциясында термолабильді материалдар пайдаланылған бұйымдарды стерильдеу үшін қолданылады. Жұмыс ерітінділерінің араласуын болдырмау үшін оларға батырылған МБ құрғақ болуы тиіс. Химиялық құралдардың ерітінділерімен стерильдеу кезінде барлық әрекеттер асептика қағидаларын қатаң сақтай отырып жүргізіледі: стерильдеу үшін стерильді ыдыстар және бұйымдарды химиялық заттардың қалдықтарынан шаю үшін стерильді су пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z120" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Плазмалық стерилизаторларда сутегі тотығы негізінде стерильдеу құралдарын пайдалана отырып, плазмалық әдіспен хирургиялық, эндоскопиялық құралдар, эндоскоптар, оптикалық құрылғылар мен құрал-жабдықтар, талшықты жарық өткізгіш кабельдер, зондтар мен бергіштер, электр сымдары мен кабельдер және металдардан, латекстен, пластмассадан, әйнектен және кремнийден жасалған бұйымдар стерильденеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z121" w:id="119"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z121" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Гласперленді стерилизаторлар стоматологиялық ұйымдарда (кабинеттерде) борлар мен ұсақ құралдарды қыздырылған әйнек шарлардың ішіне толық батырып стерильдеуте қолданылады. Гласперленді стерилизаторлар қыздырылған әйнек шарлардың ішіне толық батыру мүмкін емес анағұрлым үлкен стоматологиялық құралдардың жұмыс бөліктерін стерильдеу үшін пайдаланылмайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z122" w:id="120"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z122" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       52. Металдан жасалған стоматологиялық құралдарды инфрақызыл әдіспен стерильдейді. Газ әдісімен стерильдеу құралы ретінде этилен қышқылын, формальдегидті, озонды пайдалана отырып, әртүрлі, оның ішінде термолабильді материалдардан жасалған бұйымдарды стерильдейді. Газ әдісімен стерильдеу алдында стерильдеу алдында тазартудан кейін бұйымдардан көрініп тұрған ылғалды жояды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z123" w:id="121"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z123" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Булау, ауа және плазмалық әдістер кезінде бұйымдар қағаз, аралас және пластик стерильдеу қаптама материалдарын, сондай-ақ пергамент пен бөзді (стерильдеу әдісіне және қолдану жөніндегі нұсқаулыққа байланысты) пайдалана отырып, қаптамаланған түрінде стерильденеді. Стерильдеу бұйымдардың нақты топтарын стерильдеуге арналған құралдарды қолдану режимдеріне сәйкес, сондай-ақ стерилизаторларды пайдалану жөніндегі нұсқаулықтарға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z124" w:id="122"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z124" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Булау әдісі кезінде одан басқа (сүзгісі бар және сүзгісі жоқ) стерильдеу қораптарын пайдаланады. Ауа және инфрақызыл әдістері кезінде құралдарды қаптамаланмаған күйінде (ашық науаларда) стерильдеуге жол беріледі, одан кейін олар тез арада мақсаты бойынша пайдаланылады. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z125" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55. Қаптамаланған түрде стерилденген бұйымдарды сақтау шкафтарда, сөрелерде, стерильденген материалдарды сақтауға арналған бөлек үй-жайларда жүзеге асырылады. Сақтау мерзімдері қаптамада көрсетіледі және оны қолдану жөніндегі нұсқаулыққа сәйкес қаптама материалының түрімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұйымдарды стерилдеу операциялық бөлімшелерде құрал-саймандарды стерилдеу орнында тікелей пайдалануға болатын шұғыл стерилдеуді қоспағанда, қаптамаланған түрде жүзеге асырылады. Қаптаманың түрлері (бикстер, стерилдеуге арналған контейнерлер жүйесі, қағаз, пластик) бұйымдарға және медициналық ұйымның қажеттіліктеріне байланысты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерилдеу қораптарында стерилденген МБ-ны олар дайындалған бір операциядан немесе манипуляциядан артық пайдалануға жол берілмейді. Стерилденгеннен кейін жарамдылық мерзімі өткен стерилденген МБ-ны пайдалануға жол берілмейді. Бір рет қолданылатын медициналық бұйымдарды қайта пайдалануға жол берілмейді. Медициналық ұйымда пайдаланылатын барлық жабдықтың паспорты, қолдану жөніндегі нұсқаулығы болады. Медициналық ұйымда ақаулары бар (жарықшақ, пішіні бұзылған, жемірілудің болуы, пайдалану мерзімі аяқталған) бұйымдарды, бикстерді пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 55-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z126" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56. Қаптамаланбаған күйінде бұйымдарды стерильдеуге тек орталықтандырылмаған өңдеу жүйесі кезінде мынадай жағдайларда:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z127" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) МБ-ны химиялық заттардың ерітінділерімен стерильдеу кезінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z128" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) металдан жасалған құралдарды портативті стерилизаторларда термиялық (гласперленді, инфрақызыл, ауа, булау) әдістермен стерильдеу кезінде жол беріледі. Қаптамаланбаған күйінде стерильденген барлық бұйымдарды тез арада мақсаты бойынша пайдаланады. Оларды кабинеттен кабинетке тасуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z129" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57. Стерилді бұйымдарды ультракүлгін шкафтарда және алдын ала дайындалған стерилді үстелдерде (емшара бөлмесінде, манипуляциялық және таңып байлау орындарында) сақтауға жол берілмейді. Стерилді үстелге асептикалық шараларды сақтай отырып, операция (манипуляция) алдында бірден қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдаланылаған медициналық құрал-саймандар тесілуге төзімді жабық контейнерлерде тасымалданады. Контейнерлер пайдаланылғаннан кейін зарарсыздандыруға жатады. Стерильді және пайдаланылған МБ тасымалдау кезінде олардың ағындарын кесіп өтуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Пайдаланылған құрал-саймандар салынған барлық сыйымдылықтар мен контейнерлер таңбаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 57-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z130" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58. Стерильденген қораптарда стерильденген МБ-ны оларды ашқаннан кейін 6 сағаттан асырмай пайдалануға жол беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z131" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59. Ультракүлгін шамдармен жарақталған бактерицидті камералар пайдалану жөніндегі нұсқаулыққа сәйкес олардың микроорганизмдермен екінші рет ластану тәуекелін азайту үшін құралдарды сақтау мақсатында ғана қолданылады. Мұндай жабдық бұйымдарды дезинфекциялау немесе стерильдеу мақсатында қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z132" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      60. Химиялық заттардың ерітінділерін қолдана отырып, химиялық әдіспен стерильдеу кезінде стерильді сумен жуылған, стерильденген бұйымдарды тез арада мақсаты бойынша пайдаланады немесе стерильденген жайма төселген, сүзгі бар стерильді стерильдеу қорабына 3 тәуліктен аспайтын мерзімге сақтауға қояды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z125" w:id="123"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z133" w:id="131"/>
+    <w:bookmarkStart w:name="z133" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       61. Стерильді үстелдің үстін жапқанға дейін емшара және манипуляциялау үй-жайлары ағымдағы жинауға жатады, жабдықты пайдалану жөніндегі нұсқаулыққа сәйкес есептелген уақытқа бактерицидті сәулелендіргіштер қосылады. Стерильді үстелдің үстін жабу бойынша барлық манипуляциялар стерильді халатпен, маска және қолғаппен стерильді жаймаларды пайдалана отырып жүргізіледі. Стерильді үстелді жабу күні мен уақыты белгіленеді. Стерильді үстелді 6 сағатқа жабады. Осы мерзім ішінде пайдаланылмаған стерильді үстелден алынған материалдар мен құралдар қайта стерильдеуге жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z134" w:id="132"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z134" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       62. Медициналық манипуляциялар жүргізу кезінде дене аймағын өңдеу үшін антисептикалық ерітіндіге батырылған стерильді мақта немесе дәке түйіршіктер немесе бір рет қолданылатын стерильді антисептикалық сулықтар пайдаланылады. Стерильдеуден кейін сақтау мерзімі өткен стерильденген МБ-ны пайдалануға жол берілмейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z135" w:id="133"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z135" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Стерильдеуді бағалауға стерилизаторлардың дұрыс жұмысын, стерильдеу режимдері параметрлерінің мәндерін тексеруді және оның тиімділігін бағалауды қамтиды. Стерилизаторлардың жұмысын тексеруді физикалық (бақылау-өлшеу аспаптарын пайдалана отырып), химиялық (химиялық индикаторларды пайдалана отырып) және бактериологиялық (биологиялық индикаторларды пайдалана отырып) әдістермен жүргізеді. Стерильдеу режимдерінің параметрлерін физикалық және химиялық әдістермен бақылайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Стерильдеу тиімділігін МБ стерильділігін бақылау кезінде бактериологиялық зерттеулердің нәтижелері негізінде бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="134"/>
+    <w:bookmarkStart w:name="z136" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Стерилизаторларды орнатқаннан (жөндегеннен) кейін, сондай-ақ пайдалану барысында өндірістік бақылау тәртібімен жылына екі реттен сиретпей бактериологиялық бақылауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z137" w:id="135"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z137" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       65. Стерилизаторларға техникалық қызмет көрсетуді, оларды кепілді және ағымдағы жөндеуді сервистік қызметтердің мамандары жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z138" w:id="136"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z138" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       66. Булау және ауа стерилизаторларының жұмысын бағалау химиялық және биологиялық тесттерді, термохимиялық индикаторларды пайдалана отырып, физикалық, химиялық және бактериологиялық әдістермен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z139" w:id="137"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z139" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       67. Физикалық және химиялық әдістермен стерильдеу циклі процесінде булау және ауа стерилизаторларының жұмыс режимінің параметрлерін бағалау жүзеге асырылады, бактериологиялық әдіспен стерилизатор жұмысының тиімділігі бағаланады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z141" w:id="139"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      68. Стерилизаторлардың жұмысын бағалауды денсаулық сақтау ұйымының мамандары оны жүктеу кезінде жүргізеді. Вакуумдық циклі бар стерилизаторлар үшін стерилизатордың нұсқаулығына сәйкес күн сайын бу стерилизаторының вакуумдық жүйесінің тиімділігін анықтауға (ылғалға байланысты түсін өзгертетін тест индикаторларының көмегімен бу енгізілгенге дейін ауаның жеткілікті мөлшерін алып тастау) тексеру жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 68-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z141" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       69. Стерильдеу жабдығын өлшеу құралдары "Өлшем бірілігін қамтамасыз ету туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> белгіленген тәртіппен тексеруге жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z142" w:id="140"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z142" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Мемлекеттік органның аумақтық бөлімшелері стерилизаторлар жұмысының тиімділігіне тексеруді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z143" w:id="141"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z143" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      71. Стерилизатордың температурасына тексеру жүргізу кезінде тесттерді (химиялық тесттер, термохимиялық индикаторлар мен биологиялық тесттер) стерильдеу материалы бар қаптама қағаздан жасалған пакеттерге орайды және осы Санитариялық қағидаларға </w:t>
+      71. Стерилизатор температурасына тексеру жүргізу кезінде тесттерді (химиялық тесттер, термохимиялық индикаторлар мен биологиялық тесттер) стерилдеу материалы бар қаптама қағаздан жасалған пакеттерге қаптамалайды және осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көрсетілген булау және ауа стерилизаторларының жұмыс режимінің температуралық параметрлерін тексеруге арналған химиялық тесттер рецептурасына және бақылау нүктелерінің орналасуына сәйкес орналастырады. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z144" w:id="142"/>
+        <w:t xml:space="preserve"> көрсетілген стерилизатордың берілген параметрлерін (булау стерилизаторларының температуралық параметрлерін, жұмыс режимін, стерильдеу уақытын, будың кіру уақытын) тексеруге арналған химиялық тесттер рецептурасына және бақылау нүктелерінің орналасуына сәйкес орналастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 71-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      72. Стерилдеу материалының партиясы стерилизатордың маркасы, нөмірі, стерилдеу уақыты, стерилдеу режимі, бақылау-тестінің нәтижелері көрсетіле отырып, журналда тіркеледі. Таңбалау жүйесін пайдаланғанда (өнімнің атауы, қызметкер туралы мәліметтер, стерилизатор коды, стерильдеу күні, стерильдеу мерзімінің аяқталу күні, жүктеу нөмірі) стационарлық немесе амбулаториялық науқастың картасында көрсетіледі. Стерилизатордың паспорты, стерилизаторлардың техникалық жай-күйі мен стерилдеу тиімділігін тексеру актілері, хаттамалары денсаулық сақтау объектісіндегі жауапты адамда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 72-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      73. Эндоскопиялық манипуляциялар (өзіндік микробтық көрінісі бар организм қуысына табиғи жолдар арқылы эндоскоптарды енгізу) кезінде пайдаланылатын иілгіш эндоскоптар тікелей пайдаланылғаннан кейін алдын ала тазартуға, түпкілікті тазартуға, жоғары деңгейдегі дезинфекциялауға және микроорганизмдермен екінші рет ластануды болдырмайтын жағдайларда сақтауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскопиялық манипуляциялар (хирургиялық араласулар кезінде пайдаланылатын олардың түтігі арқылы стерилді құрал-саймандарды енгізу, эндоскоптарды стерилді қуыстарға енгізу, жара бетімен, қанмен жанасу) кезінде пайдаланылатын қатты эндоскоптар тікелей пайдаланылғаннан кейін алдын ала тазартуға, стерилдеу алдында тазартуға, стерилдеуге және микроорганизмдермен екінші рет ластануды болдырмайтын жағдайларда сақтауға жатады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      72. Стерильдеу материалының әр партиясы стерилизатордың маркасы, нөмірі, стерильдеу уақыты, стерильдеу режимі, бақылау-тестінің нәтижелері көрсетіліп, журналда тіркеледі. Стерилизатордың паспорты, стерилизаторлардың техникалық жай-күйі мен стерильдеу тиімділігін тексеру актілері, хаттамалары денсаулық сақтау объектілеріндегі жауапты адамда сақталады. </w:t>
-[...56 lines deleted...]
-      Эндоскоптар мен олардың құралдарын дезинфекциялау, стерильдеу алдында тазарту және стерильдеу осы Санитариялық қағидаларға </w:t>
+      Эндоскоптар мен олардың құрал-саймандарын дезинфекциялау, стерилдеу алдында тазарту және стерилдеу осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>9-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес Эндоскоптар мен олардың құралдарын өңдеу цикліне қойылатын талаптарға жүргізіледі. </w:t>
-[...2 lines deleted...]
-    <w:bookmarkStart w:name="z146" w:id="144"/>
+        <w:t xml:space="preserve"> сәйкес эндоскоптар мен олардың құрал-саймандарын өңдеу цикліне қойылатын талаптарға сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскопиялық жабдықты стерилдеу процестерін, автоматты дезинфекциялауды өңдеу циклінің тиімділігін тексеру немесе валидациялау бірінші пайдаланғанға дейін жүргізілуі және жылына бір реттен сиретпей мерзімді түрде жүргізілуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 73-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z146" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Денсаулық сақтау объектілерінің басшылары МБ-ны стерильдеу мен дезинфекциялауды ұйымдастыруды және оның сапасын қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z147" w:id="145"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z147" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Стерилизаторлар жұмысын бақылаудың физикалық әдісін температураны (термометр, максимальды термометр), қысымды (манометр) өлшеу құралдарының көмегімен және стерильдеу уақытын есепке алу арқылы жүзеге асырады. Стерилизатордың жұмыс режимінің параметрлері аппараттың паспортына сәйкес жүргізілетін стерильдеудің барлық циклінің бойында тексеріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z148" w:id="146"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z148" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Бақылаудың химиялық әдісін химиялық тесттердің және термохимиялық индикаторлардың көмегімен жүзеге асырады. Стерильдеудің аяқталуы индикаторлардың түсінің өзгеруі бойынша көзбен шолып айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z149" w:id="147"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z149" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       77. Бақылаудың бактериологиялық әдісін микробтар спораларының дозаланған санын қамтитын биологиялық тесттердің көмегімен жүзеге асырады. Биологиялық тесттер патогендіктің І-ІV топтарындағы микроорганизмдермен жұмыс істеуге режимдік комиссияның рұқсаты бар бактериологиялық зертханаларда дайындалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z150" w:id="148"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z150" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       78. Стерильдеу аяқталғаннан кейін биологиялық тесттер полиэтиленді пакетке салынады және сол күні бактериологиялық зертханаға санитариялық-микробиологиялық зерттеуге жеткізіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z151" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      79. Булау стерилизаторларымен жұмыс істеуге техникалық минимумды тапсыру туралы куәлігі бар оқытудан және булау стерилизаторымен жұмыс істеу кезінде қауіпсіздік талаптарын сақтау жөніндегі нұсқамадан өткен, жасы он сегізден асқан адамдар жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z152" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      80. Булау стерилизаторы қабырғалардан 0,8 метр (бұдан әрі – м), шкаф стерилизаторлары 1,5 м қашықтықта орнатылады. Үй-жайдағы еденге ток өткізбейтін материал төселеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      81. Әрбір электр стерилизаторы электр желісіне ажыратқыш немесе автоматты ажыратқыш арқылы қосылады. Ажыратқыш немесе автоматты ажыратқыш еденнен 1,6 м және булау стерилизаторынан 1 м-ден қашық емес қашықтықта орнатылады. Осы ажыратқышқа немесе автоматты ажыратқышқа тек бір ғана электр стерилизаторы қосылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z154" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Жерге қосу ретінде орталық жылу желісінің су құбырлары, кәріздеу, жанатын немесе жарылғыш заттар құбырлары, жайтартқыштардың жерге қосу құралдары пайдаланылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z155" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Стерилизаторларда МБ стерильдеумен байланысы жоқ қандай да бір жұмыстар жүргізуге, сондай-ақ үй-жайда үйіліп тұратын және ластайтын бөгде заттарды сақтауға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z156" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Стерилизаторлар жұмыс істеп тұрған кезде тек қызмет көрсететін персоналдың және стерилизаторлардың пайдаланылуын бақылауды жүзеге асыратын адамдардың ғана үй-жайға кіруіне рұқсат етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z157" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Стерильдеу аппаратурасы орнатылған әрбір үй-жайда көрінетін жерде оны пайдалану жөніндегі қағидалар орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z158" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Автоклав үй-жайы табиғи жарықтандырумен, ішке сору-сыртқа тарту желдеткішімен, фрамугалармен немесе желкөздермен қамтамасыз етіледі. Стерилизатор жұмыс істеп тұрған кезде үй-жайдың есігі жабылмайды.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z151" w:id="149"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z159" w:id="157"/>
+    <w:bookmarkStart w:name="z159" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. Әр булау стерилизаторы сақтандырғыш клапанмен және дәлдік сыныбы кемінде екі жарым болатын және жұмыс қысымын өлшеу шегі шкаланың үштен екісінде болатындай шкала бар пломбаланған жарамды манометрмен жарақталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z160" w:id="158"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z160" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       88. Таңбасына пломба болмаған, тексеру мерзімі өткен, әйнегі сынған немесе басқа да зақымданулар болған кезде манометрді қолдануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z162" w:id="160"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z161" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Қызмет көрсететін персонал бу стерилизаторларының жұмыс режимі және оларға қауіпсіз қызмет көрсету бойынша талаптарды орындайды, бақылау-өлшеу аспаптары мен сақтандырғыш құрылғылардың жарамдылығын уақтылы тексереді. Техникалық қызмет қосылымдардың: су, бу, электр қуаты, сығымдалған ауа, желдеткіштерді дұрыс орнатылуын тексереді. Қондырғы тиісті техникалық құжаттамамен (пайдаланушының техникалық/пайдалану нұсқаулығымен) жабдықталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жабдықты орнатқаннан кейін орталықтанған стерилдеу бөлімшесінің қызметкерлері және өндірушінің техникалық қызметі көрсетілген жағдайларда жабдықтың дұрыс жұмыс істеуін растау үшін тестілеу жүргізеді, техникалық ақаулар жойылғаннан кейін және жоспарлы техникалық қызмет көрсету кезінде тестілеу жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 89-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z162" w:id="152"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Дезинфекциялау препараттарын сақтау, тасымалдау және пайдалану тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z163" w:id="161"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z163" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       90. Дезпрепараттарды сақтауға арналған қойма ішке сору-сыртқа тарту желдеткішімен жабдықталған жеке тұрған ғимаратта орналастырылады. Дезпрепараттар бүлінбеген ыдыста сақталады. Дезинфекция, дезинсекция және дератизация препараттары осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әртүрлі үй-жайларда бөлек сақталады.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z164" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Дезинсекция және дератизация препараттары уытты деген жазуы бар тиісті ескерту таңбасы бар, тығыз жабылған бүлінбеген ыдыста сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z165" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      92. Ұсақ ыдыстағы дезпрепараттарды сақтау үшін металл стеллаждар, ал бөтелкелерді сақтау үшін ағаш сөрелер орнатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z166" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      93. Дезпрепараттарды сақтауға және пайдалануға арналған үй-жайларда бөгде заттарды сақтауға, темекі шегуге, тамақ ішуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z167" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      94. Дезпрепараттарды бөгде адамдарға беруге және оларды қараусыз қалдыруға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z168" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      95. Өңдеуден кейін қалған дезпрепараттар жұмыс күнінің соңында жауапты адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z169" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      96. Дезпрепараттар мамандандырылған автокөлік құралдарымен және (немесе) қауіпті жүктерді тасымалдауға бейімделген көлік құралдарымен тасымалданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z170" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      97. Дезпрепараттарды вагоннан (контейнерден) түсіру кезінде ашу алдында пломбалардың бүтіндігі тексеріледі. Шашылған (төгілген) дезпрепараттар болған кезде көлік құралын жинау және дезактивациялау жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z171" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      98. Дезпрепараттарды өлшеп-орау сору шкафында немесе сору шатырының астында арнайы бөлінген үй-жайда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z164" w:id="162"/>
-[...15 lines deleted...]
-      91. Дезинсекция және дератизация препараттары уытты деген жазуы бар тиісті ескерту таңбасы бар, тығыз жабылған бүлінбеген ыдыста сақталады.</w:t>
+    <w:bookmarkStart w:name="z172" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      99. Дезпрепараттардың ыдысы препараттардың қалдықтарынан мұқият тазартылғаннан кейін залалсыздандырылады, содан кейін кальцийленген соданың 3-5 пайыздық ерітіндісімен (10 литр суға 300-500 грамм) жуылады. Жуғаннан кейін ыдысқа сол ерітінді құйылады, экспозиция уақыты кемінде 6 сағатты құрайды, содан кейін екі рет ағынды сумен жуылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z165" w:id="163"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z173" w:id="171"/>
+    <w:bookmarkStart w:name="z173" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       100. Дезпрепараттардың кірісі мен шығысын есепке алу осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5056,441 +5732,575 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша дезинфекциялау препараттарын есепке алу журналында, пайдалануды есепке алу осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша дезинфекциялау препараттарын пайдалануды есепке алу журналында жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z174" w:id="172"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z174" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Дезинсекциялауды ұйымдастыруға және жүргізуге қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z175" w:id="173"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z175" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       101. Объектілерде дезинсекциялау жұмыстары оларда жәндіктердің болуын алдын ала тексеруден, түрлерін анықтаудан, орналасу орнын және санын анықтаудан басталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z176" w:id="174"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z176" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       102. Жәндіктерден тазартылған алаңдардың өсуі, ал шыбындарға қарсы күрес кезінде – дернәсілдердің, қуыршақтардың болмауы және санының азаюы жүргізілген дезинсекциялау жұмыстары тиімділігінің көрсетілімі болып есептеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z180" w:id="178"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z177" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      103. Дезинсекция тұрғын үй-жайларда, тұрғын үй емес өндірістік үй-жайларда, көп қабатты тұрғын үйлердің жертөлелерінде, ғимараттарда, құрылыстарда, көлікте, қалалық және ауылдық елді мекендердің аумақтарында, су қоймаларын, сондай-ақ синантропты буынаяқтылардың табиғи мекендеу орындарын қоса алғанда, оларға іргелес ашық табиғат учаскелерінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 103-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z178" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      104. Жәндіктерге қарсы күрес үшін дезинсекцияның мынадай түрлері қолданылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) механикалық – механикалық әсер етуді қолдану жолымен дезинсекциялау (батпақты жерлерді құрғату, суару жүйелерін реконструкциялау, үй-жайларды жинау, жуу, желдету, тазарту);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) физикалық – физикалық әсерді (температура, газ, ультракүлгін, от) қолдану жолымен дезинсекциялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z183" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) биологиялық – күресу үшін табиғи жауларды (құстар, дернәсілдер, балықтар, ларвифагтар) пайдалану жолымен дезинсекциялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) химиялық – жәндіктер үшін қолайсыз жағдайлар жасауға, жануарлар организмінің функцияларын бұзуға және (немесе) оларды жоюға бағытталған дезинсекциялық заттарды қолдану жолымен дезинсекциялау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) таратушыларға қарсы кешенді күрес – олардың мінез-құлық және экологиялық ерекшеліктері және олар тарататын трансмиссивті аурулар туралы білім негізінде таратушылардың бірнеше түріне қарсы күрестің бір немесе бір-бірімен аралас әдістерін қолдану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 104-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       105. Жәндіктерге және (немесе) буынаяқтыларға қарсы профилактикалық дезинсекциялық өңдеудің үш типі қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z184" w:id="182"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z184" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ошақтық – адамның инфекциялық және паразиттік аурулары ошақтарында және инфекциялық және паразиттік аурулардың табиғи ошақтарында дезинсекциялау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z185" w:id="183"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z185" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) профилактикалық дезинсекция – әртүрлі объектілерде және табиғи жағдайларда дезинсекциялау, соның ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жаппай – жәндіктердің нысаналы түрлері қоныстанған барлық үй-жайларда және іргелес аумақтарда жүргізіледі; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       барьерлік – белгілі бір объектілердің және (немесе) аумақтың айналасында қорғаныш аймақтарын құру. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z186" w:id="184"/>
+    <w:bookmarkStart w:name="z186" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       106. Инсектицидті кең көлемде қолдану алдында климаттық жағдайларды ескере отырып, оны ең аз, бірақ дозалардың әсерін қамтамасыз ету мақсатында жергілікті жағдайларда алдын ала (жартылай өндірістік) сынау жүргізіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z187" w:id="185"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z187" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       107. Профилактикалық өңдеулерді жүргізу мерзімдері жергілікті жағдайлар ерекшеліктері мен энтомологиялық мониторинг деректеріне қарай айқындалады. Жәндіктерге (тарақандар, шыбындар, құмырсқалар, қандалалар, бүргелер, масалар, шіркейлер, есекқұрттар, бәкене шыбындар, соналар, шыбын-шіркей және өрмекші-қарақұрттар) қарсы өңдеу жиілігі объектіде олардың қоныстануына байланысты жүргізіледі; авариялық үй-жайларда және демалыс аймақтарында шыбындар мен масаларға қарсы (су басқан, ылғалды, дымқыл жертөле үй-жайларда, жерасты суларының жоғары деңгейінде, кәріз желісіндегі авариялық жағдайларда) санитариялық-эпидемиологиялық және энтомологиялық көрсетілімдер бойынша жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өрмекші-қарақұрттарды жою жөніндегі профилактикалық дезинсекциялық іс-шараларды облыстардың, республикалық маңызы бар қалалардың, астананың, ауданның, облыстық маңызы бар қалалардың жергілікті атқарушы органдары жүргізеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Өрмекші-қарақұрттарды жою жөніндегі профилактикалық іс-шаралар: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z319" w:id="186"/>
+    <w:bookmarkStart w:name="z319" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дезинсекциялық өңдеу басталғанға дейін кептірілген өсімдіктерді тазалауды, тастар, кірпіштер, тұрғын үйлер құрылыстарының айналасындағы әртүрлі құрылыс материалдарын тазартуды ұйымдастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z320" w:id="187"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z320" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) (күн ысып басталғаннан аналықтардың миграциясы басталғанға дейін) жазғы жайылымдарды, далалық тұрақтарды, жағажайларды, сиыр қораларын, жантақ тоғайларын, үйілген тастарды, ағаш қораларды, ағаш үйінділерін, оларға іргелес аумақтарды, жеке және көп қабатты үйлердің тазартылмаған учаскелерін, үй жанындағы учаскелерді дезинсекциялық өңдеуді ұйымдастыруды және жүргізуді қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5509,1644 +6319,1910 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен. </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z188" w:id="188"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z189" w:id="189"/>
+    <w:bookmarkStart w:name="z188" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      108. Су қоймаларында 2-3 жастағы дернәсілдердің пайда болуы өңдеуді бастауға көрсетілім болады. Өңдеу жиілігі дернәсілдер санының қалпына келу санымен және олардың белсенділігі кезеңімен айқындалады. Тереңдігі 1 метрден аспайтын, егер суасты өсімдіктері құрайтын екінші түбі болса, онда екінші түбінің үстінен 1 метрден аспайтын таяз су айдындарының аймағы шыбын-шіркейлердің (москиттерден басқа) көбею орындары болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 108-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       109. Безгек масалары дернәсілдерін жою жөніндегі іс-шаралар безгектің жаңару қауіптілігінің 1-ші дәрежесіндегі елді мекендер аумағында, сондай-ақ олардың айналасындағы 3-5 километр (бұдан әрі – км) радиуста орналасқан барлық анофелогенді су қоймаларында жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z190" w:id="190"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z190" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       110. Шіркейге қарсы өңдеулер орта жастағы дернәсілдердің жаппай пайда болуы кезінде жүргізіледі. Шіркейде бір генерация болатын жерлерде бір маусымда 1-2 өңдеумен шектеледі; екі және одан көп генерация болғанда – 4 және одан да көп өңдеу жүргізіледі. Өңдеуге жататын су қоймаларын тексеруді және энтомологиялық тексеруді күнтізбелік 5-10 күнде бір рет жүргізеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z192" w:id="192"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z191" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      111. Егер жәндіктер бір ай бойы үй-жайлардың ешқайсысында байқалмаса, объекті жәндіктерден тазартылғандар қатарына жатқызылады. Бірлі-жарым тірі жәндік анықталған жағдайда қайталап жаппай өңдеу жүргізіледі. Егер объекті ауданының 20%-нан артығында жекелеген жәндіктер мен олардың жиналуы анықталған болса, ғимараттарда (немесе жапсарлас салынған объектілерде) жәндіктердің қоныстануы жоғары деп саналады. Мұндай жағдайда үй-жайларға міндетті түрде жаппай өңдеу жүргізу керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 111-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z192" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       112. Өңдеудің тиімсіздігі анықталған жағдайда, барлық тиісті алаң өңделген жағдайда, олар орындаушының есебінен қайта жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z193" w:id="193"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z193" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       113. Масаларға қарсы өңдеу олардың қыстақтан ұшуы алдында немесе алғашқы генерациясының ұшуы алдында тікелей жүргізіледі, жылытылатын жертөле үй-жайларында өңдеу жыл бойы жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z194" w:id="194"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z194" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       114. Шыбындарға қарсы күресте негізгі іс-шаралар олардың көбею орындарын өңдеу болып табылады. Шыбындардың дернәсілдері мен қуыршақтарын жою үшін топырақ қоқысжинағыштардың, кәріз жүргізілмеген дәретханалардың, санитариялық-аулалық қондырғылар айналасындағы асфальтты алаңдардың, қи үйінділерінің жиегінен 30-50 см және 80 см-ге дейін артық қашықтықта ларвицидтермен өңделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z195" w:id="195"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z195" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       115. Жүйелі деларвациялық (шыбындардың дернәсілдері мен қуыршақтарына қарсы бағытталған) жұмыстар дернәсілдердің алғашқы жазғы генерациясының І және ІІ сатыларының пайда болуы кезінде көктемде басталады және ол жазғы кезең бойы жалғасады. Қоқыстағы, қидағы, топырақтағы шыбын дернәсілдері мен қуыршақтарын жою үшін инсектицидтер өңделетін субстраттың жақсы енуі үшін ерітінділер, эмульсиялар түрінде пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z196" w:id="196"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z196" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       116. Ашық аумақтарда шыбын-шіркейлердің экзофильді түрлеріне, компоненттеріне қарсы өңдеу жүргізу кезінде барлық су қоймаларының жағалауларына, қорғалатын объекті аумағындағы (елді мекен, адамдардың үлкен ұжымының жұмыс істеу орны), сонымен бірге оның айналасындағы (қорғаныш аймағы) жаппай көбею орындарына деларвация жүргізіледі. Қорғаныш аймағының ені ландшафтқа, аумақта өсімдіктердің өсуіне, шыбын-шіркейдің ұшу қашықтығына байланысты 1 км-ден 6 км-ге дейін радиуста болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z197" w:id="197"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z197" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       117. Тұрғын ғимараттарға іргелес объектілерде, көп пәтерлі тұрғын үйлердің жертөлелерінде, сондай-ақ тұрғын үй-жайларда суық және ыстық тұманның ену қабілетінің жоғары болуына және улану қаупіне байланысты суық және ыстық тұман әдістерімен дезинсекция жүргізуге қатаң тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z198" w:id="198"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z198" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       118. Инфекциялық аурулардың табиғи ошақтарының аумақтарында, сондай-ақ инфекциялық аурулар ошақтарында профилактикалық дезинсекцияның тиімділігін бақылауды санитариялық-эпидемиологиялық саламаттылық саласындағы мемлекеттік орган қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z199" w:id="199"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z199" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       119. Шыбындардың бөлме және экзофильді түрлері санының маусымдық көрсеткіші шыбындарға қарсы орындалған іс-шаралардың тиімділігін бағалау өлшемшарты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z200" w:id="200"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z200" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       120. Санын есепке алу шыбындардың белсенділігі кезеңінде тәулік ішінде күнтізбелік 3-10 күнде бір рет жүргізіледі, үй-жайларда санын есепке алу 20 шаршы метрге (бұдан әрі – м2) 1 есебімен жабысқақ таспалардың көмегімен, көбею орындарында – торлы шыбын аулағыштарға аулау арқылы жүргізіледі. Қанатталған шыбындар болмаған кезде, орташа алғанда 1 стандартты жабысқақ таспаға 1 данадан аспаған кезде (тәулігіне) тиімділік қанағаттанарлық деп саналады. Кәріз болмаған жағдайда жеке құрылыс басым учаскелер үшін және ауылдық жерлер үшін – 3-5 дана. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z201" w:id="201"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z201" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       121. Іс-шаралардың тиімділігін анықтауды қанаттанған шыбындардың, сондай-ақ көбею орындарындағы дернәсілдер мен қуыршақтардың санын есепке алу жолымен жүргізеді. Елді мекенде қызмет көрсетілетін объектілердің кемінде 5%-ы есепке алынуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z203" w:id="203"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z202" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      122. Егер өңдеуден кейін бір ай ішінде барлық әдістермен бақылау кезінде жәндіктер анықталмаса, дезинсекциялау іс-шаралары тоқтатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жәндіктерден тазартылған объектілердің саны және шарт бойынша бүкіл физикалық алаңға шаққанда пайызбен көрсетілген олардың жалпы физикалық ауданы дезинсекция тиімділігінің көрсеткіші болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 122-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       123. Объектілерінде масаларға қарсы дезинсекциялық іс-шаралардың тиімділігі пайдаланылатын дезқұралмен, өңделетін беттердің типімен айқындалатын мерзімдерде жүзеге асырылады. Есепке алу 20 минут бойы ашық қол әдісімен жүргізіледі. Ашық аумақта масаларды кешке тыныш желсіз ауа-райында ұсақкөзді тордан немесе дәкеден жасалған торлы ауа дорбасымен аулайды. Торлы дорбамен жинау секундына шамамен 1 қағу арқылы жүзеге асырылады. Олардың саны торлы дорбаның 100 қағуында ауланған дарақтардың санымен өлшенеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z204" w:id="204"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z204" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       124. Дернәсілдерге қарсы іс-шаралар тиімділігінің негізгі көрсеткіші қорғалған объектілердегі қанаттанған масалардың саны болып табылады, дернәсілдер мен имаго масаларын өңдегеннен кейін 5-7 тәулікте жертөленің 1 м2 -де қанаттанған масалардың 1-ден аспайтын дарағының анықталуына жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z205" w:id="205"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z205" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       125. Ашық биотоптарда кенелердің санын есепке алуды күн шуақты ауа райында таңертең (ыстық басталғанға дейін) және шық пен қатты жел болмаған кезде кешкі уақытта жалау немесе сүйретпе тәсілімен жүргізеді. Бұлтты күндерде жинауды күндізгі уақытта жүргізуге болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z206" w:id="206"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z206" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       126. Жертөле масаларына қатысты дезинсекция тиімділігінің көрсеткіші сынамаларда тірі дернәсілдерді өңдегеннен кейін 3-5 тәулікте болмауы және орташа есеппен 10 м2-ге қанаттанған масалардың 1 дарақтан аспауы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z207" w:id="207"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z207" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       127. Үй-жайларда бүргелерді жою жөніндегі іс-шаралардың тиімділігін бағалау кезінде еден бетінің 10 м2-не 2 парақ есебінен жабысқақ таспалар (20х30 см) пайдаланылады. Егер бір тәулік ішінде 1 параққа 2 бүргеден көп түспесе, онда жәндіктер бірлі-жарым, 3-тен 10-ға дейін – көп, 10-нан асса – өте көп деп саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z208" w:id="208"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z208" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       128. Төсек қандалаларын жою жөніндегі іс-шаралардың тиімділігін бағалау кезінде олардың неғұрлым ықтимал болатын жерлері қарап тексеріледі, тексеру нәтижелері мынадай түрде жазылады: бірлі-жарым жәндіктер, жәндіктердің жиналуы, ал қандалалар болмаған кезде – жәндіктер анықталған жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z209" w:id="209"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z209" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       129. Педикулезге қарсы іс-шаралардың тиімділігін бағалау кезінде өңдеуден кейін биттер мен сіркелердің толық болмауы оның қанағаттанарлық көрсеткіші болып саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z210" w:id="210"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z210" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Дератизациялауды ұйымдастыруғы және жүргізуге қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z211" w:id="211"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z211" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       130. Дератизациялау кеміргіштерді жою және олар қоныстанған объектілерді олардан босату мақсатында немесе олардың санын инфекциялық аурулардың кеңінен таралуын және айтарлықтай экономикалық шығынды болдырмауды қамтамасыз ететін ең аз деңгейде тұрақты ұстап тұру үшін жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z212" w:id="212"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z212" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       131. Дератизациялау мынадай типтерге бөлінеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z213" w:id="213"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z213" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) профилактикалық дератизациялау – кеміргіштердің қоныстануы мен көбеюі үшін қолайсыз жағдайлар жасалады. Санитариялық-техникалық, жалпы санитариялық және агротехникалық шаралармен қатар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жаппай дератизациялау – бір мезеттік (бір реттік) дератизациялау, жекелеген елді мекендерде немесе учаскелерде жылына 1-2 рет барлық елді мекеннің аумағында жүзеге асырылады. Бұл объектілерді кеміргіштерден толығымен босатуға немесе кеміргіштер одан әрі инфекциялық аурулардың таралуына ықпал етпейтін деңгейге дейін олардың санының тұрақты төмендеуіне әкеледі. Жаппай дератизациялау барлық үй-жайларда, ғимараттарда, аумақтарда күрестің әдістері мен құралдарын бір уақытта пайдалануды көздейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тосқауылды дератизациялау – белгілі бір аумақтың айналасында қорғау аймақтарын құру үшін кеміргіштердің барынша көп көшіп-қону белсенділігі кезеңінде (көктем, күз) жүргізіледі. Кеміргіштерден осылай өңдеу ғимараттардың айналасында, орман аймағында, турбазалардың, лагерьлердің, жазғы дәмханалардың, саяжай алқаптарының аумақтарында, халықтың жаппай серуен жасау аймақтарында, саябақтарда, скверлер мен бақтарда, қоқыс контейнерлерінде жүзеге асырылады);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z214" w:id="214"/>
+    <w:bookmarkStart w:name="z214" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жойғыш дератизациялау – профилактикалық іс-шаралар нәтиже бермеген кезде жүргізіледі. Мұндай жұмыстардың тікелей функциясы - кеміргіштерді жою;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z215" w:id="215"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z215" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ошақтық дератизациялау – инфекциялық аурулар ошағында және оған іргелес аумақта дератизациялау. Таралуына кеміргіштер қатысуы мүмкін инфекциялық ауру тіркелген кезде жүргізіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z216" w:id="216"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z216" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) іріктеп дератизациялау – жекелеген учаскелерде немесе құрылыстарда, эпидемиялық маңызы бар объектілерде: ет және балық комбинаттарында, тоңазытқыштарда, элеваторларда, азық-түлік қоймаларында, емдеу және балалар мекемелерінде, мал шаруашылығы фермаларында кеміргіштерді жою кезінде жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z218" w:id="218"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z217" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      132. Дератизациялауды улы қармақжемдерді қою, тозаңдату, газдау әдістерімен жүргізеді. Дератизациялау тәсілі мен әдісін таңдау өңделетін объектінің ерекшеліктерімен, нысаналы кеміргіштердің экологиясымен және дератизациялау құралдарының қасиеттерімен айқындалады. Дератизациялық жұмыстар сақтық шараларын міндетті түрде сақтай отырып, жеке қорғаныш құралдарын пайдаланып, арнайы киімде және арнайы аяқ киімде (етікте) жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 132-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 06.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z218" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       133. Тосқауылды дератизациялау кеміргіштердің ең жоғары көшіп-қону белсенділігі кезеңдерінде, ал ерекше эпидемиологиялық маңызы бар объектілерде – жыл бойы бақылау-жою алаңдарын (бұдан әрі – БЖА) орналастыру жолымен аумақтың (қоршау бойымен 20 метр (бұдан әрі – м)), құрылыстардың (төсеніш бойымен 10 м) периметрі бойынша және құрылыс салынбаған учаскелерде (100 м2-ге 1 БЖА есебінен) жүргізіледі. БЖА-ны орналастыру адам үшін қауіпсіздікті ескере отырып жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z219" w:id="219"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z219" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       134. Денсаулық сақтау объектілерінің, білім беру ұйымдарының, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарының, медициналық-әлеуметтік мекемелердің, қоғамдық тамақтану, азық-түлік саудасы объектілерінің құрылыстары мен аумақтарының барлық ауданы кеміргіштердің болуына тексеруге жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z220" w:id="220"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z220" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       135. Профилактикалық дератизациялау жұмыстарының тиімділігін қамтамасыз ету үшін өңдеулердің белгілі бір жиілігін сақтау көзделеді. Егер пайдаланылатын препаратты қолдану жөніндегі нұсқаулықта өзгеше ұсынылмаса, онда үй-жайларды дератизациялау 2-3 айда 1 рет, аумақты дератизациялау жылына 4-6 рет жүргізіледі. Үй-жайларда кеміргіштер ұзақ уақыт болмаған кезде өңдеу жүргізілмейді, ал аумақты өңдеу саны екі есе қысқартылады. Үй-жайларда кеміргіштердің қоныстануы көп болған кезде өңдеу жиілігі айына 1 ретке дейін артады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z221" w:id="221"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z221" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       136. Азық-түлік саудасы, қоғамдық тамақтану объектілерінде, көкөніс сақтау қоймаларында, қоймаларда, тұрғын үй-жайларда және аулалық құрылыстарда уланған қармақжем дератизациялау құралдарын пайдалану жөніндегі нұсқаулықта көзделген қолдану режиміне сәйкес қойылады. Балаларға қолжетімді балалар ұйымдарының үй-жайларында улы қармақжемді қоюға жол берілмейді, ал кеміргіштерді жою тек механикалық әдістермен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z222" w:id="222"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z222" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       137. Қармақжемдердің тағамдық негізі ретінде адамдар қызығатындай ұнтақталмаған күнбағыс дәні және өзге де өнімдер пайдаланылмайды. Қайғылы оқиғаларды болдырмау үшін кеміргіштерге арналған родентицидті қармақжем ашық түске боялады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z223" w:id="223"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z223" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       138. Ашық аумақтарда улы қармақжем адамдарға, үй жануарлары мен құстарға қолжетімді емес жерлерде жасырын ғана қойылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z224" w:id="224"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z224" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       139. Қармақжемдерді дайындау жұмыстары арнайы жабдықталған үй-жайларда (зертханаларда) жүргізіледі және арнайы қоспалауыштарды қолдану арқылы барынша механикаландырылады. Улы қармақжемдерді дайындау және өлшеп-орау сорғыш астында және нақты дератизациялау құралдарына арналған тиісті нұсқаулықтарда көрсетілген қауіпсіздік шараларын сақтай отырып жүргізіледі. Қармақжем дайындайтын жұмыс үй-жайларында родентицид әсер ететін затының болуына ауадан мерзімді сынама алу жүргізіледі. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z225" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      140. Қаптамаланбаған тамақ өнімдері бар үй-жайларда сусымалы улы қармақжемдерді қолдануға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z226" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      141. Адамдар қоныстнған үй-жайларда дератизациялау аяқталғаннан кейін уы бар қармақжемнің барлық қалдықтары кәдеге жарату мақсатында жиналады. Балалардың және үй жануарларының қолы жетпейтін орындарда қармақжем қорғалатын объектіге кеміргіштердің қоныстануын болдырмау үшін қалдырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z227" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      142. Дератизациялау тиімділігіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z228" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кеміргіштер қоныстанған барлық үй-жайларды жаппай өңдеу жүргізу үшін объектіде санитариялық күнді өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z229" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) қармақжемді қолдану жөніндегі нұсқаулықта көзделген қармақжемді қою технологиясын сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z230" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қойма үй-жайларында дератизациялауды жүргізетін адамдар үшін қабырғалар бойымен ені кемінде 70 см өтетін құрылғылар арқылы қабырғаларға, бұрыштарға және техникалық жүйелерге тұрақты қолжетімділікті қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z231" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) әртүрлі материалдарды сақтайтын барлық орындарда еденнен кем дегеннде 15 см биіктікте тұратын стеллаждармен жабдықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z232" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) азық-түлікті және су қорын оларға кеміргіштердің кіру мүмкіндігін барынша қиындататын жағдайда сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z233" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) профилактикалық өңдеу жүргізу үшін оларды түсіргенге дейін дератизациялауды жүргізетін адамдардың барлық үй-жайларға қолжетімділігін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z234" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) ғимараттар мен үй-жайларға кеміргіштерді кіргізбеу қағидаларын сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z235" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) барлық үй-жайлар мен оларға іргелес аумақты тұрақты жинау және белгіленген мерзімде қоқысты шығару арқылы қол жеткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z236" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      143. Жаппай дератизация жүргізу кезінде елді мекен немесе оның бір бөлігі нөмірленген және схемалық картаға түсірілген учаскелерге бөлінеді. Учаскенің өлшемдері жұмыс көлеміне байланысты анықталады. Әрбір учаске нақты дератизаторға бекітіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z225" w:id="225"/>
-[...15 lines deleted...]
-      140. Қаптамаланбаған тамақ өнімдері бар үй-жайларда сусымалы улы қармақжемдерді қолдануға тыйым салынады.</w:t>
+    <w:bookmarkStart w:name="z237" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      144. Кеміргіштермен байланысты инфекциялық ауру пайда болған кезде дератизациялық іс-шаралар шұғыл профилактика типі бойынша жүргізіледі: улы тағамдық қармақжемнің құрамында жіті әсер ететін ратицидтер қолданылады. Қармақжем негізі ретінде аттрактанттар (өсімдік майы, қант) бар дақылдың және жарманың қоспасы және (немесе) кеміргіштерге арналған басқа да тартымды тамақ өнімдері қолданылады. Дақылдың 100 салмақтық бөлігіне аттрактанттардың 3 салмақтық бөлігін қосады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z226" w:id="226"/>
-[...15 lines deleted...]
-      141. Адамдар қоныстнған үй-жайларда дератизациялау аяқталғаннан кейін уы бар қармақжемнің барлық қалдықтары кәдеге жарату мақсатында жиналады. Балалардың және үй жануарларының қолы жетпейтін орындарда қармақжем қорғалатын объектіге кеміргіштердің қоныстануын болдырмау үшін қалдырылады.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 144-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 05.04.2023 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      145. Синантропты кеміргіштерге қарсы күрестің неғұрлым тиімді әдістемесінің негізгі принципі кеміргіштер мекендейтін барлық жерде оларға қарсы күрес құралдарын қолдану және осы әсердің үздіксіздігі болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z227" w:id="227"/>
-[...301 lines deleted...]
-    <w:bookmarkStart w:name="z239" w:id="239"/>
+    <w:bookmarkStart w:name="z239" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       146. Күресудің негізгі құралы ретінде антикоагулянттар бар ұзақ сақталатын қармақжемдерді, ал қатты әсер ететін уы бар қармақжемдерді кеміргіштер санының күздік шегіне жетуі және көктемде көбеюі кезінде жылына екі реттен жиі емес, сондай-ақ эпидкөрсеткіштер бойынша қолданады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z240" w:id="240"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z240" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       147. Қыспаларды, қақпандарды және тұзақтарды дератизациялаудың қосымша әдісі ретінде жекелеген объектілерде қолдану ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z241" w:id="241"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z241" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       148. Кеміргіштердің індерін және жүретін жолдарын тозаңдатуға арналған препаратты дозалау қоршаған ортаның пестицидтермен қатты ластануын және өңделген үй-жайда үнемі болатын адамдар үшін жүргізілетін жұмыстардың қауіптілігін болдырмау мақсатында, нұсқаулыққа сәйкес рұқсат етілетін дозада есептеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z242" w:id="242"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z242" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       149. Сапалы дератизация жүргізудің маңызды шарты улы қармақжемдерде кеміргіштерді қызықтыратын әртүрлі өнімдерді: ұн, дақыл, жарма, қант, өсімдік майы, сирек жағдайда нан, көкөніс, ет пен балық қалдықтарын пайдалану болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z243" w:id="243"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z243" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       150. Дератизациялау сапасының көрсеткіші осы Санитариялық қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>13-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүргізілетін кеміргіштердің санын есепке алу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z244" w:id="244"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z244" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       151. Елді мекендегі дератизациялау кеміргіштердің кемінде 80%-ы қырылған кезде тиімді деп танылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z245" w:id="245"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z245" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       152. Санатты объектілердегі дератизациялық іс-шаралардың барысын және дайындалатын қармақжем сапасын ағымдағы бақылауды санитариялық-эпидемиологиялық қызметтің мемлекеттік органдарының мамандары жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z246" w:id="246"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z246" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       153. Аулау құралдарын қолдана отырып, елді мекендердегі кеміргіштер санын есепке алуды сапаны бағалау мақсатында жылына 2 рет: наурыз-сәуірде (олардың көбею кезеңінде) және қазан-қарашада (кеміргіштер ашық стациялардан құрылыстарға көшкенге дейін, олардың саны барынша көп кезінде) санитариялық-эпидемиологиялық қызметтің мемлекеттік органдары жүргізеді, объектілердің 10%-ы қамтылуға жатады. Кеміргіштерден бос алаңды есепке алу қызмет көрсетілетін объектінің барлық құрылыстарын тексеру, көзбен шолып қарау, мүжілудің, қираудың болуын, шаңдану алаңдарын анықтау, бақылау үшін аулау, персоналға сауалнама жүргізу арқылы жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z247" w:id="247"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z247" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) егер кеміргіштер құрылыстың бір бөлігін мекендесе, онда құрылыстың бүкіл алаңы мекендеген болып есептеледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z248" w:id="248"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z248" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) егер кеміргіштер осы құрылыста мекендесе, ал жақын орналасқан құрылыста кеміргіштер болмаса, онда кеміргіштер бар құрылыстың ауданы ғана мекендеген болып саналады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z249" w:id="249"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z249" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) егер жою іс-шаралары жүргізілсе, бірақ айдың соңында кеміргіштер тіркелсе, құрылыс осы айда мекендеген болып саналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z250" w:id="250"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z250" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       154. Профилактикалық дезинфекциялық іс-шаралар құрылыстың жалпы алаңдарында, оның ішінде жертөлелерде, шатырларда, баспалдақ алаңдарында, қосалқы үй-жайларда, қажет болған жағдайда іргелес аумақта да жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z251" w:id="251"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z251" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 7-тарау. Дезинфекциялау, дезинсекциялау және дератизациялау қызметтерін көрсететін жеке және заңды тұлғаларға қойылатын санитариялық-эпидемиологиялық талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z252" w:id="252"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z252" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       155. Өндірістік және қойма үй-жайлары беті жеңіл тазартуды және зарарсыздандыруды қамтамасыз етуге мүмкіндік беретін тиісті технологиялық жабдықпен, стеллаждармен, сөрелермен, шкафтармен жабдықталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z253" w:id="253"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z253" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       156. Өндірістік үй-жайларда еден үшін химиялық заттардың әсеріне төзімді жабын пайдаланылады. Конструкциялардың қабырғалары, төбелері мен беттері үшін ылғалды жинауға жол беретін әрлеу көзделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z254" w:id="254"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z254" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       157. Дезинфекциялау, дезинсекциялау және дератизациялау құралдарын өндірумен айналысатын немесе дезинфекциялау, дезинсекциялау және дератизациялау қызметтерін көрсететін жеке және заңды тұлғалардың басшылары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z255" w:id="255"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z255" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дезиинфекциялық қызметті жүзеге асыру процесінде жеке және қоғамдық қауіпсіздік шараларының сақталуын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z256" w:id="256"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z256" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) өндірістік бақылауды, оның ішінде Кодекстің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>51-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес зертханалық зерттеулер мен сынақтар жүргізу арқылы жүзеге асыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z257" w:id="257"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z257" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) халыққа, мемлекеттік органның аумақтық бөлімшелеріне халықтың денсаулығына қауіп төндіретін авариялық жағдайлар немесе технологиялық процестердің бұзылуы туралы уақтылы хабарлауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z258" w:id="258"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z258" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       158. Персоналға арналған үй-жай қол жууға арналған раковинамен, ыстық және суық су келтірілген себезгі бөлмесімен, санитариялық тораппен, арнайы және жеке киімдерді бөлек сақтауға арналған шкафтармен жабдықталады, алғашқы көмек көрсету үшін дәрі қобдишасымен және жеке қорғаныш және жеке гигиена құралдарымен жарақталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z259" w:id="259"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z259" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       159. Арнайы киімді жуу, дезинфекциялау арнайы жабдықталған үй-жайда жүргізіледі. Үй жағдайында және жұмыс үй-жайларында арнайы киімді жууға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z260" w:id="260"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z260" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       160. Объектілерде дезинфекциялық, дезинсекциялық, дератизациялық іс-шаралар объекті әкімшісінің (тапсырыс берушінің) өкілі болғанда жүргізіледі. Өңдеуге жататын үй-жайдағы адамдарды жоспарланып отырған іс-шаралардың жүргізілуі және қажетті сақтық шаралары туралы хабардар етеді. Өңдеу жүргізілетін жерлерде өңдеуге қатысы жоқ адамдардың, сондай-ақ үй жануарларының болуына жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkEnd w:id="248"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7290,86 +8366,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z262" w:id="261"/>
+    <w:bookmarkStart w:name="z262" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дезинфекциялау, дезинсекциялау, дератизациялау құралдарының қауіптілігін сыныптау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z263" w:id="262"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z263" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Дезинфекциялау құралдарының қауіптілігін сыныптау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7995,68 +9071,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолдану аясы шектелмей пайдаланылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z264" w:id="263"/>
+    <w:bookmarkStart w:name="z264" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Дезинсекциялау құралдарының қауіптілігін сыныптау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9036,68 +10112,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Қолдану аясы шектелмей пайдаланылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z265" w:id="264"/>
+    <w:bookmarkStart w:name="z265" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Дератизациялау құралдарының қауіптілігін сыныптау</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11937,68 +13013,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z267" w:id="265"/>
+    <w:bookmarkStart w:name="z267" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жекелеген объектілерді зарарсыздандыру кезіндегі дезинфекциялау құралдарының шығынын жоспарлау нормалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14828,88 +15904,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>санитариялық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="266"/>
+    <w:bookmarkStart w:name="z271" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау ұйымдарының дезинфекциялау құралдарына қажеттілігін есептеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z272" w:id="267"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z272" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Үй-жайларға, жабдықтарға ағымдағы дезинфекция жүргізу үшін денсаулық сақтау ұйымдарының дезинфекциялық құралдарға қажеттілігін есептеудің мынадай формуласы пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       NK X1 = Q ---------- (S1 + S2 + S3), мұндағы </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15010,70 +16086,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S2 - дезинфекциялауға жататын жабдықтың ауданы (санитариялық-техникалық жабдықтардың әр бірлігінің ауданы бір шаршы метрге, ванналар - үш шаршы метрге қабылданады);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S3 - дезинфекциялауға жататын басқа да объектілердің ауданы (шаршы метрмен).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z273" w:id="268"/>
+    <w:bookmarkStart w:name="z273" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Емшара бөлмесінде, таңып-байлау бөлмесінде, операциялық, босандыру залдарында қорытынды дезинфекция жүргізу үшін денсаулық сақтау ұйымдарының дезинфекциялық құралдарға қажеттілігін есептеудің мынадай формуласы пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       NK Х2 = 52 ---------- S4, мұнда</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -15138,70 +16214,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       K - дезинфекциялық ерітіндінің шоғырлануы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       S4 - ауқымды жиналуға тиісті оперативтік аудан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z274" w:id="269"/>
+    <w:bookmarkStart w:name="z274" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Денсаулық сақтау ұйымдарын дезинфекциялау-стерильдеу жабдықтарымен қамтамасыз ету үшін мынадай қажеттілік есебі қолданылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) дезинфекциялау-стерильдеу жабдықтарына (автоклавтар, механикалық және ультрадыбысты жуутар, бикстер) қажеттіліктер стерильденуге тиісті жұмсақ материалдың (таңып байлау), хирургиялық киім-кешектің, жаялықтардың, медициналық құралдардың, тиісті стерильдеу режимі бар бұйымдардың көлеміне қарай айқындалады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -16782,68 +17858,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>санитариялық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z277" w:id="270"/>
+    <w:bookmarkStart w:name="z277" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медициналық мақсаттағы бұйымдарды стерильдеу алдында өңдеу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18861,86 +19937,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>санитариялық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">6-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z280" w:id="271"/>
+    <w:bookmarkStart w:name="z280" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медициналық мақсаттағы бұйымдарды стерильдеу әдістері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z281" w:id="272"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z281" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Химиялық стерильдеу әдісі (химиялық препараттардың ерітінділері)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19354,68 +20430,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Стерильдеу процесінде ерітінділердің температурасы ұсталмайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Дезинфекциялау ерітіндісіне бұйымдарды батыру үшін шыныдан, пластмассадан жасалған немесе эмальмен қаптамаланған ыдыстар пайдаланылуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z282" w:id="273"/>
+    <w:bookmarkStart w:name="z282" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Бумен стерильдеу әдісі (жоғары қысымдағы қаныққан су буы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkEnd w:id="261"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20896,68 +21972,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z285" w:id="274"/>
+    <w:bookmarkStart w:name="z285" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Медициналық мақсаттағы бұйымдарды стерильдеу сапасын бақылау </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkEnd w:id="262"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -22028,68 +23104,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">8-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z287" w:id="275"/>
+    <w:bookmarkStart w:name="z287" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Булау және ауа стерилизаторларының жұмыс режимінің температуралық параметрлерін бақылауға арналған бақылау нүктелерін орналастыру және химиялық тесттердің рецептурасы 1. Булау стерилизаторларына бақылау нүктелерін орналастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkEnd w:id="263"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22710,68 +23786,68 @@
               <w:t>
 біріншісі - жүк тиейтін есіктің жанында;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 екіншісі - қарама-қарсы қабырғаның (жүк түсіретін есіктің) жанында; үшіншіден он үшіншіге дейін - стерильдеу қораптарының ортасында немесе әр түрлі деңгейлерде орналастырылған стерильденетін орамалардың ішінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z288" w:id="276"/>
+    <w:bookmarkStart w:name="z288" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Ауа стерилизаторларында бақылау нүктелерін орналастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="264"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -23556,68 +24632,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z291" w:id="277"/>
+    <w:bookmarkStart w:name="z291" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Эндоскоптар мен олардың құралдарын өңдеу циклына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkEnd w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Эндоскоптар пайдалану процесінде сілемейлі қабықтармен жанасады және стерильді ағзаларға, тіндер мен организм қуыстарына енеді. Мақсаты бойынша олар стерильді және стерильді емес эндоскопиялық араласулар жүргізуге арналған эндоскоптар болып бөлінеді. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -24186,68 +25262,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұйымдар дезинфекцияланған, стерильдеу алдында тазартылған және жақсы кептірілген жағдайда, эндоскоптардың құралдарына стерильдеу жүргізуді келесі ауысымға дейін кейінге қалдыруға жол беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Стерильдеу құралдарын, әдісін және режимін таңдау құралдарды өндірушінің ұсынымдарын ескере отырып жүзеге асырылады. Эндоскоптар құралдарын механикаландырылған тәсілмен стерильдеген дұрыс, егер басқа әдістер қолжетімді болмаса, химиялық заттардың ерітінділерімен стерильдеуге жол беріледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z292" w:id="278"/>
+    <w:bookmarkStart w:name="z292" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Стерильді емес араласуларға арналған эндоскоптарды өңдеу стандарты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkEnd w:id="266"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -25056,68 +26132,68 @@
               <w:t>
 70% этил немесе изопропил спиртімен жуу</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ауамен үрлеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z293" w:id="279"/>
+    <w:bookmarkStart w:name="z293" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. Стерильді емес араласуларға арналған эндоскоптарды қол тәсілімен өңдеу процестерін тиімді жүргізудің мазмұны мен шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkEnd w:id="267"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -30119,68 +31195,68 @@
               <w:t>
 7) ЖДД процесін жүргізу кезінде (дезинфекциялық ұстау, шаю, кептіру) ЖДД аймағында орнатылатын помпа пайдаланылады.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8) ДҚ жұмыс ерітіндісінде ДЗ-ның шоғырлануын бағалауға арналған химиялық индикаторлар дезқұралдардың және химиялық индикаторлардың өндірушісінің нұсқаулығына сәйкес пайдаланылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z294" w:id="280"/>
+    <w:bookmarkStart w:name="z294" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. Стерильді емес араласуларға арналған эндоскоптарды механикалық өңдеу тәсіліне қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖДМ-ны пайдалану тұйық циклде стандартталған және валидацияланған өңдеу процестерін жүргізу, ЖДД сыни параметрлерін бақылау және құжаттау мүмкіндігі, ЖДД кейін автоматты режимде микробқа қарсы сүзгілерде сумен және ауамен тазартылған эндоскоп арналарын шаю және кептіру кезеңдерін қамтамасыз ету есебінен эндоскопиялық араласулар кезінде пациенттерге инфекция жұқтыру тәуекелдерін төмендетудің негізгі шарасы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30389,68 +31465,68 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер ЖДМ-да 70%-дық этил немесе изопропил спиртімен қосымша кептіру мүмкіндігі болмаса, бұл кезең эндоскопты машинадан шығарғаннан кейін қолмен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖДМ-ды өзін-өзі дезинфекциялау машинаны пайдалану жөніндегі нұсқаулықта көрсетілген мерзімдерде, құралмен және режим бойынша жүргізіледі. Осындай нұсқаулар болмаған жағдайда, өзін-өзі дезинфекциялау рәсімі ЖДД-ға арналған құралдың ерітіндісін ауыстырғанда жүргізіледі. Осы мақсатта эндоскоптардың ЖДД үшін пайдаланылған ерітіндіні қолдануға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z295" w:id="281"/>
+    <w:bookmarkStart w:name="z295" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Эндоскоптардың құралдарын өңдеуге қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Эндоскоптардың құралдары күрделі құрылымымен ерекшеленеді, оның ішінде шаншып-кесетін беттері болады, осыған орай өңдеу кезеңдерінде медицина персоналының жарақаттану қаупін тудырады. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -30479,4516 +31555,5750 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Эндоскоппен бір мезгілде бір ыдыста (жуғышта) құралдарды өңдеуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Құралдардың көбі, соның ішінде арналары бар құралдар бір рет қолданылатын бұйымдарға жатады және қайта өңдеуге жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z296" w:id="282"/>
+    <w:bookmarkStart w:name="z296" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Эндоскоптардың құралдарын ұстау және қол тәсілімен өңдеу процестерін тиімді жүргізу шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ААТ, САТ+Д, стерильдеу процестері кезеңдерінің бірізділігі және мазмұны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өңдеу процестерін материалдық-техникалық қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке кезеңдерді және (немесе) барлық өңдеу процесін тиімді орындау шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1. Алдын ала тазарту Эндоскопиялық манипуляциялық бөлмеде жүргізіледі. Құралдан ауқымды ластануды (олар кепкенге дейін) кетіруге арналған</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдан ірі ластарды сулықпен (тампонмен) кетіру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Персоналдың ЖҚҚ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құрғақ немесе жуу құралымен ылғалданған бір реттік таза сулықтар (тампондар).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдарды толық батыру үшін сыйымдылығы жеткілікті перфорацияланған табандығы бар контейнер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мақсатты жуу құралы (жақсысы ферментативті).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шприц немесе арналарды жууға арналған әмбебап құрал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жуу құралдарын ерітіндісі бар сыйымдылыққа толық батыру. Арналар мен қуыстар болған жағдайда мәжбүрлеп толтырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерітіндіде ең аз ұстау уақыты құралды пайдалану жөніндегі нұсқаулықта, ең көп ұстау уақыты өндірушінің ұсынымдарына сәйкес көрсетілген</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдарды перфорацияланған табандықта судың ағынымен шаю (қүралдарға арналған жуу ваннасы болғанда). ОСБ-ға немесе жуу-дезинфекциялау үй-жайына тасымалдау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдар ылғалды күйінде (шаюдан кейін) немесе ерітіндіде (шайылмай) тасымалданады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІ. Дезинфекциялаумен біріктілген стерилдеу алдындағы тазалау*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зарарсыздандыру және мүмкіндігінше барынша тазалау мақсатында жуу-дезинфекциялау үй-жайында немесе ОСБ-да жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерітіндіге құралды толық батыру. Көп қолданылатын құралдардың арналары мен ішкі қуыстары (болған жағдайда) мәжбүрлеп толтырылады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дезинфекциялық ұстау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перфорацияланған табандығы бар контейнерлер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерштар, щеткалар, саптамасы бар жуу пистолеті, сулықтар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндоскоп құралдарына арналған САТ + Д қолдану режимінде жуу қасиеттері бар дезқұрал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дезинфекциялау құралының жұмыс ерітіндісін қолдану режимін: шоғырлануын (ерітіндіні дайындау кезінде өлшеу сыйымдылығын пайдалану кезінде), температураны (термометермен бақылау), дезинфекциялық ұстау уақытын (таймермен бақылау) сақтау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сулықтар, щеткалар және ерштар көмегімен сол ерітіндіде тазалау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыз су сапасындағы су құбыры суы. Дистилденген су</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Су құбыры суымен шаю, сонымен бірге ішкі қуыстарды және арналарды мәжбүрлеп шаю. Дистилденген сумен шаю.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаюға арналған су порциясы қатаң түрде бір рет пайдаланылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза сулықтар, ауа пистолеті көмегімен кептіру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таза материал.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауа пистолеті.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кронштейн немесе ұзын құралдарды кептіруге арналған әмбебап құрал.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұзын бұйымдар қаптамалау алдында жайылған күйінде кронштейнде кептіріледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тазарту сапасына сынамалар (азопирам, фенолфталеин немесе осы мақсаттар үшін регламенттелген сынамалар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық тесттер. Майлау.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдардың функциясын бақылау және ұстау үшін жүргізіледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерилизаторға салу алдында қаптамалау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таңдалған стерильдеу әдісіне сәйкес келетін қаптама материалдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралдың сақталуын қамтамасыз ету үшін өндіруші ұсынған стерильдеу контейнерлері пайдаланылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Стерильдеу</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Эндоскопиялық бөлімшенің стерильдеу үй-жайында, ОСБ-да жүргізіледі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қол тәсілімен химиялық құралдар ерітіндісінде:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- стерильдеу құралы ерітіндісіне толық батыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- стерильді сумен шаю;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- стерильді материалмен кептіру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерильді контейнерлер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Оттекті белсенді немесе құрамында альдегид бар химиялық заттар топтарынан стерильдеу құралы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Химиялық индикаторлар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Таймер.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Термометр.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаюға арналған стерильді су.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерильді материал</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерильдеу параметрлеріне бақылау жүргізіледі (шоғырлануы және ерітінді температурасы, стерильдеу ұстау уақыты).</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құралмен болатын барлық әрекеттер стерильдеу құралынан алғаннан кейін асептикалық жағдайда жүргізіледі. Стерильді контейнер және шаюға арналған стерильді су порциясы бір рет пайдаланылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бу, газ стерилизаторларында (этиленоксид, формальдегидті қолдану арқылы), сондай-ақ сутегі асқын тотығының буы қолданылатын стерилизаторларда (плазмалықты қоса алғанда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерилизатор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стерилизатордың жұмыс бағдарламасында көзделген стерильдеу режимін таңдау нақты медициналық бұйым өндірушісінің ұсынымдарын есепке ала отырып жүзеге асырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір мезгілде жуу және дезинфициялау қасиеттері жоқ құралдарды пайдаланған кезде стерильдеу алдында тазарту және дезинфекциялау процестері дербес жүргізіледі (біріктірілмей).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Дербес процесс түрінде және дезинфекциялаумен біріктіріп стерильдеу алдында тазарту тиісті қолдану режимі әзірленген және нұсқаулықта көрсетілген механикаландырылған тәсілмен ультрадыбыстық қондырғыларда (бұдан әрі – УДҚ) жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Құралдарды тазалау және дезинфекциялау процестері механикаландырылған тәсілмен толық көлемде арнайы ЖДМ-да орындалады. Тазалау және дезинфекциялау құралдарын таңдау құралдар мен ЖДМ өндірушілерінің ұсынымдары негізінде айқындалады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z297" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Өңеш датчиктері арқылы ультрадыбыстық өңдеу алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Процесс/кезеңдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қол тәсілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Механикаландырылған тәсіл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ААТ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Датчиктің енгізілетін бөлігін жуу құралына батырылған сулықпен тазалау. Датчиикті жүйеден ажырату және датчикке қосылған немесе оған киілген барлық керек-жарақтарды алып тастау. Датчикті құрғақ сулықпен сүрту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚТ/ҚТ+Д</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Датчикті өндіруші белгілеген белгіге дейін құралға арналған нұсқаулықта көрсетілген уақытқа жуу және дезинфекциялау құралдарының ерітіндісіне батыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тазалауға арналған сулықты пайдалану.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыз су сапасындағы сумен шаю. Таза сулықпен кептіру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖДМ пайдалану.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Датчикті өндірушінің белгісіне дейін батыруды қамтамасыз ету.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚТ және ЖДД-ны қамтитын толық циклды орындау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ЖДД</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Датчикті өндіруші нұсқаулығында көрсетілген белгіге дейін дезинфекциялық ұстау уақытына ЖДД үшін құралдардың ерітіндісіне салу.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Асептикалық ортада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Датчиктің батырылмайтын бөліктері құрғақ күйде қалады, ол үшін оларды химиялық құралдардың ерітіндісіне батырылатын және сумен шайылатын бөліктерден жоғары ұстайды.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z298" w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Стерильді емес эндоскопиялық араласуларды жүргізумен байланысты инфекциялардың профилактикасы жөніндегі шараларды ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскопты өңдеуді арнайы бөлінген, оқытудан өткен медицина персоналы жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Медициналық ұйымда эндоскоптарды өңдеумен айналысатын медицина персоналын үздіксіз оқыту жүйесі жасалады (жұмысқа тұрған кезде жұмыс орнында бастапқы оқыту, эндоскоптардың жаңа модельдерін өңдеу рәсіміне оқыту, жаңа ЖДМ-ды пайдалануға енгізген кезде эндоскопты механикаландырылған тәсілмен өңдеу рәсімдеріне оқыту, 5 жылда бір рет бағдарламалар бойынша біліктілікті арттыру).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Стерильді емес эндоскопиялық араласулар орындалатын медициналық ұйым эндоскоптар мен олардың құралдарының қажетті көлемімен, эндоскоптарды тазалауға және сақтауға арналған жабдықтармен, тазалау, дезинфекциялау құралдарымен, ЖДД және шығыс материалдарымен жарақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Нақты медициналық ұйым жағдайында эндоскоптардың саны жұмыс жүктемесі, эндоскопиялық араласу жүргізудің жиынтық уақыты және эндоскопты өңдеудің толық циклы негізінде айқындалады. Әртүрлі модельдегі эндоскоптардың болжамды саны (гастроскоптар, колоноскоптар, бронхоскоптар, дуоденоскоптар) араласулардың жоспарланған санын орындау үшін мынадай формула бойынша есептеледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      h = n × (a + b) : c, мұнда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      a - белгілі модельдегі эндоскопты өңдеудің толық циклы ұзақтығының орташа мәні, мин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      b - осы модельдегі эндоскоптармен орындалатын араласудың орташа ұзақтығы, мин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      c - осы модельдегі эндоскоптармен эндоскопиялық араласулар орындалатын жұмыс ауысымының ұзақтығы, мин;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      n - жоспарланған немесе осы модельдегі эндоскоптармен іс жүзінде орындалған араласулар саны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      h - алынған мән. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      а және b мәндері эндоскоптың әрбір моделі үшін эндоскоптарды өңдеудің бірнеше циклдарының немесе тиісінше оларды пайдалану арқылы жүргізілген эндоскопиялық араласулардың ұзақтығы хронометражы жолымен айқындалады. Алынған h мәні үлкен жағына қарай бүтін мәнге дейін дөңгелектеледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жүктеме үлкен болғанда (бір мезгілде бір түрдегі үш немесе одан көп эндоскоп өңделеді) ЖДМ пайдалану міндетті болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z299" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Стерильді емес араласуларға арналған эндоскоптарды және олардың құралдарын өңдеу сапасына жоспарлы микробиологиялық бақылау жүргізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскоптарды өңдеу сапасын бақылау микробиологиялық әдіспен жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Толық өңделген және кептірілген эндоскоптан шайынды сынамаларын жоспарлы алу тоқсан сайын жүзеге асырылады. Сынамаларды зертханашы немесе бөлімшенің мейіргерінің көмегімен микробиолог-дәрігер алады. Биопсиялық арна, енгізілетін түтік, клапандар және клапан ұялары бақылауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскоптың енгізілетін түтігінің сыртқы бетінен шайындылар алу стандартты әдістеме бойынша стерильді дистилденген суға батырылған стерильді тампондармен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әрбір клапанның барлық беттерінен (сыртқы беттері, қуыс кеңістіктер мен өтпелі саңылаулардың беттері) шайындылар бір тампонмен алынады. Клапан ұяларының беттерінен шайындылар цилиндрдің барлық беттерін қамти отырып, тампонмен айналдыра қозғалтып алынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскоптың өңдеудің толық циклының тиімділік өлшемшарты ішек таяқшасы тобы бактерияларының, алтын түстес стафилококктың, көкіріңді таяқшаның, өңезді және ашытқы грибоктарының, сондай-ақ басқа шартты- патогенді және патогенді микроорганизмдердің өсуінің болмауы болып табылады. Бұл ретте эндоскоптың биопсия арнасының жалпы микробтық тұқымдалу көрсеткіші - 100 КОЕ/мл-ден аз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Микроорганизмдер анықталса немесе биопсия арнасының микроорганизмдермен тұқымдалуы ≥ 100 КОЕ/мл көлемде болса, өңдеу қанағаттанарлықсыз деп танылады. Эндоскоп өңдеудің толық циклынан өтеді және сынамалары бақылауға алынады. Микробиологиялық зерттеулердің нәтижесі қайтадан қанағаттанарлықсыз болғанда және эндоскопты өңдеу технологиясында анықталған бұзушылықтар болмағанда оның техникалық дұрыстығын тестілеу үшін сервистік орталыққа жүгіну ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскопты өңдеу сапасын жоспардан тыс микробиологиялық бақылау эпидемиологиялық көрсетілімдер бойынша жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ЖДМ-ды өздігінен дезинфекциялаудың сапасын микробиологиялық бағалау жарты жылда бір реттен сиретпей жүргізіледі. Машинаның әр түрлі учаскелерінен (ванна, су және ауа беру түтікшелері, штуцерлер), өздігінен дезинфекциялау циклы тікелей аяқталғаннан кейін стерильді дистилденген суға батырылған тампондармен алынады. Тиімділік өлшемшарты - зерттелген шайынды үлгілерінде микроорганизмдердің вегетативті түрлерінің өсуінің болмауы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильдікке бақылауға жататын эндоскоп құралдары стерильдеу жүзеге асырылған қаптамада микробиологиялық зертханаға жолданады. Стерильдеудің тиімділік өлшемшарты - микроорганизмдер өсуінің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z300" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Эндоскопиялық бөлімшеде және кабинетте профилактикалық дезинфекциялау жүргізуге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильді емес эндоскопиялық араласуларға арналған манипуляциялық және жуу-дезинфекциялау үй-жайларында жинау және дезинфекциялау ластануына қарай қарай, бірақ ауысымына бір реттен немесе күніне 2 реттен сиретпей жүргізіледі. Жалпы соматикалық бейіндегі медициналық ұйымда осы мақсатта вирустардың, бактериялар мен Candida түріндегі грибоктардың жойылуын қамтамасыз ететін режим бойынша; туберкулез бейініндегі медициналық ұйымдарда - микобактериялардың жойылуын қамтамасыз ететін режим бойынша, басқа инфекциялық стационарларда - барынша тұрақты коздырғыштың (вирустар, туберкулез микобактериясы немесе стационар бейініне сәйкес микроорганизмдердің) жойылуын қамтамасыз ететін режим бойынша дезинфекциялау құралдары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскопиялық манипуляциялық үй-жайда әрбір пацинеттен кейін зерттеуге арналған кушетканың (үстелдің) және олармен жанасқан қосымша эндоскопиялық жабдықтың беті қысқа уақыт дезинфекциялауда ұсталатын құралдармен зарасыздандырылады. Әрбір пацинет үшін кушеткаға (үстелге) таза жайма төселеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жуу ванналары сүрту тәсілімен дезинфекцияланады, ал эндоскоп арналарын өңдеуге арналған қосалқы құралдар - әр эндоскопты қорытынды тазалау процесі аяқталғаннан кейін батыру тәсілімен (дезинфекциялаумен біріктірмей) дезинфекцияланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жұмыс ауысымының соңында жуу-дезинфекциялау үй-жайында:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қорытынды және стерильдеу алдындағы тазалауға, ЖДД-дан кейін эндоскоптарды шаюға арналған барлық сыйымдылықтар мен жуу ванналары, медицина персоналының қолын жууға арналған раковиналар, барлық көлденең беттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) аспирациялық банка және жалғағыш түтіктер. Аспирациялық банка биологиялық ластануды бекітетін қасиеттері жоқ құрал ерітіндісіне толық батырылып дезинфекцияланады, содан кейін ерштармен және щеткалар көмегімен тазартылады. Түтіктерді тазалау және дезинфекциялау ОСБ-дегі ЖДМ-да жүргізу ұсынылады. ЖДМ болмаған жағдайда түтіктерді өңдеу ерітіндіні айдауға арналған құралдарды (мысалы, помпа, шприц) пайдалана отырып, қол тәсілімен оттегі белсенді құралдарының ерітіндісінде жүргізіледі. Өңдеу түтіктердің бүтіндігін тексерумен және таза материалды, помпаны немесе ауа пистолетін пайдалану арқылы кептірумен аяқталады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) линзаларды тазалауға арналған су сыйымдылығы (контейнер, банка), оның қақпағы және жалғағыш түтіктері жұмыс ауысымының соңында тазалауға, кептіруге және стерильдеуге жатады. Қақпағы және жалғағыш түтіктері ерштар мен щеткаларды пайдалана отырып тазаланады, содан кейін мұқият кептіріледі, қапталады және стерилденеді. Эндоскопиялық зерттеуді бастау алдында стерильді банка стерильді сумен толтырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қорытынды тазалау процесінде пайдаланылған помпаның су-ауа контуры вирустардың, бактериялар мен Candida түріндегі грибоктардың жойылуын қамтамасыз ететін режим бойынша қолданылатын дезинфекциялау құралының ерітіндісін үздіксіз айдау тәсілімен дезинфекцияланады (туберкулез бейініндегі медициналық ұйымдарда - микобактериялардың жойылуын қамтамасыз ететін режим бойынша), содан кейін қолданылған құралдың нұсқаулығында көрсетілген уақыт ішінде сумен жуылады және ауамен үрленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Эндоскопиялық бөлімшеде (кабинетте) эндоскоптарды өңдеу сапасын ішкі бақылау бағдарламасын әзірлеу және енгізу</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскопиялық бөлімшеде (кабинетте) эндоскоптарды өңдеу сапасын ішкі бақылау бағдарламасы әзірленеді. Бағдарламаға мыналар кіреді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ҚТ/ҚТ+Д процесін инфекциялық бақылауды, оның ішінде эндоскопиялық жабдықты өңдеу сапасын инфекциялық бақылауды ұйымдастыруға және жүргізуге жауапты адам тарапынан мерзімдік (ай сайынғы) көзбен шолып тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы мақсаттар үшін регламенттелген тесттерді пайдалана отырып, эндоскоптарды тазалау сапасын және химиялық индикаторларды пайдалана отырып, көп рет қолданылатын ЖДД жұмыс ерітіндісінде әрекет ететін заттың шоғырлануын аға мейіргер тарапынан апта сайын тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) эндоскоптарды өңдеудің толық циклының сапасын (тоқсан сайын) және ЖДМ-ды өзіндік дезинфекциялау сапасын микробиологиялық бағалау (жылына 2 рет); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эндоскоптарға профилактикалық және техникалық қызмет көрсету кестесін әзірлеу және енгізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ЖДМ техникалық қызмет көрсету кестесін жасау (су, ауа сүзгілерін ауыстыру және эндоскопты тазарту сапасын валидациялау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) эндоскопиялық бөлімше (кабинет) персоналының қол гигиенасы, стерильді емес (стерильді) қолғаптарды, басқа ЖҚҚ-ны пайдалану қағидаларын сақтауын бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) персоналдың эндоскоптарды тазалау кезінде микробтық аэрозольдердің түзілуін болдырмаудың техникалық әдістерін, шаншып-кесетін құралдармен, медициналық қалдықтармен қауіпсіз жұмыс істеу рәсімдерін меңгеруін тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) персоналдың авариялық жағдайларды жоюға (химиялық заттардың немесе биологиялық сұйықтықтардың төгілуі, биологиялық сұйықтықтың денеге түсуі, стерильді емес құралдармен жарақаттану) дайындығын тексеру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z301" w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Стерильді эндоскопиялық араласуларды жүргізуге арналған иілгіш эндоскоптарды өңдеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="275"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильді эндоскопиялық араласуларды жүргізуге арналған иілгіш эндоскоптарды пайдаланылғаннан кейін өңдеу мынадай ретпен жүзеге асырылады: алдын ала тазарту; дезинфекциялаумен біріккен стерильдеу алдында тазарту; стерильдеу; микроорганизмдермен қайталама контаминацияны болдырмайтын жағдайларда сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Иілгіш эндоскоптарды алдын ала, стерильдеу алдында тазарту, дезинфекциялаумен біріккен тазарту процесі стерильді емес араласуларға арналған эндоскоптар үшін қойылатын талаптарға сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иілгіш эндоскоптарды стерильдеу химиялық ерітінділерде қол немесе механикаландырылған тәсілдермен температурасы төмен стерилизаторларда жүргізіледі, олар эндоскоптың нақты моделі үшін (арналардың материалдары, мөлшері, ұзындығы және диаметрі) пайдалануға шектеулер жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қол тәсілімен эндоскоптарды стерильдеу процесі мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дезқұралдардың біреуінің ерітіндісінде эндоскопты толық батыру және адаптерлер арқылы (жуу түтіктері) арналарын мәжбүрлеп толтыру, сондай-ақ сыртқы беттерінен ауа көпіршіктерін кетіру арқылы стерильдік ұстау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нақты стерильдеу құралын қолдану жөніндегі нұсқаулыққа сəйкес эндоскопты стерильді сумен шаю. Ішкі арналар адаптерлер, жуу түтіктері арқылы шайылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) стерильді су және суға арналған стерильді контейнерлер бір рет пайдаланылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) эндоскоптың сыртқы беттері стерильді сулықтармен, арналары - ауа қысымымен немесе ауаны аспирациялаумен кептіріледі. Арналарды спиртпен қосымша кептіру жүргізілмейді. Стерильдеу құралдарының қалдықтарынан жуылған және кептірілген бұйымдар стерильді шүберек төселген стерильді стерильдеу қорабына салынады. Стерильденген бұйымдарды жол берілетін сақтау мерзімі 72 сағаттан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z302" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Стерильді операциялық араласуларға арналған қатты эндоскоптарды өңдеу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильді операциялық араласуларға арналған қатты эндоскоптарды өңдеу мынадай процестерді қамтиды: алдын ала тазарту, дезинфекциялаумен біріккен стерильдеу алдындағы тазалау, стерильдеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қатты эндоскоптарды және олардың керек-жарақтарын дезинфекциялаумен біріккен стерильдеу алдындағы тазалау қол тәсілімен немесе ЖДМ-да механикаландырылған тәсілмен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскопты қол тәсілімен өңдеу кезінде дезинфекциялаумен біріккен стерильдеу алдындағы тазалау процесі мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) эндоскопты ерітіндіге толық батыру және арналарын мәжбүрлеп толтыру арқылы жуу-дезинфекциялау ерітіндісінде дезинфекциялық ұстау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) щеткалар мен тиісті көлемдегі сым тазартқыштарының көмегімен эндоскоптың ішкі арналарын және алмалы-салмалы бөлшектерін механикалық тазалау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ішкі арналарын арнайы құраллардың (бүркіп жуу түтіктері, жуу шприцтері немесе саптамасы бар жуу пистолеті) көмегімен жуу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) эндоскопты, оның ішінде арналарын арнайы құралдар көмегімен ауыз су сапасындағы сумен және дистилденген сумен шаю; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскоптың сыртқы беттері жұмсақ шүберекпен, арналары - ауа пистолетінің көмегімен ауамен кептіріледі. Егер өндірушінің нұсқаулығында көрсетілсе, оптикалық беттер қосымша 70% спиртпен кептіріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Механикаландырылған тәсілмен дезинфекциялаумен біріккен стерильдеу алдындағы тазалау ЖДМ-да эндоскопиялық жабдық өндірушісі рұқсат еткен химиялық құралдармен немесе химиялық құралдармен және термиялық әдіспен орындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дезинфекциялаумен біріккен стерильдеу алдындағы тазалау аяқталғаннан кейін тазалау сапасы тексеріледі; пайдалану жөніндегі нұсқаулыққа сәйкес функционалдық тесттер жүргізіледі, бейненің сапасы тексеріледі, эндоскоптың қозғалатын бөліктерінің шүмектері мен топсалы механизмдері майланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Автоматты стерильдеу циклының алдында эндоскоп мұқият кептіріледі және таңдалған стерильдеу әдісі үшін ұсынылған стерильді контейнерге салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскопты қол тәсілімен стерильдеу процесі стерильді эндоскопиялық араласуларға арналған иілгіш эндоскоптарды стерильдеу процесіне ұқсас жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бейнекамераны басқару блогын және бейнебастиек блогын (оптикалық адаптермен (объектив) интеграцияланған бейнебастиек блогын, бұрандалы қосылысы және оптикалық адаптері бар немесе онсыз бейнебастиек, сондай-ақ оптикалық адаптердің өзі) өңдеу желілік штекер ажыратылғаннан кейін тез арада басталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бейнекамераны басқару блогы құрамында альдегидтер, спирттер және (немесе) биологиялық ластануды бекітетін компоненттер жоқ дезинфекциялау құралына батырылған бір реттік сулықпен сүртіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бейнебастиек, объектив және бейнебастиек кабелі сынуын және жарылуын көзбен шолып тексеруден кейін бейтарап жуу құралының ерітіндісінде алдын ала тазартудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскопиялық жабдықты дезинфекциялаумен біріккен стерильдеу алдындағы тазалау процесі мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дезинфекциялау ұстау уақытында жуу-дезинфекциялау ерітіндісіне батыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бейнебастиектен және объективтен жұмсақ щеткамен (шүберекпен) ластануды кетіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дистилденген сумен шаю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскопиялық жабдықты стерильдеу өндірушінің ұсынымдарына сәйкес бу, газ немесе плазма әдістерімен жүргізіледі. Стерильдеу алдында камераның оптикасының және штекерінің тазалығына тексеру, шыны беттерді кептіру 70% спиртпен, зақымдалудың болуын қарап тексеру жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Бейнебастиек пен кабельдің сақталуын арттыру үшін бір рет қолданылатын қаптарды пайдалану алдында операциялық араласуларды жүргізу уақытында бұл медициналық бұйымдар өндірушінің нұсқаулығына сәйкес барлық өңдеу процестерінен өтеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Шыныталшықты (сұйық) жарық өткізгіштерді дезинфекциялаумен біріккен стерильдеу алдындағы тазалау қол немесе механикаландырылған тәсілдермен жүргізіледі. Стерильдеу алдында шыны беттер қосымша 70% спиртпен кептіріледі, функционалдық тест жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шыныталшықты жарық өткізгіштер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бу, газ және плазма әдістерімен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      спороцидтік шоғырланудағы құрамында альдегид бар, белсенді оттектік және кейбір хлорлы құралдардың ерітінділерімен стерильденеді. Сұйық жарық өткізгіштерін газ әдісімен немесе химиялық заттардың ерітінділерінде стерильденеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сорғыштардың (жуу сорғысының немесе помпасының) керек-жарақтары болып табылатын аспирациялық банкалар және көп реттік силикон түтіктердің жиынтығын дезинфекциялаумен біріккен стерильдеу алдындағы тазалау әрбір эндоскопиялық операциядан кейін қол немесе механикаландырылған тәсілмен, стерильдеу - өндіруші ұсынған режим бойынша бу әдісімен жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Помпа желіден ажыратылғаннан кейін құрамында спирт жоқ, дезинфекциялау құралының ерітіндісіне батырылған сулықпен сүртіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Инсуффляциялық аспапты керек-жарақтарымен бірге өңдеу мынадай ретпен жүргізіледі: аспап желіден ажыратылғаннан кейін құрамында спирт жоқ, дезинфекциялау құралының ерітіндісіне батырылған сулықпен сүртіледі. Пайдаланылған бір реттік бактерияға қарсы СО2-газды сүзгілер Б сыныбындағы медициналық қалдықтарға жатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көп реттік силикон түтіктер жиынтығы мыналардан өтеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жуу құралының ерітіндісінде алдын ала тазарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) түтіктердің ішкі қуыстарын жуу-дезинфекциялау құралының ағынымен кедергісіз жуу үшін арнайы құралдарды пайдалана отырып, қол немесе механикаландырылған тәсілмен дезинфекциялаумен біріккен стерильдеу алдындағы тазалау; қол тәсілімен өңдеу кезінде қуыс кеңістіктерді щеткамен механикалық тазалау міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) дистилденген сумен шаю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ішкі қуыстарды ауамен және сыртқы беттерді шүберекпен кептіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) герметикалығын қарау және тексеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) бу әдісімен стерильдеу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Артроскопияға арналған түтіктер жиынтығы бір рет пайдаланылады және қайта өңдеуге жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Эндоскоп жабдықтарын хирургиялық эндоскопиялық араласуларға дайындау кезінде пациенттерге инфекцияны жұқтыруды және аспаптың контаминациясын болдырмау мақсатында әрбір операцияға инсуффляцияға арналған ағытпада бір реттік стерильді бактерияға қарсы СО2-газды сүзгі орнатылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерилденген эндоскоптар мен олардың құралдарын сақтау мерзімі таңдалған стерильдеу әдісімен, қаптама материалының түрімен және жарамдылық мерзімімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z303" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Стерильді араласуларға арналған эндоскоптар мен құралдарды өңдеуге қойылатын талаптар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильді эндоскопиялық араласулар медициналық ұйымдардның операциялық, кіші операциялық немесе бейінді хирургиялық бөлімшелердің манипуляциялық эндоскопиялық үй-жайларында жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Эндоскопиялық жабдықты (қатты эндоскоп, бейнекамера бастиегі, жарық өткізгіш, сорғыш (жуу) сорғы, инсуффляция аспабы, силикон түтіктер жиынтығы, құралдар) алдын ала тазарту операциялық араласу аяқталғаннан кейін хирургиялық құрал-саймандарды алдын тала тазалау жүргізілетін аймақта жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Иілгіш эндоскоптар мен олардың құралдарын алдын ала тазарту эндоскопиялық манипуляциялық үй-жайда араласу аяқталғаннан кейін тез арада жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильді манипуляцияларға арналған эндоскоптарды және құралдарды дезинфекциялаумен біріккен стерильді алдын ала тазарту операциялық блоктың құралдарды бөлшектеу және жуу үй-жайында, хирургиялық бөлімшенің жуу-дезинфекциялау үй-жайында, ОСБ-да жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильді араласуларға арналған эндоскоптар мен құралдарды стерильдеу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) қол тәсілімен операциялық блоктың немесе хирургиялық бөлімшенің стерильдеу үй-жайында (Б тазалық сыныбы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) операциялық блоктың, хирургиялық бөлімшенің, ОСБ стерильдеу үй-жайында (Б тазалық сыныбы) стерильдеу жабдығын пайдалана отырып механикаландырылған тәсілмен жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Стерильденген эндоскоптар мен құралдар асептикалық жағдайда сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Стерильді эндоскопиялық араласулар жүзеге асырылатын үй-жайларды жинау және дезинфекциялау әрбір араласудан кейін жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Күрделі жинау - аптасына 1 рет. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дезинфекциялауды,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дезинсекциялауды және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дератизациялауды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдастыруға және жүргізуге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын санитариялық-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпидемиологиялық талаптар"</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санитариялық қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z305" w:id="278"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кеміргіштердің санын есепке алу</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z307" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Кеміргіштерді есепке алу егеуқұйрықтар мен тышқандар популяцияларының жағдайын бағалау үшін олардың көбеюі кезеңінде - наурыз-сәуір және қазан-қараша айларында, саны барынша көп болған кезде ашық стациялардан құрылыстарға қоныстануына дейін жылына екі рет жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Есепке алу екі кезеңмен жүргізіледі. Кеміргіштердің құрылыстарда қоныстану қарқындылығын алдын ала бірінші бағалау үшін есепке есепке алу кезінде кеміргіштер болған барлық құрылыстар кіреді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z308" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Бірінші кезеңде қоныстану қарқындылығын алдын ала бағалау үшін құрылыстарға қойылған ұннан жасалған қармақ жем немесе тальк бар алаңдарды пайдаланады, егер олардың саны жеткіліксіз болса, жаңа алаңдарға қояды. Құрылыстардың ауданы 1000 м2 дейін алаңдарында қабырғалардың бойымен әр 4-5 метр сайын, ауданы үлкендеу құрылыстарда сиретіп, әр 8-10 метр сайын қояды. Алаңдарды құрылыстардың барлық ауданы бойынша емес, тек кеміргіштердің болуы мүмкін үй-жайларға: жертөлелерге, еден астына, қоймаларға, қосалқы үй-жайларға, ас блоктарына, бірінші және екінші қабаттардағы пәтерлерге, ал қара егеуқұйрық есепке алынған жағдайда шатырдың астына қояды. Қоныстану қарқындылығын кеміргіштер болған барлық алаңдар санын іздер табылған құрылыстардың жалпы ауданына бөлу жолымен анықтайды және мынадай шкала бойынша бағалайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеміргіштер мекендеген құрылыстардың 1000 ш.м-не кеміргіштердің алаңға баруы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көп</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орташа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,0-ден жоғары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5,0-1,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0-ден кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мысалы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17 алаң X = ------------------ = 1,7 (орташа) 10,0 мың м2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z309" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Есепке алудың екінші кезеңін алаңдарды есепке алу кезінде іздер анықталған барлық үй-жайдасыққыштардың көмегімен жүргізеді. Егеуқұйрықтар қоныстанған үй-жайларда әр 20 м2-ге бір егеуқұйрыққа арналған қапқан қояды, тышқандар қоныстанған үй-жайларда әр 10 м2-ге 1 қақпан қояды. Кеміргіштердің іздері анықталмаған үй-жайларға қақпандар қойылмайды. Күнтізбелік үш күн ішінде барлық сыққыштарды күніне бір рет қарап тексереді, ұсталған кеміргіштерді жинайды, желінген қармақ жемді (өсімдік майы қосылған нанды) ауыстырады. Кеміргіштердің әр түрінің санын былайша жеке анықтайды: бір түрдегі ұсталған кішкене аңдардың жалпы санын осы аңдар ұсталған құрылыстардың жиынтық ауданына бөледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z306" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Әр түрдің санын мынадай шкала бойынша бағалайды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...101 lines deleted...]
-Жеке кезеңдерді және (немесе) барлық өңдеу процесін тиімді орындау шарттары</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кеміргіштер мекендеген құрылыстардың 1000 ш.м-де ұсталған аңдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
+Көп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+Орташа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3</w:t>
+              <w:t xml:space="preserve">
+Аз </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...40 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Құралдан ірі ластарды сулықпен (тампонмен) кетіру</w:t>
+1,0-ден жоғары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...101 lines deleted...]
-Шприц немесе арналарды жууға арналған әмбебап құрал</w:t>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0-0,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...1501 lines deleted...]
-Бір мезгілде жуу және дезинфициялау қасиеттері жоқ құралдарды пайдаланған кезде стерильдеу алдында тазарту және дезинфекциялау процестері дербес жүргізіледі (біріктірілмей).</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,5-ден кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>
+      Мысалдар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">
-      Дербес процесс түрінде және дезинфекциялаумен біріктіріп стерильдеу алдында тазарту тиісті қолдану режимі әзірленген және нұсқаулықта көрсетілген механикаландырылған тәсілмен ультрадыбыстық қондырғыларда (бұдан әрі – УДҚ) жүргізіледі. </w:t>
+      5 сұр егеуқұйрық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      X, = ---------------- = 1000 ш.м-ге 0,8 сұр егеуқұйрық (орташа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Құралдарды тазалау және дезинфекциялау процестері механикаландырылған тәсілмен толық көлемде арнайы ЖДМ-да орындалады. Тазалау және дезинфекциялау құралдарын таңдау құралдар мен ЖДМ өндірушілерінің ұсынымдары негізінде айқындалады. </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> 6. Өңеш датчиктері арқылы ультрадыбыстық өңдеу алгоритмі</w:t>
+      6,1 мың ш.м2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9 үй егеуқұйрығы </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Х2= --------------- = 1000 ш.м-де 0,6 үй егеуқұйрығы (орташа) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14,6 мың ш.м2</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z310" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Ашық стацияларда есепке алуды кеміргіштердің құрылыстан тыс популяциясының (егеуқұйрықтар, тышқандар және басқа түрдегі кеміргіштер) жағдайын анықтау және құрылыстарды кеміргіштердің сырттан келуінен қорғау шараларын қабылдау үшін кеміргіштердің құрылыстарға миграциясына дейін жүргізеді. Есепке алуды жүргізгенге дейін ашық аумақ учаскелерін көзбен шолып тексереді және егеуқұйрықтар мен тышқандарға бөлек сыққыштарды сызықпен қоятын жерлерді белгілейді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="283"/>
-    <w:tbl>
-[...621 lines deleted...]
-        <w:t xml:space="preserve"> 7. Стерильді емес эндоскопиялық араласуларды жүргізумен байланысты инфекциялардың профилактикасы жөніндегі шараларды ұйымдастыру</w:t>
+    <w:bookmarkStart w:name="z311" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Есепке алуды жүргізу орындарының санын тексерілуі болжанатын ашық аумақтың әр 5 га-на бір тәулікке 100 қақпан есебінен (жүз қақпан-тәулігіне) анықтайды. Ауданға бөлінбейтін елді мекенде немесе ірі қаланың әр ауданында есепке алуды екі-үш жерде (200-300 қақпан-тәулігіне) жүргізеді. Қақпандарды сызық бойымен бір-бірінен 5 м арақашықтықта, күннің екінші жартысында немесе кешке қояды, таңертең ерте қарайды және алады. Бірінші және екінші есепке алу тәуліктерінде таңертең тексеру арқылы 50 қақпанды 2 тәулікте қоюға болады. Бірінші тексеруден кейін қақпандардағы наннан жасалған қармақ жемді жаңасына ауыстырады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z312" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Кеміргіштердің әр түрінің санын (ұсталу пайызын) мына формула бойынша анықтайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Эндоскопты өңдеуді арнайы бөлінген, оқытудан өткен медицина персоналы жүргізеді. </w:t>
-[...17 lines deleted...]
-      Медициналық ұйымда эндоскоптарды өңдеумен айналысатын медицина персоналын үздіксіз оқыту жүйесі жасалады (жұмысқа тұрған кезде жұмыс орнында бастапқы оқыту, эндоскоптардың жаңа модельдерін өңдеу рәсіміне оқыту, жаңа ЖДМ-ды пайдалануға енгізген кезде эндоскопты механикаландырылған тәсілмен өңдеу рәсімдеріне оқыту, 5 жылда бір рет бағдарламалар бойынша біліктілікті арттыру).</w:t>
+      Барлық ұсталған кеміргіштер х 100 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Стерильді емес эндоскопиялық араласулар орындалатын медициналық ұйым эндоскоптар мен олардың құралдарының қажетті көлемімен, эндоскоптарды тазалауға және сақтауға арналған жабдықтармен, тазалау, дезинфекциялау құралдарымен, ЖДД және шығыс материалдарымен жарақталады. </w:t>
+      Х = -------------------------------------- </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Барлық қақпан-тәулігіне</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мысалы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Нақты медициналық ұйым жағдайында эндоскоптардың саны жұмыс жүктемесі, эндоскопиялық араласу жүргізудің жиынтық уақыты және эндоскопты өңдеудің толық циклы негізінде айқындалады. Әртүрлі модельдегі эндоскоптардың болжамды саны (гастроскоптар, колоноскоптар, бронхоскоптар, дуоденоскоптар) араласулардың жоспарланған санын орындау үшін мынадай формула бойынша есептеледі: </w:t>
-[...89 lines deleted...]
-      n - жоспарланған немесе осы модельдегі эндоскоптармен іс жүзінде орындалған араласулар саны;</w:t>
+      8 сұр егеуқұйрық х 100 800 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      h - алынған мән. </w:t>
-[...232 lines deleted...]
-        <w:t xml:space="preserve"> 9. Эндоскопиялық бөлімшеде және кабинетте профилактикалық дезинфекциялау жүргізуге қойылатын талаптар</w:t>
+      X = ----------------------------- =100 қақпан-тәулігіне 2.7 сұр егеуқұйрық </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      150 қақпан х 2 тәулік = 300</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z313" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Алынған нәтижелерді алдыңғы есепке алу деректерімен салыстыру осы түрдің азаюын немесе көбеюін анықтауға мүмкіндік береді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="286"/>
-    <w:p>
-[...1384 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35048,1360 +37358,126 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>дезинсекциялауды және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>дератизациялауды</w:t>
+              <w:t>дератизациялауды ұйымдастыруға және жүргізуге</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ұйымдастыруға және жүргізуге</w:t>
+              <w:t>қойылатын санитариялық-</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>қойылатын санитариялық-</w:t>
+              <w:t>эпидемиологиялық талаптар"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>эпидемиологиялық талаптар"</w:t>
+              <w:t>санитариялық қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>санитариялық қағидаларына</w:t>
-[...12 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z305" w:id="290"/>
+    <w:bookmarkStart w:name="z315" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Кеміргіштердің санын есепке алу</w:t>
-[...1219 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Дезинфекциялау, дезинсекциялау және дератизациялау құралдары мен препараттарын өндіру, көтерме сатумен немесе оларды пайдаланумен байланысты қызметтерді көрсететін жеке және заңды тұлғалар үшін үй-жайлардың аудандары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. 11-қосымша жаңа редакцияда - ҚР Денсаулық сақтау министрінің 22.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -39083,68 +40159,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z317" w:id="300"/>
+    <w:bookmarkStart w:name="z317" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Дезинфекциялық препараттарды есепке алу журналы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -40841,55 +41917,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>