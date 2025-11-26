--- v0 (2025-10-11)
+++ v1 (2025-11-26)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d85b38e" w14:textId="d85b38e">
+    <w:p w14:paraId="198c563" w14:textId="198c563">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын, жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесін және оларды іріктеу өлшемшарттарын бекіту туралы</w:t>
+        <w:t>Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың, ғылыми жобалардың халықаралық конкурстарының және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесі мен оларды іріктеу өлшемшарттарын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 15 шiлдедегi № 326 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 20 шiлдеде № 28848 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың тақырыбы жаңа редакцияда – ҚР Оқу-ағарту министрінің 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Білім туралы" Қазақстан Республикасы Заңының 5-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>32) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -228,191 +266,249 @@
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қоса беріліп отырған:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) Соңғы үш жылдағы Жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын, жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесі осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес;</w:t>
+      1) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың, ғылыми жобалардың халықаралық конкурстарының және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын, жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесіне Іріктеу өлшемшарттары осы бұйрыққа </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес бекітілсін.</w:t>
+      2) осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың, ғылыми жобалардың халықаралық конкурстарының және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесіне Іріктеу өлшемшарттары бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Оқу-ағарту министрінің 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Оқу-ағарту министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Оқу-ағарту министрлігінің интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрық мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Оқу-ағарту министрлігінің Заң департаментіне осы тармақтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -427,91 +523,91 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2) тармақшаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Оқу-ағарту вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z10" w:id="9"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -845,95 +941,1390 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 326 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын, жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесі</w:t>
+        <w:t xml:space="preserve"> Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың, ғылыми жобалардың халықаралық конкурстарының және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Тізбенің тақырыбы жаңа редакцияда – ҚР Оқу-ағарту министрінің 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тарау. Жалпы білім беретін пәндер бойынша халықаралық олимпиадалар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиадалар атауы
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Математикадан халықаралық олимпиада (International Mathematical Olympiad (Интернейшэнал Математикал Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Физикадан халықаралық олимпиада (International Physic Olympiad (Интернейшэнал Физик Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Химиядан халықаралық олимпиада (International Chemistry Olympiad (Интернейшэнал Кэмистри Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Биологиядан халықаралық олимпиада (International Biology Olympiad (Интернейшэнал Байолоджи Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Географиядан халықаралық олимпиада (International Geography Olympiad (Интернейшэнал Джиографи Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Информатикадан халықаралық олимпиада (International Olympiad in Informatic (Интернейшэнал Олимпиад Ин Информатик)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лингвистикадан халықаралық олимпиада (International Linguistic Olympiad (Интернейшэнал Лингуистик Олимпиад)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тарау. Халықаралық спорттық жарыстар</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спорттық жарыстардың атауы
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Олимпиада ойындары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Паралимпиада ойындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сурдлимпиада ойындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жасөспірімдер Олимпиада ойындары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Олимпиадалық спорт түрлері бойынша Әлем чемпионаттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дүниежүзілік жазғы және қысқы гимназиада</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тарау. Халықаралық орындаушылардың конкурстары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -984,51 +2375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Олимпиадалар атауы
+Халықаралық конкурстардың атауы
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1062,51 +2453,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Математикадан халықаралық олимпиада (International Mathematical Olympiad (Интернейшэнал Математикал Олимпиад)</w:t>
+Петр Чайковский атындағы Халықаралық жасөспірімдер байқауы Мәскеу қаласы (Ресей Федерациясы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1139,51 +2530,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Физикадан халықаралық олимпиада (International Physic Olympiad (Интернейшэнал Физик Олимпиад)</w:t>
+Халықаралық жасөспірімдер вокалдық конкурсы Мәскеу қаласы (Ресей Федерациясы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1216,51 +2607,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Химиядан халықаралық олимпиада (International Chemistry Olympiad (Интернейшэнал Кэмистри Олимпиад)</w:t>
+Екатерина Максимова атындағы "Арабеск" ашық ресейлік балет әртістерінің байқауы, Пермь қаласы (Ресей Федерациясы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1293,51 +2684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Биологиядан халықаралық олимпиада (International Biology Olympiad (Интернейшэнал Байолоджи Олимпиад)</w:t>
+ World Dance Council, World DanceSport Federation (Уорлд Дэнс Каунсл, Уорлд Дэнс-Спорт Федирэйшн) Халықаралық жарыстар федерациясы және турнирлер, International Dance Sport Union (Интернейшэнал Дэнс Спорт Юнион) Әлем Кубогы және Әлем чемпионаты кезеңдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1370,51 +2761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Географиядан халықаралық олимпиада (International Geography Olympiad (Интернейшэнал Джиографи Олимпиад)</w:t>
+"Витебскідегі Славян базары" халықаралық өнер фестивалі (Беларусь Республикасы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1447,163 +2838,307 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информатикадан халықаралық олимпиада (International Olympiad in Informatic (Интернейшэнал Олимпиад Ин Информатик)</w:t>
+Бибігүл Төлегенова атыңдағы халықаралық вокалистер конкурсы (Алматы қаласы, Казақстан Республикасы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...65 lines deleted...]
-Лингвистикадан халықаралық олимпиада (International Linguistic Olympiad (Интернейшэнал Лингуистик Олимпиад)</w:t>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-ағарту министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2022 жылғы 15 шілдедегі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 326 бұйрығына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Соңғы үш жылдағы жеңімпаздары мен жүлдегерлері (бірінші, екінші және үшінші дәрежелі дипломдармен марапатталған) жоғары білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарына білім беру гранты беріле отырып қабылданатын жалпы білім беретін пәндер бойынша халықаралық олимпиадалардың, ғылыми жобалардың халықаралық конкурстарының және орындаушылардың халықаралық конкурстарының, спорттық жарыстардың тізбесіне Іріктеу өлшемшарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Өлшемшарттарының тақырыбы жаңа редакцияда – ҚР Оқу-ағарту министрінің 10.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 259</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2-тарау. Халықаралық спорттық жарыстар</w:t>
+        <w:t>1-тарау. Жалпы білім беретін пәндер бойынша халықаралық олимпиадаларды және орындаушылардың халықаралық конкурстарын, спорттық жарыстарды іріктеу мынадай өлшемшарттарға сәйкес жүзеге асырылады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-параграф. Жалпы білім беретін пәндер бойынша халықаралық олимпиадалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1651,51 +3186,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Спорттық жарыстардың атауы
+Өлшемшарттардың атауы
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1728,52 +3263,70 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Олимпиада ойындары </w:t>
+              <w:t>
+Қазақстан Республикасы құрама командасының халықаралық олимпиадаларының қағидаларына сәйкес ресми аккредиттеу рәсімі. Аккредиттеу-қатысушы елдің әлемдік деңгейдегі олимпиадаға қатысу алдындағы міндетті рәсімі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстанның құрама командасы халықаралық олимпиаданы ұйымдастырушылар қойған квотаға сәйкес айқындалады. Әлемдік маңызы бар халықаралық олимпиаданың негізгі өлшемшарты - сандық құрамы ешқандай жағдайда өзгермейтін қатысушы елден бір құрама команданы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1806,51 +3359,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Паралимпиада ойындары</w:t>
+Құрама команданы республикалық бюджеттен қаржыландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1883,51 +3436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сурдлимпиада ойындары</w:t>
+Барлық континенттер елдерінің қатысуы (35-тен астам қатысушы ел)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1960,51 +3513,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жасөспірімдер Олимпиада ойындары</w:t>
+Ұйымдастырушы елдің жыл сайын ауысуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2037,51 +3590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Олимпиадалық спорт түрлері бойынша Әлем чемпионаттары</w:t>
+Олимпиаданы 15 жыл бойы өткізуі (үзіліссіз)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2114,86 +3667,240 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дүниежүзілік жазғы және қысқы гимназиада</w:t>
+Қатысушы елдер санының ұлғаюы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір елден бір құрама командадан артық болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымдастырушы елдің ресми сайтында жарияланған нәтижелердің орналастырылуы және оларды ұсынуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-тарау. Халықаралық орындаушылардың конкурстары</w:t>
+        <w:t>2-параграф. Халықаралық спорттық жарыстар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2241,51 +3948,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Халықаралық конкурстардың атауы
+Өлшемшарттардың атауы
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -2319,51 +4026,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Петр Чайковский атындағы Халықаралық жасөспірімдер байқауы Мәскеу қаласы (Ресей Федерациясы)</w:t>
+Халықаралық спорт ұйымының (Халықаралық Олимпиада комитеті, Халықаралық Паралимпиада комитеті, Спорт түрлері бойынша халықаралық федерациялар және басқа халықаралық спорттық ұйымдар) өткізуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2396,51 +4103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Халықаралық жасөспірімдер вокалдық конкурсы Мәскеу қаласы (Ресей Федерациясы)</w:t>
+Барлық континенттер елдерінің қатысуы (200-ден астам қатысушы ел)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2473,51 +4180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Екатерина Максимова атындағы "Арабеск" ашық ресейлік балет әртістерінің байқауы, Пермь қаласы (Ресей Федерациясы)</w:t>
+Спортшылар (командалар) арасындағы спорт түрлері бойынша жарыстарға Шетелдік спортшылардың (командалар) қатысуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2550,51 +4257,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- World Dance Council, World DanceSport Federation (Уорлд Дэнс Каунсл, Уорлд Дэнс-Спорт Федирэйшн) Халықаралық жарыстар федерациясы және турнирлер, International Dance Sport Union (Интернейшэнал Дэнс Спорт Юнион) Әлем Кубогы және Әлем чемпионаты кезеңдері</w:t>
+Бір елден бір құрама командадан артық болмауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2627,343 +4334,83 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-"Витебскідегі Славян базары" халықаралық өнер фестивалі (Беларусь Республикасы)</w:t>
-[...76 lines deleted...]
-Бибігүл Төлегенова атыңдағы халықаралық вокалистер конкурсы (Алматы қаласы, Казақстан Республикасы)</w:t>
+Жарысты ұйымдастыру комитетінің ресми сайтында жарияланған нәтижелерді (хаттамаларды) орналастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...152 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тарау. Жалпы білім беретін пәндер бойынша халықаралық олимпиадаларды және орындаушылардың халықаралық конкурстарын, спорттық жарыстарды іріктеу мынадай өлшемшарттарға сәйкес жүзеге асырылады</w:t>
-[...29 lines deleted...]
-        <w:t>1-параграф. Жалпы білім беретін пәндер бойынша халықаралық олимпиадалар:</w:t>
+        <w:t>3 -параграф. Орындаушылардың халықаралық конкурстары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3092,1325 +4539,50 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қазақстан Республикасы құрама командасының халықаралық олимпиадаларының қағидаларына сәйкес ресми аккредиттеу рәсімі. Аккредиттеу-қатысушы елдің әлемдік деңгейдегі олимпиадаға қатысу алдындағы міндетті рәсімі.</w:t>
-[...1273 lines deleted...]
-              <w:t>
 Мемлекет атынан қатысушыларды республикалық бюджеттен қаржыландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4751,55 +4923,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -5125,31 +5297,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>