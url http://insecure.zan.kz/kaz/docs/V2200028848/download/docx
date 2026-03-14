--- v1 (2025-11-26)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="198c563" w14:textId="198c563">
+    <w:p w14:paraId="54cbdf0" w14:textId="54cbdf0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -3035,50 +3035,88 @@
         </w:rPr>
         <w:t xml:space="preserve">
       Ескерту. Өлшемшарттарының тақырыбы жаңа редакцияда – ҚР Оқу-ағарту министрінің 10.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 259</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Өлшемшарттарына өзгеріс енгізілді – ҚР Оқу-ағарту министрінің м.а. 15.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 17-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -3827,77 +3865,65 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Ұйымдастырушы елдің ресми сайтында жарияланған нәтижелердің орналастырылуы және оларды ұсынуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
+          <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-        <w:t>2-параграф. Халықаралық спорттық жарыстар:</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-1-параграф. Ғылыми жобалардың халықаралық конкурстары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -3912,88 +3938,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
-[...36 lines deleted...]
-</w:t>
+ №</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4026,51 +4051,69 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Халықаралық спорт ұйымының (Халықаралық Олимпиада комитеті, Халықаралық Паралимпиада комитеті, Спорт түрлері бойынша халықаралық федерациялар және басқа халықаралық спорттық ұйымдар) өткізуі</w:t>
+Аккредиттеу – қатысушы елдер үшін әлемдік деңгейдегі ғылыми жобалардың халықаралық конкурстарына қатысу алдындағы міндетті рәсім.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстанның құрама командасы ғылыми жобалардың халықаралық конкурстарын ұйымдастырушылар қойған квотаға сәйкес қалыптастырылады. Әлемдік маңызы бар ғылыми жобалардың халықаралық конкурстарының негізгі өлшемшарты - сандық құрамы ешқандай жағдайда өзгермейтін қатысушы елден бір құрама команданы ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4103,51 +4146,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлық континенттер елдерінің қатысуы (200-ден астам қатысушы ел)</w:t>
+Құрама команданы республикалық бюджеттен қаржыландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4180,51 +4223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Спортшылар (командалар) арасындағы спорт түрлері бойынша жарыстарға Шетелдік спортшылардың (командалар) қатысуы</w:t>
+Барлық континенттер елдерінің қатысуы (80-нен астам қатысушы ел)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4257,51 +4300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бір елден бір құрама командадан артық болмауы</w:t>
+Ұйымдастырушы елдің жыл сайын ауысуы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4334,83 +4377,335 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жарысты ұйымдастыру комитетінің ресми сайтында жарияланған нәтижелерді (хаттамаларды) орналастыру</w:t>
+Олимпиаданы 15 жыл бойы өткізу (үзіліссіз)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қатысушы елдер санының ұлғаюы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір елден бір құрама командадан артық болмау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ұйымдастырушы елдің ресми сайтында жарияланған нәтижелердің орналастырылуы және оларды ұсыну</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 -параграф. Орындаушылардың халықаралық конкурстары:</w:t>
+        <w:t>2-параграф. Халықаралық спорттық жарыстар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -4539,50 +4834,563 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Халықаралық спорт ұйымының (Халықаралық Олимпиада комитеті, Халықаралық Паралимпиада комитеті, Спорт түрлері бойынша халықаралық федерациялар және басқа халықаралық спорттық ұйымдар) өткізуі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлық континенттер елдерінің қатысуы (200-ден астам қатысушы ел)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Спортшылар (командалар) арасындағы спорт түрлері бойынша жарыстарға Шетелдік спортшылардың (командалар) қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір елден бір құрама командадан артық болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жарысты ұйымдастыру комитетінің ресми сайтында жарияланған нәтижелерді (хаттамаларды) орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3 -параграф. Орындаушылардың халықаралық конкурстары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="6150"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшемшарттардың атауы
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Мемлекет атынан қатысушыларды республикалық бюджеттен қаржыландыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4923,55 +5731,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>