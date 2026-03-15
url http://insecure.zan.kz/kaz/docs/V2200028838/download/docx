--- v0 (2025-11-07)
+++ v1 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4963801" w14:textId="4963801">
+    <w:p w14:paraId="81161aa" w14:textId="81161aa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,70 +85,146 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Сыртқы істер министрінің кейбір бұйрықтарына өзгерістер мен толықтырулар енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Сыртқы істер министрінің м.а. 2022 жылғы 14 шiлдедегi № 11-1-4/364 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 19 шiлдеде № 28838 болып тіркелді. Күші жойылды - Қазақстан Республикасы Сыртқы істер министрінің 2026 жылғы 13 қаңтардағы № 11-1-4/5 бұйрығымен</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Күші жойылды - ҚР Сыртқы істер министрінің 13.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -232,68 +310,51 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кіріспе</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 436-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -308,110 +369,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БҰЙЫРАМЫН:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген қосылған құн салығын қайтару бойынша шектеулер белгіленетін Қазақстан Республикасында аккредиттелген шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің консулдық мекемелерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесінде</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2-реттік нөмір мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -571,70 +633,70 @@
               <w:t>
 Әкімшілік-техникалық персоналға ҚҚС-ты қайтару жүргізілмейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-реттік нөмір мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1248,70 +1310,70 @@
               <w:t>
 кемпингтік автомобильдер, саяхатқа арналған тіркемелер.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18 және 19-реттік нөмірлер мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1721,70 +1783,70 @@
               <w:t>
 дың сомасы, әр жеке шот-фактурада ҚҚС-ты қоса алғанда 80 АҚШ долларынан асып кетсе, жүргізіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22-реттік нөмір мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2038,70 +2100,70 @@
               <w:t>
 3. ҚҚС-ты қайтару коммуналдық қызметтер (су; электр энергиясы; тұрмыстық газ; жылыту; телефон байланысы; жөндеу жұмыстары және басқалары) үшін шектеусіз жүргізіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 43, 44, 45, 46, 47 және 48-реттік нөмірлермен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -2943,290 +3005,290 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Қосылған құн салығын қайтару жүзеге асырылатын Қазақстан Республикасында аккредиттелген шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің консулдық мекемелерінің тізбесін бекіту туралы" Қазақстан Республикасы Сыртқы істер министрінің 2018 жылғы 23 ақпандағы № 11-1-4/66-2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16586 болып тіркелген) мынадай толықтырулар енгізілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       көрсетілген бұйрықпен бекітілген қосылған құн салығын қайтару жүзеге асырылатын Қазақстан Республикасында аккредиттелген шет мемлекеттердің дипломатиялық және оларға теңестірілген өкілдіктерінің, шет мемлекеттің консулдық мекемелерінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>тізбесі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 45-1 тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "45-1. Пәкістан Ислам Республикасының Елшілігі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 73-1, 73-2 және 73-3 тармақтармен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "73-1. Өзбекстан Республикасының Алматы қаласындағы Бас консулдығы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "73-2. Өзбекстан Республикасының Ақтау қаласындағы Бас консулдығы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "73-3. Тәжікстан Республикасының Алматы қаласындағы Бас консулдығы.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 80-1 тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "80-1. Дүниежүзілік денсаулық сақтау ұйымының медициналық-санитариялық алғашқы көмек жөніндегі Алматы қаласындағы географиялық жағынан қашық орналасқан офисі.";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3503,190 +3565,190 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>103-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> алынып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z27" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мынадай мазмұндағы 104 тармақпен толықтырылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "104. Халықаралық Қызыл Крест комитеті өкілдігі.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Сыртқы істер министрлігінің Заң қызметі қызметі Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Сыртқы істер министрлігінің ресми интернет-ресурсында орналастырылуын Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасы Сыртқы істер министрінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрық алғаш ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -3944,63 +4006,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4322,35 +4406,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>