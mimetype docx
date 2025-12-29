--- v0 (2025-11-08)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aa1522d" w14:textId="aa1522d">
+    <w:p w14:paraId="c7932d0" w14:textId="c7932d0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,127 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 24 мамырдағы № 180 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 24 мамырда № 28188 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 24 мамырдағы № 180 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 24 мамырда № 28188 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 01.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 412</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 9-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -1336,57 +1412,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау қағидалары</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау қағидалары (бұдан әрі – Қағидалар) "Жануарлар дүниесін қорғау, өсімін молайту және пайдалану туралы" Қазақстан Республикасы Заңының 9-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1401,70 +1471,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 47-1) тармақшасына, "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1) тармақшасына cәйкес әзірленді және акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау тәртібін, "Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау қағидалары" мемлекеттік қызметті көрсету тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) акваөсіру – балық ресурстарының және басқа да су жануарларының өсімін жасанды жолмен молайту және өсіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1765,70 +1836,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) "электрондық үкіметтің" веб-порталы – нормативтік құқықтық базаны қоса алғанда, бүкіл шоғырландырылған үкіметтік ақпаратқа және электрондық нысанда көрсетілетін мемлекеттік қызметтерге, табиғи монополиялар субъектілерінің желілеріне қосуға техникалық шарттарды беру жөніндегі қызметтерге және квазимемлекеттік сектор субъектілерінің қызметтеріне қол жеткізудің бірыңғай терезесі болатын ақпараттық жүйе;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) электронды цифрлық қолтаңба (бұдан әрі – ЭЦҚ) – электрондық цифрлық қолтаңба құралдарымен жасалған және электрондық құжаттың дұрыстығын, оның тиесілілігін және мазмұнының өзгермейтіндігін растайтын электронды цифрлық символдар жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Субсидиялар тауар өндірушілерге (көрсетілетін қызметті алушыларға):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бекіре, албырт, тұқы, жайын, цихлид, лат, араван тұқымдас балықтар мен олардың будандарын, шаян тәрізділерді өсіру кезінде пайдаланылатын азықтарды сатып алу шығыстарының 30 (отыз) пайызын (бұдан әрі – %);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1875,262 +1946,262 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) дәрілік препараттарды сатып алу шығыстарының 50%-ын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ББТАБҮ-ні сатып алу және оларды күтіп-ұстау шығыстарының 50%-ын өтеу арқылы акваөсіру (балық өсіру шаруашылығы) өнімінің өзіндік құнын төмендетуге арналады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жергілікті атқарушы органның (көрсетілетін қызметті берушінің) субсидиялау түрлері бойынша субсидиялар көлемімен бірге қаулысын жергілікті атқарушы орган (көрсетілетін қызметті беруші) тиісті жылдың 20 қаңтарынан кешіктірмей мемлекеттік органдардың интранет – порталы арқылы жануарлар дүниесін қорғау, өсімін молайту және пайдалану саласындағы уәкілетті органға (бұдан әрі – уәкілетті орган) келісуге жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субсидиялау түрлері бойынша субсидиялар көлемі мемлекеттік және үкіметтік бағдарламалардың басым мақсаттары мен көрсеткіштеріне сәйкес айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Уәкілетті орган ұсынылған субсидиялау көлемдерінің мемлекеттік және үкіметтік бағдарламалардың мақсаттары мен көрсеткіштеріне сәйкестігін бес жұмыс күні ішінде қарайды. Оң шешім болған жағдайда, уәкілетті орган жергілікті атқарушы орган (көрсетілетін қызметті беруші) қаулысының жобасын келіседі немесе дәлелді бас тартуды жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәлелді бас тартуды алған күннен бастап пысықталған жергілікті атқарушы орган (көрсетілетін қызметті беруші) қаулысының жобасы үш жұмыс күні ішінде уәкілетті органға қайта келісуге ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Субсидиялар көлемі уәкілетті органның келісімін алған күннен бастап бес жұмыс күні ішінде жергілікті атқарушы органның (көрсетілетін қызметті берушінің) қаулысымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қаулы бекітілгеннен кейін жергілікті атқарушы орган (көрсетілетін қызметті беруші) екі жұмыс күні ішінде оны субсидиялаудың ақпараттық жүйесінде және өзінің ресми интернет-ресурсында орналастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Субсидиялар алу шарттары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Субсидиялар жергілікті бюджетте тиісті қаржы жылына көзделген қаражат есебінен және шегінде төленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сатып алынған азыққа субсидиялар мынадай шарттар сақталған жағдайда төленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z86" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z86" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тауар өндірушінің (көрсетілетін қызметті алушының) "электрондық үкіметтің" веб-порталы арқылы сатып алынған азық үшін субсидия алуға арналған өтінімді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 1-нысан бойынша беруі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субсидияларды беру процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ субсидияларды беру ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын субсидиялар алуға қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2143,191 +2214,191 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес "Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау" мемлекеттік көрсетілетін қызмет стандартында баяндалған.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Электрондық үкімет" веб-порталы мен субсидиялаудың ақпараттық жүйесінің ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының 43-бабына сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z87" w:id="16"/>
+    <w:bookmarkStart w:name="z87" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) субсидиялаудың ақпараттық жүйесінде субсидиялауға арналған өтінімнің тіркелуі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z88" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z88" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) субсидиялаудың ақпараттық жүйесінде деректері субсидиялаудың ақпараттық жүйесінің "Заңды тұлғалар" немесе "Жеке тұлғалар" мемлекеттік дерекқорларымен ақпараттық өзара іс-қимылы нәтижесінде расталған тауар өндірушіде (көрсетілетін қызметті алушыда) жеке шотының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z89" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z89" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) субсидиялаудың ақпараттық жүйесі мен электрондық шот-фактураларды қабылдайтын және өңдейтін ақпараттық жүйенің ақпараттық өзара іс-қимылы нәтижесінде тауар өндірушінің (көрсетілетін қызметті алушының) азықты сатып алуын растауы (азық жеткізушілердің тиісті электрондық шот-фактурасының болуы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z90" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z90" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) субсидиялаудың ақпараттық жүйесі мен электрондық шот-фактураларды қабылдайтын және өңдейтін ақпараттық жүйенің ақпараттық өзара іс-қимылы нәтижесінде тауар өндірушінің (көрсетілетін қызметті алушының) балық өнімін алдыңғы жылдың төртінші тоқсанында және/немесе ағымдағы жылы өндіру көлемінің расталуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z91" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z91" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) субсидиялаудың ақпараттық жүйесі мен "Е-лицензиялау" мемлекеттік дерекқоры" ақпараттық жүйесінің (бұдан әрі – "Е-лицензиялау" МДҚ" АЖ) ақпараттық өзара іс-қимылы нәтижесінде аулаудың шығу тегі туралы берілген анықтамалар негізінде қалыптастырылатын, жасанды жағдайларда өсірілген балықтардың ауланған жері туралы мәліметтердің расталуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z92" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z92" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субсидиялаудың ақпараттық жүйесі мен "Е-лицензиялау" МДҚ" АЖ-ның ақпараттық өзара іс-қимылы нәтижесінде бекіре балықтары мен олардың будандары үшін азықты субсидиялау кезінде әкімшілік органда тіркеу туралы ақпарат негізінде қалыптастырылатын Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына енгізілген жануарлардың қолдан өсірілгені туралы мәліметтердің расталуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z18" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z18" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сатып алынған БӨБН, дәрілік препараттар үшін субсидиялар мынадай шарттар сақталған жағдайда төленеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z93" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z93" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тауар өндірушінің (көрсетілетін қызметті алушының) "электрондық үкіметтің" веб-порталы арқылы сатып алынған БӨБН үшін субсидия алуға арналған өтінімді, сатып алынған дәрілік препараттар үшін субсидия алуға арналған өтінімді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2362,51 +2433,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-нысандар</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бойынша беруі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субсидияларды беру процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ субсидияларды беру ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын субсидиялар алуға қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2439,110 +2510,110 @@
         </w:rPr>
         <w:t xml:space="preserve">
       "Электрондық үкімет" веб-порталы мен субсидиялаудың ақпараттық жүйесінің ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z94" w:id="24"/>
+    <w:bookmarkStart w:name="z94" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) субсидиялаудың ақпараттық жүйесінде субсидия алуға арналған өтінімнің тіркелуі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z95" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z95" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) деректері субсидиялаудың ақпараттық жүйесінің "Заңды тұлғалар" немесе "Жеке тұлғалар" мемлекеттік дерекқорларымен ақпараттық өзара іс-қимылы нәтижесінде расталған тауар өндірушінің (көрсетілетін қызметті алушының) жеке шотының субсидиялаудың ақпараттық жүйесінде болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z96" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z96" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) субсидиялаудың ақпараттық жүйесі мен электрондық шот-фактураларды қабылдайтын және өңдейтін ақпараттық жүйенің ақпараттық өзара іс-қимылы нәтижесінде тауар өндірушінің (көрсетілетін қызметті алушының) БӨБН-ны және дәрілік препараттарды сатып алуын растауы (БӨБН-ды және дәрілік препараттарды жеткізушілердің тиісті электрондық шот-фактурасының болуы).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрілік препараттарды сатып алуға субсидиялау мынадай топтарға қолданылады:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2643,110 +2714,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       су гидрохимиясын жақсартуға арналған препараттар: хлорелла, Biofloc;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гипофиз (балық өсіруде уылдырық шашу кезеңінде өндірушілердің жетілуінің гормоналды үдеткіші ретінде қолданылатын гонадотропты гормон).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="27"/>
+    <w:bookmarkStart w:name="z19" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Сатып алынған БӨМ, ББТАБҮ және оларды күтіп-ұстау үшін субсидиялар мынадай шарттар сақталған жағдайда төленеді: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z97" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z97" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) тауар өндірушінің (көрсетілетін қызметті алушының) "электрондық үкіметтің" веб-порталы арқылы сатып алынған БӨМ үшін субсидия алуға арналған өтінімді, сатып алынған ББТАБҮ үшін субсидия алуға арналған өтінімді осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес 4 және 5-нысандар бойынша беруі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Субсидияларды беру процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ субсидияларды беру ерекшеліктерін ескере отырып, өзге де мәліметтерді қамтитын субсидиялар алуға қойылатын негізгі талаптардың тізбесі осы Қағидаларға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2779,328 +2850,328 @@
         </w:rPr>
         <w:t xml:space="preserve">
       "Электрондық үкімет" веб-порталы мен субсидиялаудың ақпараттық жүйесінің ақпараттық өзара іс-қимылы "Ақпараттандыру туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>43-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырылады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z98" w:id="29"/>
+    <w:bookmarkStart w:name="z98" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) субсидиялаудың ақпараттық жүйесінде субсидиялауға арналған өтінімнің тіркелуі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z99" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z99" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) субсидиялаудың ақпараттық жүйесінде деректері субсидиялаудың ақпараттық жүйесінің "Заңды тұлғалар" немесе "Жеке тұлғалар" мемлекеттік дерекқорларымен ақпараттық өзара іс-қимылы нәтижесінде расталған тауар өндірушіде (көрсетілетін қызметті алушыда) жеке шотының болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z100" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z100" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) субсидиялаудың ақпараттық жүйесі мен электрондық шот-фактураларды қабылдайтын және өңдейтін ақпараттық жүйенің ақпараттық өзара іс-қимылы нәтижесінде тауар өндірушінің (көрсетілетін қызметті алушының) БӨМ-ды, ББТАБҮ-ні сатып алуын және оларды күтіп-ұстауын растауы (БӨМ, ББТАБҮ жеткізушілердің тиісті электрондық шот-фактурасының болуы);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z101" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z101" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) субсидиялаудың ақпараттық жүйесі мен "Е-лицензиялау" МДҚ" АЖ-ның ақпараттық өзара іс-қимылы нәтижесінде аулаудың шығу тегі туралы берілген анықтамалар негізінде қалыптастырылатын, жасанды жағдайларда өсірілген балықтардың ауланған жері туралы мәліметтердің расталуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z102" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z102" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) субсидиялаудың ақпараттық жүйесі мен "Е-лицензиялау" МДҚ" АЖ-ның ақпараттық өзара іс-қимылы нәтижесінде бекіре балықтары мен олардың будандары үшін азықты субсидиялау кезінде әкімшілік органда тіркеу туралы ақпарат негізінде қалыптастырылатын Құрып кету қаупі төнген жабайы фауна мен флора түрлерімен халықаралық сауда туралы конвенцияның І және ІІ қосымшаларына енгізілген жануарлардың қолдан өсірілгені туралы мәліметтердің расталуы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z20" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z20" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Тауар өндіруші ағымдағы және келесі жылдары осы Қағидалар қолданысқа енгізілгенге дейін кемінде бір жыл бұрын сатып алынған азық, БӨМ, БӨБН, дәрілік препараттар және ББТАБҮ сатып алуға жұмсалған шығындарды өтеу бойынша субсидиялар алуға өтінім береді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z21" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z21" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Қазақстан Республикасы Салық кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>419-бабында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген жағдайларды қоспағанда, субсидия алу үшін пайдаланылған электрондық шот-фактураларды кері қайтарып алуға, жоюға және түзетуге жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z22" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z22" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Субсидияларды есептеу осы Қағидаларға 3-қосымшада көзделген формулаларға сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z23" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z23" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Субсидиялар төлеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z24" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z24" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Субсидия алуға арналған өтінімдерді қабылдау тауар өндірушінің (көрсетілетін қызметті алушының) орналасқан жері (заңды мекенжайы) бойынша тиісті жылдың 1 наурызынан бастап 1 желтоқсанына дейін жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z25" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z25" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Тізілім деректеріне веб-портал арқылы қолжетімділікті ұсыну (бұдан әрі – жеке кабинет) үшін жергілікті атқарушы орган (көрсетілетін қызметті беруші) тиісті жылдың 10 ақпанына дейін қызметтерді жеткізушіге ЭЦҚ-сы бар қызметкерлердің өзектендірілген тізімін жолдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z26" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z26" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Жеке кабинетке қолжетімділікті ұсыну үшін тауарөндірушіге (көрсетілетін қызметті алушыға) субсидиялаудың ақпараттық жүйесіне дербес тіркелу үшін ЭЦҚ-сы болуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z27" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z27" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Веб-порталда тіркелу кезінде жеке кабинет ашу үшін тауар өндіруші (көрсетілетін қызметті алушы) мынадай мәліметтерді көрсетеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке тұлғалар және дара кәсіпкерлер үшін: жеке сәйкестендіру нөмірі (бұдан әрі – ЖСН); аты, әкесінің аты (бар болса) және тегі;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3147,70 +3218,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) екінші деңгейдегі банктегі банк шотының деректемелері.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілген деректер өзгерген жағдайда тауар өндіруші (көрсетілетін қызметті алушы) бір жұмыс күні ішінде жеке кабинетке енгізілген жеке шоттың деректерін өзгертеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z28" w:id="42"/>
+    <w:bookmarkStart w:name="z28" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Жеке кабинетте өтінімді қалыптастыру және тіркеу мынадай тәртіппен жүргізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) осы Қағидалардың 8-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3443,238 +3514,222 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес субсидия алуға арналған өтінім қалыптастырылады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Субсидия алуға арналған өтінім субсидиялаудың ақпараттық жүйесінде оған тауар өндірушінің (көрсетілетін қызметті алушының) ЭЦҚ-сымен қол қою арқылы тіркеледі және жергілікті атқарушы органның (көрсетілетін қызметті берушінің) жеке кабинетінде қолжетімді болады. Веб-порталда көрсетілген жергілікті атқарушы органның (көрсетілетін қызметті беруші) электрондық мекенжайына субсидия алуға арналған өтінімнің қарауға келіп түскені туралы электрондық хабарлама жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="43"/>
+    <w:bookmarkStart w:name="z29" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Осы Қағидалардың 4-қосымшасына сәйкес нысан бойынша субсидияны аудару туралы хабарлама, не осы Қағидалардың 5-қосымшаға сәйкес нысан бойынша мемлекеттік қызметті көрсетуден бас тарту туралы хабарлама мемлекеттік қызметті көрсету нәтижесі болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекеттік қызметті көрсету нәтижесі электрондық құжат нысанында субсидиялаудың ақпараттық жүйесіндегі тауар өндірушінің (көрсетілетін қызметті алушының) жеке кабинетіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="44"/>
+    <w:bookmarkStart w:name="z30" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Субсидиялардың көлемі тиісті айға арналған Қаржыландыру жоспарында көзделген бюджет қаражатының көлемінен асатын субсидия алуға арналған өтінімдер бойынша субсидияларды төлеу субсидиялауға өтінім берілген сәттен бастап кезектілік тәртібімен келесі айда жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жергілікті атқарушы органның (көрсетілетін қызметті берушінің) бекітілген қаулысына сәйкес тиісті бағыттарға көзделген қаражат жетіспеген кезде өтінімдер резервке (күту парағына) түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Резервке (күту парағына) түскен өтінімдер бойынша субсидиялар төлеу жергілікті атқарушы органның (көрсетілетін қызметті берушінің) субсидиялау бағыттары бойынша субсидиялар көлемдері көрсетілген қаулысы негізінде келесі қаржы жылында қосымша бюджет қаражаты бөлінген кезде өтінімдердің келіп түскен күніне және уақытына сәйкес кезектілік бойынша жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Жергілікті атқарушы орган (көрсетілетін қызметті беруші) Мемлекеттік көрсетілетін қызметтер туралы Заңының 5-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11) тармақшасына сәйкес мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне субсидияларды алу сатысы туралы деректерді енгізуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z32" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z32" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Мемлекеттік қызмет көрсету мәселесі бойынша көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының шешімдеріне, әрекетіне (әрекетсіздігіне) шағымдану тәртібі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z33" w:id="46"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z33" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Шағым көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4115,64 +4170,64 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сатып алынған азық үшiн субсидия алуға арналған өтінім</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z35" w:id="47"/>
+      <w:bookmarkStart w:name="z35" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (кімге)_________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">        (облыстың, республикалық маңызы  бар қаланың, астананың жергілікті </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5683,1679 +5738,67 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z40" w:id="48"/>
+    <w:bookmarkStart w:name="z40" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Жеке/заңды тұлғалар мен азық сатушы арасындағы сату-сатып алу шарттары туралы мәліметтер:</w:t>
-      </w:r>
-[...1610 lines deleted...]
-      8. Тиесілі субсидияларды есептеу: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
@@ -7430,50 +5873,1662 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Азық сатушының ЖСН/БСН-сы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық сатушының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарт нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шарт жасалған күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азық атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құны, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азықтың көлемі, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z41" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Азық сатып алуға жұмсалған шығындарды растайтын шот-фактуралар туралы мәліметтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шот-фактураның нөмірі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шот-фактураның күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Азықтың атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алынған азық көлемі, килограмм</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сатып алынған азықтың құны, теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z42" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Тиесілі субсидияларды есептеу: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+р/с</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Субсидияла-натын балық түрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8541,88 +8596,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="51"/>
+    <w:bookmarkStart w:name="z44" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сатып алынған балық өсіру-биологиялық негіздеме үшiн субсидия алуға арналған өтінім </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z45" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z45" w:id="54"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (кімге)_________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  (облыстың, республикалық маңызы  бар қаланың, астананың жергілікті атқарушы органы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -10014,70 +10069,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z48" w:id="53"/>
+    <w:bookmarkStart w:name="z48" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. БӨБН сатып алуға жұмсалған шығындарды растайтын шот-фактуралар туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -10949,88 +11004,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z50" w:id="54"/>
+    <w:bookmarkStart w:name="z50" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сатып алынған дәрілік препараттар үшiн субсидия алуға арналған өтінім </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z52" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z52" w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (кімге)_________________________________________________________   </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(облыстың, республикалық маңызы бар  қаланың, астананың жергілікті атқарушы органы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12393,64 +12448,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z55" w:id="56"/>
+      <w:bookmarkStart w:name="z55" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Дәрілік препараттарды сатып алуға жұмсалған шығындарды растайтын шот-</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фактуралар туралы мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -13239,108 +13294,108 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ЭЦҚ-дан алынған деректер </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ЭЦҚ қойылған күні мен уақыты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="57"/>
+    <w:bookmarkStart w:name="z51" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4-нысан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z56" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z56" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сатып алынған балық өсіру материалы үшiн субсидия алуға арналған өтінім </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z57" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z57" w:id="61"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (кімге)_________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (облыстың, республикалық маңызы бар қаланың,  астананың жергілікті атқарушы органы)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -14737,64 +14792,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z60" w:id="60"/>
+      <w:bookmarkStart w:name="z60" w:id="62"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
               4. БӨМ-ді сатып алуға жұмсалған шығындарды растайтын шот-фактуралар туралы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>мәліметтер:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -15683,88 +15738,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5-нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z62" w:id="61"/>
+    <w:bookmarkStart w:name="z62" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сатып алынған балық басын толықтыратын аналық балық үйірі және оларды күтіп-ұстау үшiн субсидия алуға арналған өтінім </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z67" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z67" w:id="64"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (кімге)_________________________________________________________  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (облыстың, республикалық маңызы бар  қаланың, астананың жергілікті атқарушы органы) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -17155,70 +17210,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. ББТАБҮ сатып алу және оларды күтіп-ұстау үшін жұмсалған шығындарды растайтын шот-фактуралар туралы мәліметтер: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -18177,68 +18232,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z64" w:id="64"/>
+    <w:bookmarkStart w:name="z64" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -19738,88 +19793,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="65"/>
+    <w:bookmarkStart w:name="z66" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Субсидияларды есептеу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z71" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z71" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Балық азығына арналған тиесілі субсидиялар сомасы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) М = Vр* Nрк;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -19956,70 +20011,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сс – субсидиялар сомасы, теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Балық азығының құнына қосылған құн салығының сомасы ескерілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z72" w:id="67"/>
+    <w:bookmarkStart w:name="z72" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. БӨМ-ге арналған тиесілі субсидиялар сомасы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Рп=К*Ср;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20120,70 +20175,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сс – субсидиялар сомасы, теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БӨМ құнына қосылған құн салығының сомасы ескерілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z73" w:id="68"/>
+    <w:bookmarkStart w:name="z73" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. БӨБН-ге арналған тиесілі субсидиялар сомасы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Рб=К*Сб;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20284,70 +20339,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сб – субсидиялар сомасы, теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БӨБН құнына қосылған құн салығының сомасы ескерілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z74" w:id="69"/>
+    <w:bookmarkStart w:name="z74" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Дәрілік препараттарға арналған тиесілі субсидиялар сомасы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Л=К*Сл;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20448,70 +20503,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сл – субсидиялар сомасы, теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дәрілік препараттардың құнына қосылған құн салығының сомасы ескерілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z75" w:id="70"/>
+    <w:bookmarkStart w:name="z75" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. ББТАБҮ-ге және оларды күтіп-ұстауға арналған тиесілі субсидиялар сомасы мынадай формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Рм=Км*См;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20612,70 +20667,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       См – субсидиялар сомасы, теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ББТАБҮ құнына қосылған құн салығының сомасы ескерілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="71"/>
+    <w:bookmarkStart w:name="z76" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. 1 (бір) килограмм акваөсіру (балық өсіру шаруашылығы) өнімін өндіруге жұмсалған азық шығысының нормасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) албырт тұқымдас балықтар мен олардың будандары үшін – 1,2 (бір бүтін оннан екі) килограмнан;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -20830,70 +20885,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) шаянтәрізділер үшін – 1,6 (бір бүтін оннан алты) килограмнан аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Акваөсіру (балық өсіру шаруашылығы) өнімінің бір килограмын өндіруге жұмсалған нақты шығындар көрсетілген нормалардан төмен болған жағдайда субсидиялар азықтың нақты шығысына сүйене отырып, есептеледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z77" w:id="72"/>
+    <w:bookmarkStart w:name="z77" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Бір килограмм балық азығына бөлінетін субсидиялар сомасы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) албырт тұқымдас балықтар мен олардың будандары үшін 270 (екі жүз жетпіс) теңгеден;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -22352,242 +22407,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 180 Бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Ауыл шаруашылығы министрлігінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Акваөсіру (балық өсіру шаруашылығы) өнімділігін және өнім сапасын арттыруды субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 4 қазандағы № 408 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17583 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. "Акваөсіру (балық өсіру шаруашылығы) өнімділігін және өнім сапасын арттыруды субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 4 қазандағы № 408 бұйрығына өзгерістер енгізу туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2020 жылғы 23 қыркүйектегі № 295 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21261 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Акваөсіру (балық өсіру шаруашылығы) өнімділігін және өнім сапасын арттыруды субсидиялау қағидаларын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары – Қазақстан Республикасы Ауыл шаруашылығы министрінің 2018 жылғы 4 қазандағы № 408 бұйрығына өзгерістер мен толықтырулар енгізу туралы" Қазақстан Республикасы Ауыл шаруашылығы министрінің 2021 жылғы 23 маусымдағы № 190 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 23342 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkEnd w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22913,31 +22968,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>