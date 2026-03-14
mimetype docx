--- v1 (2025-12-29)
+++ v2 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c7932d0" w14:textId="c7932d0">
+    <w:p w14:paraId="b29d1f0" w14:textId="b29d1f0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Акваөсіру (балық өсіру шаруашылығы) өнімінің өнімділігі мен сапасын арттыруды, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
-      </w:r>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Экология, геология және табиғи ресурстар министрінің 2022 жылғы 24 мамырдағы № 180 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 24 мамырда № 28188 болып тіркелді. Күші жойылды - Қазақстан Республикасы Ауыл шаруашылығы министрінің 2025 жылғы 1 қарашадағы № 412 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Ауыл шаруашылығы министрінің 01.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Ауыл шаруашылығы министрінің 01.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 412</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -22586,63 +22588,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -22964,35 +22988,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>