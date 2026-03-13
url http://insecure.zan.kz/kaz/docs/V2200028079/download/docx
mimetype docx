--- v0 (2025-11-10)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2316b2e" w14:textId="2316b2e">
+    <w:p w14:paraId="ce8ee07" w14:textId="ce8ee07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -103,374 +103,362 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің м.а. 2022 жылғы 11 мамырдағы № 261 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 17 мамырда № 28079 болып тіркелді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...114 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:name="z45" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Өнеркәсіптік саясат туралы" Қазақстан Республикасы Заңының 9-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және "Мемлекеттiк статистика туралы" Қазақстан Республикасы Заңы 16-бабының 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2) тармақшасына</w:t>
-[...12 lines deleted...]
-    <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-1) тармақшаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Кіріспе жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 397</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қоса беріліп отырған Елішілік құндылық бойынша сараптама жүргізу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z2" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы бұйрыққа қосымшаға сәйкес Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің кейбір бұйрықтарының күші жойылды деп танылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z3" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің Индустриялық даму комитеті заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықты Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z4" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Индустрия және инфрақұрылымдық даму вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -852,1834 +840,1132 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан Республикасы </w:t>
+              <w:t>Қазақстан Республикасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Индустрия және</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>инфрақұрылымдық даму</w:t>
+              <w:t>инфрақұрылымдық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>министрінің міндетін</w:t>
+              <w:t>даму министрінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>атқарушының</w:t>
+              <w:t>міндетін атқарушының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2022 жылғы 11 мамырдағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 261 Бұйрықпен</w:t>
-[...12 lines deleted...]
-              <w:t>бекітілген</w:t>
+              <w:t>№ 261 бұйрығына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...15 lines deleted...]
-      </w:r>
+    <w:bookmarkStart w:name="z6" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Елішілік құндылық бойынша сараптама жүргізу қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Қағидалар жаңа редакцияда - ҚР Өнеркәсіп және құрылыс министрінің 26.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>№ 397</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Қағидалар жаңа редакцияда көделген - </w:t>
-[...51 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Елішілік құндылық бойынша сараптама жүргізу қағидалары</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Елішілік құндылық бойынша сараптама жүргізу қағидалары (бұдан әрі – Қағидалар) "Өнеркәсіптік саясат туралы" Қазақстан Республикасы Заңының 9-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленген және өнеркәсіптік-инновациялық жобаларға елішілік құндылық бойынша сараптама жүргізу тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидаларда пайдаланылатын негізгі ұғымдар:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бiртектi тауарлар – бiрдей болмаса да, сол бiр функцияларды орындауына мүмкiндiк беретiн ұқсас сипаттамалары бар және ұқсас құрауыштардан тұратын тауарлар;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) бірыңғай индустрияландыру картасы – өнеркәсіптік-инновациялық қызмет субъектілері іске асыратын өнеркәсіптік-инновациялық жобалардың жиынтығы;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) елішілік құндылық – ішкі нарықта өндірілген тауарлардың және жүзеге асырылған жұмыстар мен көрсетілетін қызметтердің өндірілген тауардың, жүзеге асырылған жұмыстың немесе көрсетілетін қызметтің жалпы көлеміндегі пайыздық мөлшері;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) елішілік құндылық бойынша сараптама – бірыңғай индустрияландыру картасына енгізуге үміткер өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасындағы ел ішіндегі құндылығын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өнеркәсіпті мемлекеттік ынталандыру саласындағы уәкілетті орган – өнеркәсіп саласындағы басшылықты, сондай-ақ Қазақстан Республикасының заңнамасында көзделген шекте салааралық үйлестіру мен өнеркәсіпті мемлекеттік ынталандыруды іске асыруға қатысуды жүзеге асыратын орталық атқарушы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өнеркәсіптік-инновациялық жоба – технологиялар трансфертіне, жаңа өндірістерді құруға (жұмыс істеп тұрғандарын жетілдіруге) және (немесе) инновациялық қызметті жүзеге асыруға бағытталған, белгілі бір уақыт ішінде іске асырылатын іс-шаралар кешені;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="8"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) қазақстандық тауар өндірушілер тізілімі қазақстандық тауар өндірушілер мен Қазақстанда шығарылатын, олар өндіретін тауарлар туралы мәліметтерді қамтитын "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылымының объектісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Елішілік құндылық бойынша сараптама жүргізу тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Елішілік құндылықты дамыту және мониторингтеу саласында ақпараттық-талдамалық, консультациялық, оның ішінде елішілік құндылықты сараптау бойынша қызметтерді елішілік құндылықты дамыту саласындағы ұлттық даму институты (бұдан әрі – ұлттық институт) көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құны туралы ақпаратты уәкілетті орган ұлттық институтқа осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Өнеркәсіптік-инновациялық жобаның ел ішіндегі құндылығы бойынша сараптама уәкілетті органнан ақпаратты алған күннен бастап он жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Елішілік құндылық бойынша сараптаманы жүргізу үшін ұлттық институт ұсынылған ақпаратты біртекті тауарларды іздеу мақсатында Тізілімде бар тауарлар туралы ақпаратпен салыстырып тексереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың, жұмыстар мен көрсетілетін қызметтердің жалпы құнынан тауарларда, жұмыстар мен көрсетілетін қызметтерде белгіленген елішілік құндылық үлесінің құны туралы ақпаратты уәкілетті орган ұлттық институтқа осы Қағидаларға </w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+      Біртекті тауарларға іздеу жүргізу қорытындылары бойынша ұлттық институт осы Ережелерге </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әкімшілік көрсеткіштерді есептеу әдістемесі бойынша елішілік құндылық үлесі құнының пайыздық мөлшерін есептейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Ел ішіндегі құндылық бойынша сараптаманың нәтижесі бірінші басшының не оны алмастырушы адамның, сондай-ақ ел ішіндегі құндылық бойынша осы сараптаманы жүргізген адамдардың қолы қойылған ұлттық институттың фирмалық бланкідегі сараптамалық қорытынды болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сараптамалық қорытынды мыналарды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сараптамалық қорытындының күні, нөмірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өнеркәсіптік-инновациялық жобаның мақсаты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) тауарларда белгіленген елішілік құндылық үлесі құнының өнеркәсіптік-инновациялық жобаны іске асыру кезінде пайдалануға жоспарланған тауарлардың жалпы құнынан пайыздық қамтылуы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Сараптамалық қорытынды мемлекеттік және орыс тілдерінде екі данада жасалады, оның бір данасы қол қойылған сәттен бастап екі жұмыс күні ішінде уәкілетті органға жіберіледі, екіншісі ұлттық институтта сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елішілік құндылық бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сараптама жүргізу қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік деректерді жинауға</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арналған нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылады: Қазақстан Республикасы Өнеркәсіп және құрылыс министрлігіне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысан интернет – ресурста орналастырылған: https://www.gov.kz/memleket/entities/mps.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құны туралы ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанның индексі (нысан атауының қысқаша әріптік-цифрлық көрінісі): СДМП 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезеңділік: біржолғы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z49" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Есепті кезең: елішілік құндылық бойынша сараптама жүргізуге өтінім берген күнге ағымдағы жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды ұсынатын тұлғалар тобы: ұлттық басқарушы холдингтер, ұлттық холдингтер, ұлттық компаниялар және олардың жарғылық капиталындағы дауыс беретін акциялардың (қатысу үлестерінің) елу немесе одан да көп пайызы ұлттық басқарушы холдингтерге, ұлттық холдингтерге, ұлттық компанияларға тікелей немесе жанама түрде тиесілі ұйымдар, сондай-ақ әлеуметтік-кәсіпкерлік корпорациялар, бірақ ұлттық басқарушы холдингтің, ұлттық холдингтің, ұлттық компаниялардың дауыс беретін акцияларының (қатысу үлестерінің) елу немесе одан да көп пайызы тікелей немесе жанама түрде тиесілі заңды тұлғаларды, егер олар жеке тұлғаларға немесе кейіннен сатып алу құқығымен мемлекеттік емес заңды тұлғаларға сенімгерлік басқаруға берілген болса, қоспағанда; жүйе құраушы кәсіпорындар; табиғи монополия субъектілері, бірақ шағын қуатты табиғи монополия субъектілерін қоспағанда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік деректерді өтеусіз негізде жинауға арналған нысанды тапсыру мерзімі: әлішілік құндылық бойынша сараптама жүргізуге өтінім берген кезде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСН/БСН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Барлық жұмыскерлердің еңбекақы төлеу қорынан өнеркәсіптік-инновациялық қызмет субъектісінің индустриялық-инновациялық жобасына тартылған Қазақстан Республикасы азаматтарына еңбекақы қоры туралы ақпаратты уәкілетті орган ұлттық институтқа осы Қағидаларға </w:t>
-[...118 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5207000" cy="800100"/>
+            <wp:extent cx="5346700" cy="431800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5207000" cy="800100"/>
+                      <a:ext cx="5346700" cy="431800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1071 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (деректерді жеке адамдар ұсынған жағдайда, сондай-ақ агрегатталған түрде толтырылмайды)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z55" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жинау әдісі: "Қазақстандық қамту" интернет-порталы мемлекеттік ақпараттық жүйесінде электрондық түрде.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Әкімшілік нысанның атауы: Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құны туралы ақпарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z57" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кесте</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -2699,375 +1985,475 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алынатын ТЖКҚ атауы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сатып алынатын тауарлар атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сатып алынатын ТЖКҚ-ның қысқаша сипаттамасы</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сатып алынатын тауарлардың қысқаша сипаттамасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ӨСЖ бойынша ТЖКҚ коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТЖҚ БНА бойынша тауарлар коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Өлшем бірлігі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заттай мәнде сатып алудың жоспарланған көлемі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заттай мәнде сатып алудың жоспарланған көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ҚҚС-ты есепке алғанда, сатып алуға жоспарланған сома, мың теңге</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҚҚС-ты есепке алғанда, сатып алуға жоспарланған сома, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Әлеуетті өнім берушілер</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әлеуетті өнім берушілер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ТЖКҚ беруші елі</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТЖКҚ беруші елі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ел коды</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ел коды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елішілік құндылық болжамды үлесі, %</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Елішілік құндылық болжамды үлесі, %</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3399,83 +2785,338 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="9"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20__ жыл</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3832,51 +3473,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жұмыстар</w:t>
+20__ жыл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4090,759 +3731,326 @@
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...401 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...160 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Өнеркәсіптік-инновациялық қызмет субъектілерінің атауы _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мекенжайы ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефоны __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z61" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Электрондық почта мекенжайы ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z62" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z63" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты (бар болған жағдайда) _________ қолы, телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшы немесе оның міндетін атқарушы адам _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (тегі, аты және әкесінің аты (бар болған жағдайда) ___________ қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мөрдің орны (жеке кәсіпкерлік субъектілері болып табылатын тұлғаларды қоспағанда)</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аббревиатуралардың толық жазылуы:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...70 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ТЖҚ БНА – тауарлардың, жұмыстардың, және қызметтердің біріңғай номенклатуралық анықтамалығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚҚС - қосылған құн салығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5006,300 +4214,317 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>белгіленген елішілік құндылық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>үлесінің құны туралы</w:t>
+              <w:t>үлесінің құны туралы ақпарат</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ақпарат нысанына</w:t>
-[...12 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z71" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысанды толтыру бойынша түсіндірме Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың, жұмыстар мен көрсетілетін қызметтердің жалпы құнынан тауарларда, жұмыстар мен көрсетілетін қызметтерде белгіленген елішілік құндылық үлесінің құны туралы ақпарат (ЖӨҮҚ индексі 1, келіп түсуіне қарай)</w:t>
-[...123 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+        <w:t xml:space="preserve"> Әкімшілік деректерді өтеусіз негізде ұсыну бойынша түсіндірме "Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құны туралы ақпарат"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z72" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(СДМП 1 индексі, кезеңділік біржолғы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z73" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құны туралы ақпарат" әкімшілік деректерді жинауға арналған нысанның 1-бағанда сатып алынатын тауарлардың, жұмыстардың немесе көрсетілетін қызметтің атауы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z74" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 2-бағанда сатып алынатын тауардың атауы және қысқаша (қосымша) сипаттамасы (техникалық шарттары, қасиеттері және сипаттамалары) көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z75" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. 3-бағанда тауарлардың, жұмыстардың, қызметтердің біріңғай номенклатуралық анықтамалығына сәйкес тауардың коды көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z76" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. 4-бағанда тауардың өлшем бірлігі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z77" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. 5-бағанда тауардың көрсетілген өлшем бірлігіне сәйкес заттай көріністе тауарды сатып алудың жоспарланған көлемі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z78" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. 6-бағанда қосылған құн салығын ескере отырып, тауарларды сатып алудың жоспарланған сомасы көрсетіледі, мың теңгемен (жүздік үлестері бар сан);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z79" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. 7-бағанда жоспарланған өнім берушілер көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z30" w:id="26"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z80" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. 8-бағанда тауарды өнім беруші елі көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z81" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. 9-бағанда тауардың шетелдік жеткізушісінің еліне тиесілі коды НК РК ISO 3166-1-2016 "Елдер мен олардың әкімшілік-аумақтық бірліктерінің атауларын көрсетуге арналған кодтар. 1-бөлім. Елдердің кодтары", НК РК ISO 3166-2-2016 "Елдер мен олардың әкімшілік-аумақтық бірліктерінің атауларын көрсетуге арналған кодтар" ұлттық жіктеулеріне сәйкес көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z82" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. 10-бағанда елішілік құндылықтың болжамды үлесі көрсетіледі, %.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="59"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5361,609 +4586,1397 @@
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сараптама жүргізу қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
-            <w:r>
-[...24 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="27"/>
+    <w:bookmarkStart w:name="z84" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Барлық жұмыскерлердің еңбекақы төлеу қорынан өнеркәсіптік-инновациялық қызмет субъектісінің индустриялық-инновациялық жобасына тартылған Қазақстан Республикасы азаматтарына еңбекақы қоры туралы ақпарат</w:t>
-[...513 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құнын есептеу әдістемесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z85" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Есептелетін әкімшілік көрсеткіштердің тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік көрсеткіштің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшем бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік нысанның/ақпараттық жүйенің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құнын есептеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+пайыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қайтарымсыз негізде әімшілік деректерді жинауға арналған нысан Өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасын іске асыру кезінде пайдаланылатын тауарлардың жалпы құнынан тауарларда белгіленген елішілік құндылық үлесінің құны туралы ақпарат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z86" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Әкімшілік көрсеткішті есептеу алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік көрсеткіштің анықтамасы (ұғымдар аппараты)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елішілік құндылық бойынша сараптама – бірыңғай индустрияландыру картасына енгізуге үміткер өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасындағы ел ішіндегі құндылығын бағалау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік көрсеткіш бойынша жедел, алдын ала және есепті деректерді қалыптастыру кезеңділігі мен мерзімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z87" w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кезеңділік: біржолғы.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="63"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есепті кезең: елішілік құндылық бойынша сараптама жүргізуге өтінім берген күнге ағымдағы жыл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Әкімшілік көрсеткіш бойынша есепті деректерді орналастыру орны мен ақпараттық жүйеге сілтемені көрсете отырып ақпарат дереккөздері (веб-сайтқа және ақпараттық жүйеге сілтемені көрсете отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+"Ұйымдардың тауарларды, жұмыстарды және қызметтерді саттып алудағы жергілікті қамту жөніндегі ақпаратты беру нысандарын бекіту туралы" Қазақстан Республикасы Премьер-Министрінің Орынбасары - Қазақстан Республикасы Индустрия және жаңа технологиялар министрінің 2013 жылғы 25 қазандағы № 331 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген, елішілік құндылық саласындағы әкімшілік деректерді жинауға арналған нысан, https://www.gov.kz/memleket/entities/mps Қазақстан Республикасының Өнеркәсіп және құрылыс министрлігінің ресми интернет-ресурсында жарияланады </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өлшем бірлігін көрсете отырып, есептеудің нақты және анық реттілігін көрсететін әкімшілік көрсеткіштің алгоритмі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z88" w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="64"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="3238500" cy="533400"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="0" name="" descr=""/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks noChangeAspect="true"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1" name=""/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId5"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="3238500" cy="533400"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мұнда:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ЕҚТ – тауардағы елішілік құндылық үлесі, пайыз;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>n – ақпаратта көзделген тауарладың жалпы саны, бірлік;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>i – ақпаратта көзделген тауарлардың реттік нөмірі, бірлік;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ТҚi – ақпаратта көзделген i-шы тауар құны, теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жi – дерекқорда көрсетілген біртекті тауардағы елішілік құндылық үлесі,</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жi = 0, дерекқорда тауар болмаған жағдайда, пайыз;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+S – ақпаратта көзделген тауарлардың жалпы құны, теңге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5997,1178 +6010,248 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Барлық қызметкерлердің</w:t>
-[...116 lines deleted...]
-              <w:t>қосымша</w:t>
+              <w:t>Бұйрыққа қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Әкімшілік деректерді жинауға арналған нысанды толтыру бойынша түсіндірме Барлық қызметкерлердің еңбекақы төлеу қорынан өнеркәсіптік-инновациялық қызмет субъектісінің өнеркәсіптік-инновациялық жобасына тартылған Қазақстан Республикасының азаматтарына еңбекақы қоры туралы ақпарат (ЕТҚРА 1, келіп түсуіне қарай)</w:t>
-[...811 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> Қазақстан Республикасы Инвестициялар және даму министрінің және Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z41" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Қазақстан Республикасы Инвестициялар және даму министрінің "Жергілікті қамту бойынша сараптама жүргізу қағидаларын бекіту туралы" 2018 жылғы 29 тамыздағы № 614 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 17410 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z42" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің "Жергілікті қамту бойынша сараптама жүргізу қағидаларын бекіту туралы" Қазақстан Республикасы Инвестициялар және даму министрінің 2018 жылғы 29 тамыздағы № 614 бұйрығына өзгерістер енгізу туралы" 2019 жылғы 30 шілдедегі № 573 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 19194 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z43" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Қазақстан Республикасы Индустрия және инфрақұрылымдық даму министрінің "Қазақстан Республикасы Инвестициялар және даму министрлігінің кейбір бұйрықтарына өзгерістер енгізу туралы 2020 жылғы 28 қазандағы № 556 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21567 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>