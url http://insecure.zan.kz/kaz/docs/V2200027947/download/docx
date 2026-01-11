--- v0 (2025-10-10)
+++ v1 (2026-01-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="674565d" w14:textId="674565d">
+    <w:p w14:paraId="6a2fabd" w14:textId="6a2fabd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1473,528 +1473,568 @@
         <w:t>
       7) жеке күзет ұйымы – өзінің кәсіпкерлік қызметі ретінде күзет қызметтерін көрсететін коммерциялық ұйым;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z25" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) күзет қызметінің субъектісі – Қазақстан Республикасы Ішкі істер органдарының мамандандырылған күзет бөлімшелері және жеке күзет ұйымдары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z26" w:id="25"/>
+    <w:bookmarkStart w:name="z261" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8-1) кіруді бақылау және басқару жүйесі – кіруді бақылауға, объектіге және (немесе) оның жекелеген аймақтарына персонал мен келушілердің кіру және (немесе) шығу құқықтарын шектеуге, ақпаратты жинауға және сақтауға арналған, техникалық жағынан үйлесімді аппараттық құралдардың және (немесе) бағдарламалық қамтылымның жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) құлақтандыру жүйесі – денсаулық сақтау ұйымындағы адамдарға төтенше оқиғалар (апат, өрт, дүлей зілзала, терроризм актісі) және қалыптасқан жағдайдағы іс-қимылдар кезіндегі дабыл туралы ақпаратты (көзбен шолып және (немесе) дыбыстық хабардар ету) уақтылы беруге арналған техникалық құралдар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z27" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z27" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) металл анықтағыш - бейтарап немесе әлсіз өткізгіш ортада металл заттарды олардың өткізгіштігі есебінен анықтауға мүмкіндік беретін электрондық аспап;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z28" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) объектінің қауіпсіздігін қамтамасыз ететін адамдар – объектілерде қауіпсіздік және өткізу режимін сақтау функцияларына жауап беретін денсаулық сақтау объектілерінің қызметкерлері немесе денсаулық сақтау объектілерінің меншік иелерімен, иеленушілерімен, басшыларымен объектілер бойынша күзет қызметтерін көрсету туралы шарт жасасқан күзет қызметі субъектілерінің қызметкерлері (жұмыскерлері);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z29" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) объектінің терроризмге қарсы қорғалуын бағалау – өткізу режимін, денсаулық сақтау объектілерінің, сондай-ақ оларда күзет қызметін жүзеге асыратын субъектілердің терроризм актісін жасауға кедергі келтіруге, салдарларын барынша азайтуды және жоюды қамтамасыз етуге дайындығын бағалауға бағытталған іс-шара;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z30" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z30" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) объектінің ықтимал қауіпті учаскелері – аумақтық бөлінген аймақтар (учаскелер), жарылыс, өрт қауіпі бар, қауіпті химиялық заттар, иондаушы және радиоактивті сәулелену көздері, уытты заттар мен препараттар, технологиялық тізбектердің, жүйелердің, жабдықтардың немесе құрылғылардың элементтері пайдаланылатын, сақталатын немесе пайдаланылатын объектінің конструктивтік және технологиялық элементтері, терроризм актісін жасау адамның өмірі мен денсаулығына залал келтіруге, апаттың туындауына, қауіпті әлеуметтік-экономикалық салдарлармен төтенше жағдай қатерінің туындауына, терроризм актісін жасау үшін одан әрі пайдалану мақсатында қауіпті заттар мен материалдарды ұрлауға ықпал етуі мүмкін объектінің қауіпті аймақтары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z31" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z31" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) оқу іс-шаралары – алғашқы ден қою дағдыларын дарыту мақсатында нұсқаулықтар мен сабақтар түрінде іске асырылатын персонал мен күзетті оқытудың алдын алу тәсілдері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z32" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z32" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15) объектінің периметрі – құқық белгілейтін құжаттарға сәйкес объектінің шекарасы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z33" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z33" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) терроризм актісі қатері кезінде эвакуациялау (бұдан әрі – эвакуациялау) – денсаулық сақтау объектісінің персоналын, келушілері мен пациенттерін объектіден немесе оның бір бөлігінен қауіпсіз орындарға (үй-жайларға, жергілікті жер учаскелеріне) ұйымдасқан түрде ауыстыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z34" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z34" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) терроризмге қарсы қорғалу паспорты (бұдан әрі – паспорт) – объект туралы оның терроризмге қарсы қорғалуының жай-күйін көрсететін жалпы және инженерлік-техникалық мәліметтерді қамтитын және террористік тұрғыдан осал объектіде терроризм актілерінің салдарларының алдын алу, жолын кесу, барынша азайту және (немесе) жою жөніндегі іс-шараларды жоспарлауға арналған ақпараттық-анықтамалық құжат;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z35" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z35" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) өткізу режимі – адамдардың рұқсатсыз кіру (шығу), көлік құралдарының кіру (шығу), мүлікті әкелу (әкету) мүмкіндігін болдырмайтын, белгіленген тәртіпті регламенттейтін іс-шаралар мен қағидалар жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 14.10.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 5-тармаққа өзгерістер енгізілді - ҚР Денсаулық сақтау министрінің 14.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="35"/>
+    <w:bookmarkStart w:name="z36" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Денсаулық сақтау объектілерінің терроризмге қарсы қорғалуын ұйымдастырудың мақсаты терроризм актісін жасауға кедергі келтіретін (объект аумағында терроризм актісін жасау қатерін азайту) жағдайлар жасау арқылы терроризмге қарсы іс-қимыл және денсаулық сақтау объектілерінің қауіпсіздігін қамтамасыз ету жөніндегі персонал, пациенттер мен келушілер арасындағы ысырапты болғызбауға, ықтимал материалдық нұқсанды барынша азайтуға, сондай-ақ объектілерде болуы мүмкін террористік қауіптің салдарын жоюға бағытталған іс-шаралар кешенін әзірлеу және енгізу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z37" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z37" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Объектілердің терроризмге қарсы қорғалуының жалпы қағидаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z38" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z38" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өткізілетін іс-шаралардың алдын ала жүргізілуі (алдын ала ескертілуі) - объектілерде террористік сипаттағы қауіп-қатердің алдын алу және әрекет ету жөніндегі іс-қимылдарға денсаулық сақтау объектісінің жұмыскерлері мен күзет қызметкерлерін дайындау, объектілердің пациенттері мен келушілеріне көмек көрсету, сондай-ақ террористік сипаттағы қауіп-қатерден туындаған жағдай аяқталғаннан кейін объектінің жұмысын қалпына келтіру жөніндегі іс-қимылдарды жоспарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сараланған тәсіл – денсаулық сақтау объектілерінің жұмыс істеу ерекшеліктерін (медициналық қызметтер (көмек) көрсету, басқару функцияларын орындау, білім беру және ғылыми қызметті жүргізу, зерттеулерді жүзеге асыру) есепке алуға, оларда тиісті материалдар мен заттарды (ықтимал қауіпті химиялық және биологиялық заттарды, иондаушы және радиологиялық сәулелену көздерін) сақтау мен пайдалануды, объектілерді орналастыруды есепке алуға бағытталған іс-шаралар жиынтығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z40" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) барабарлық – денсаулық сақтау объектісінде әзірленетін және қолданылатын терроризмге қарсы іс-шаралардың денсаулық сақтау саласындағы ұйымдар қызметінің жағдайларына (бағытына) ықтимал террористік қатерлердің сипаты мен ерекшелігіне салыстырмалылығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z41" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z41" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кешенділік – жоғарыда аталған қағидаттарға негізделген, ішкі істер және ұлттық қауіпсіздік органдарының аумақтық бөлімшелерін, оның ішінде терроризмге қарсы комиссияларды, терроризмге қарсы күрес жөніндегі жедел штабтарды, денсаулық сақтау объектілері күзет қызметінің қызметкерлерін қоса алғанда, барлық мүдделі тараптарды тарта отырып, объектілердің терроризмге қарсы қорғалуын қамтамасыз етуге мүмкіндік беретін жағдайлар жасауға және іс-шараларды іске асыруға бағытталған шаралар жиынтығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z42" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z42" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Объектілердің терроризмге қарсы қорғалуы мыналарға бағытталған жағдайлар жасау арқылы қамтамасыз етіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z43" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектілерге заңсыз кіруге кедергі жасау, оған мынадай шаралар қолдану арқылы қол жеткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілерде өткізу режимін орнату және оны мүлтіксіз сақтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектіге заңсыз енуді анықтауға мүмкіндік беретін құралдармен объектіні инженерлік-техникалық тұрғыдан нығайту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="43"/>
+    <w:bookmarkStart w:name="z44" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) терроризм актілерін дайындау және (немесе) жасау белгілерін анықтау бойынша мынандай шаралар қабылдау арқылы қол жеткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілердегі және жақын маңдағы аумақтардағы жағдайға күдікті адамдар мен заттарды анықтау тұрғысынан бақылау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2023,70 +2063,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілер ұжымдарының моральдық-психологиялық ахуалын тұрақты талдау және бағалау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілерді инженерлік-техникалық жарақтандыру жоспарында материалдық-техникалық базаны жақсарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объектілерде терроризм актілерін жасау әрекеттерінің жолын кесу, оларға мыналар бойынша шаралар қолдану арқылы қол жеткізіледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объект үшін ықтимал террористік сипаттағы қауіп-қатерлерді модельдеу және оларға әрекет етудің тиісті алгоритмдерін әзірлеу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2151,70 +2191,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұжымда лаңкестікке қарсы түсінікті қалыптастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілердің терроризмге қарсы қауіпсіздігін қамтамасыз ететін барлық іс - шараларды бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мынадай шаралар қолдану арқылы қол жеткізілетін объектілерде болуы мүмкін террористік қауіп-қатерлердің салдарларын барынша азайту және жою:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       денсаулық сақтау объектілерінің ерекшеліктеріне барабар террористік сипаттағы ықтимал қатерлерге әрекет ету алгоритмдерін әзірлеу және алгоритмдерді іске асыру үшін қажетті күштер мен құралдармен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -2243,1896 +2283,2080 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектіде терроризм актісі жасалған жағдайда ішкі істер және ұлттық қауіпсіздік органдарының қызметкерлерін уақтылы хабардар етуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектінің терроризмге қарсы қорғалу паспортын уақтылы жасау және өзекті жай-күйде ұстау, оны тиісінше сақтау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="46"/>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Денсаулық сақтау объектілерінің лаңкестікке қарсы қорғалуын олардың бірінші басшылары ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z48" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z48" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Басшының бұйрығымен объектінің лаңкестікке қарсы қорғалуы жөніндегі іс-шараларды өткізуді қамтамасыз ететін тұлға және оны алмастыратын адам не құрылымдық бөлімше айқындалады. Объектінің лаңкестікке қарсы қорғалуы жөніндегі іс-шараларды өткізуді қамтамасыз етуге жауапты қызметкерді таңдау және тағайындау соңғысының терроризмге қарсы қызметтің ерекшелігіне сәйкес келетін құзыреті мен лауазымдық міндеттері ескеріле отырып жүргізіледі. Нысанның басшысы тиісті акт шығарады, ал қызметтік міндеттер тізіміне жаңа функция қосылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z49" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z49" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Объектілердің меншік иелері, иеленушілері, басшылары немесе лауазымды адамдары жалға алынған ғимаратта (үй-жайда) орналасқан кезде жалдау шартында объектіні күзетуді жүзеге асыратын объектінің лаңкестікке қарсы қорғалуының паспортын әзірлейтін тараптарды айқындауды, объектіні қазіргі заманғы инженерлік-техникалық құралдармен жарақтандыруды, олардың үздіксіз жұмыс істеуін бақылауды, өткізу режимін ұйымдастыруды және осы іс-шараларды қаржыландыруды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z50" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z50" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Денсаулық сақтау объектілері үшін лаңкестікке қарсы қорғау саласындағы құжаттардың тізбесі осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z51" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z51" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Өткізу режимін ұйымдастыруға қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z52" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z52" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Денсаулық сақтау объектілеріндегі өткізу режимі денсаулық сақтау ұйымының жауапты адамдары әзірлейтін және оның басшысы бекітетін өткізу және объектішілік режимдерді ұйымдастыру тәртібіне сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z53" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z262" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13-1. Объектілердің меншік иелері, басшылары </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>71-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес 2, 3, 4-топтарға жатқызылған объектілердің терроризмге қарсы қорғалуының неғұрлым жоғары деңгейін қамтамасыз ету үшін жеке күзет мекемелермен шарт жасай отырып "Күзет қызметін жүзеге асыру үшін біліктілік талаптарын және оларға сәйкестікті растайтын құжаттар тізбесін бекіту туралы" Қазақстан Республикасы Ішкі істер министрінің 2014 жылғы 30 желтоқсандағы № 959 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10371 болып тіркелген) сәйкес келетін) сәйкес жекеменшік күзет ұйымдарымен күзет қызметтерін көрсету туралы шарт жасасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тарау 13-1-тармақпен толықтырылды - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өткізу режимі төмендегі жағдайларды болдырмауға арналған:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z54" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z54" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқыққа қарсы ниеті бар бөгде адамдардың объектіге немесе оның бөліктеріне (аймақтары) кіруді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z55" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z55" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) денсаулық сақтау объектісінің аумағына тез тұтанатын, уландыратын заттарды, атыс қаруын және пайдаланылуы объект пен адамдар үшін қауіп төндіруі мүмкін өзге де заттарды кіргізу (шығару) және әкелу (әкету). Денсаулық сақтау объектілеріне алып өтуге тыйым салынған заттар мен заттардың тізбесі осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> айқындалған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z56" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z56" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Өткізу режимі мыналарды көздейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z57" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z57" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) денсаулық сақтау объектілеріне кіреберістерде (шығуларда) бақылау функциясы бар күзет пунктін/бекетін/өткізу пунктін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z58" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z58" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жұмыскерлер мен келушілерді объектіге және (немесе) оның бөліктеріне (аймақтарына) өткізу тәртібі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z59" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z59" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) объектіні аймақтарға бөлу (кемінде екі негізгі аймақты белгілеу ұсынылады: бірінші аймақ - қызметкерлерге, келушілерге кіруге шектеу қойылмаған ғимараттар, аумақтар, үй-жайлар; екінші аймақ - белгіленген өткізу тәртібіне сәйкес қызметкерлерге, объектіге келушілерге кіруге рұқсат етілген ғимараттар және (немесе) үй-жайлар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z60" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z60" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) денсаулық сақтау объектісінің бірінші басшысының актісімен объектіге кедергісіз кіруге құқығы бар адамдардың тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z61" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z61" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) денсаулық сақтау объектісінің бірінші басшысының актісімен қолжетімділігі шектеулі аймақтарға жіберілетін адамдардың тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z62" w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z62" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) белгіленген тәртіпке сәйкес объектіге және оның аймағына жұмыскерлер мен келушілердің кіру рұқсатын басқаруды бақылауды қамтамасыз етуге қабілетті өткізу жүйесін енгізу/ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z63" w:id="62"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z63" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объектіден алып өтуге (тасуға), әкелуге (әкетуге) тыйым салынған нәрселер мен заттардың тізбесін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z64" w:id="63"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z64" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) объектінің қауіпті аймақтарын күзету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z65" w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z65" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) объектіде болуы ықтимал жаппай орындарды бақылау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z66" w:id="65"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z66" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Күзет қызметі субъектісімен күзет қызметтерін көрсету туралы шарт жасалған жағдайда денсаулық сақтау объектісінің меншік иесі, иеленушісі, басшысы күзет қызметтері шартында терроризмге қарсы қорғауды және қауіпсіздіктің тиісті деңгейін қамтамасыз ету бойынша күзет қызметі субъектісі іске асыратын іс-шараларды көрсету қажет, оларға мыналар жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z67" w:id="66"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z67" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қызметкерлерге, келушілерге денсаулық сақтау объектісіне немесе оның бір бөлігіне (аймағына) кіруге рұқсат беруді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z68" w:id="67"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z68" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) денсаулық сақтау объектісіне көлік құралдарын өткізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z69" w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z69" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) денсаулық сақтау объектісінің аумағында құқыққа қарсы ниеті бар адамдарды, сондай-ақ оны іске асыру үшін пайдалануға болатын нәрселер мен заттарды анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z70" w:id="69"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z70" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) объектіні күзету, қауіпті аймақтарды қорғау, оның ішінде оларда бөгде адамдардың бақылаусыз болуын болдырмау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z71" w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z71" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) объектіде адамдардың ықтимал жаппай болу орындарын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z72" w:id="71"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z72" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) жасалған терроризм актісі нәтижесінде туындаған техногендік сипаттағы қатерлерді барынша азайтуға және жоюға бағытталған бастапқы әрекет ету іс-шараларын орындау бойынша күзет қызметкерлерімен оқу іс-шараларын ұйымдастыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z73" w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z73" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) денсаулық сақтау объектісінде орнатылған техникалық қорғау құралдарын тиісінше пайдалану.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z74" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ұйым басшысы өткізу режимінің тәртібін, оны ұйымдастыруға және бақылауға жауапты адамдарды айқындайды. Күзет қызметі субъектісімен күзет қызметтерін көрсету туралы шарт болмаған жағдайда, өткізу режимін тікелей орындауға жауапты адамдарды тағайындау көзделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 17-тармақ жаңа редакцияда - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z75" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Денсаулық сақтау объектілеріне жарылғыш, тез тұтанатын, уландырғыш заттардың, атыс қаруы мен пайдалану қауіп төндіре алатын өзге де заттарды әкетуді/әкелуді болдырмау мақсатында денсаулық сақтау объектілерінің қызметкерлері, білім алушылары, пациенттері мен келушілері заттарды тасуға және (немесе) стационарлық металлодетектор арқылы өтуге арналған заттарды көзбен шолып қарауға, қол металлодетекторымен зерттеп-қарауға талап қою арқылы оларда көрсетілген заттар мен заттардың бар-жоғына бақылауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Осы Нұсқаулықтың </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес тыйым салынған нәрселер мен заттарды визуалды қарап-тексеру және (немесе) металлодетектор реакциясының нәтижесінде анықталған кезде Қазақстан Республикасының аумақтық ішкі істер және ұлттық қауіпсіздік органдарына хабардар етіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z76" w:id="75"/>
+    <w:bookmarkStart w:name="z76" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Әрбір денсаулық сақтау объектісінде өткізу және объектішілік режимдерді ұйымдастыру тәртібінің негізінде оған тән ерекшеліктерді ескере отырып, ұйымның басшысы немесе күзет бастығы күзет қызметкерінің лауазымдық нұсқаулығының вариативтік бөлігін әзірлейді, онда міндетті түрде мыналар көзделеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z77" w:id="76"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z77" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) объектінің аумағына (аумағынан) автокөлік құралдарын өткізу кезінде әкелінетін (әкетілетін) жүктердің тиісті құжаттарын және сипатын тексеруді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z78" w:id="77"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z78" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметтік істер бойынша объектіге баратын адамдардың құжаттарын және басқа ұйымдардан келу мақсатын тексеруді, келушілер кітабына тиісті жазбалар жасауды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z79" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z79" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) аумақты ішкі үй-жайларды тексеру, объектінің периметрін тексеру және қоршауларды бүліну тұрғысынан тексеру, бөгде, жарылыс қауіпті және күдікті заттарды анықтау тұрғысынан тұрақты аралау (аралау кестесіне сәйкес);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z80" w:id="79"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z80" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) барлық анықталған бұзушылықтар туралы денсаулық сақтау объектісінің басшысына және күзет қызметі субъектісінің тікелей басшысына бірден хабарлау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z81" w:id="80"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z81" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) белгіленген қағидаларды бұза отырып, объектінің аумағына кіруге және (немесе) денсаулық сақтау ұйымының периметріне тікелей жақын жерде ұзақ уақыт тұрақталған белгісіз автокөлік табылған кезде жұмыскерлерге қатысты құқыққа қарсы іс-әрекеттер жасауға тырысатын адамдар анықталған кезде нақты объектінің жарақтандырылуын негізге ала отырып, күзет қызметкерлерінің іс-әрекеттері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z82" w:id="81"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z82" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Лауазымдық нұсқаулық иесіздендірілген сипатқа ие және әр денсаулық сақтау объектісінде оның ерекшеліктері ескеріле отырып, әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z83" w:id="82"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z83" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Азаматтардың құқықтарын шектейтін, күзет қызметкерлері талаптарының заңдылығын түсіндіретін өткізу режимінің негізгі қағидалары туралы хабарламаларды объектінің әкімшілігі объектіге кірген кезде көруге болатын жерлерге орналастыруы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z84" w:id="83"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z84" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Профилактикалық және оқу іс-шараларын ұйымдастыруға қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z85" w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z85" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Профилактикалық іс-шаралардың мақсаты денсаулық сақтау объектісінде терроризм актісін жасауды барынша азайтуға ықпал ететін жағдайларды жасау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z86" w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z86" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Оқу іс-шараларының мақсаты денсаулық сақтау объектілерінің қызметкерлерін терроризмге қарсы қауіпсіздіктің негізгі қағидаларымен таныстыру, терроризм актісінің жасалу қаупі төнген кезде және ол жасалғаннан кейін сауатты және оңтайлы мінез-құлық дағдыларын пысықтау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z87" w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z87" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Профилактикалық және оқу іс-шаралары нұсқама, сабақ (практикалық және теориялық) түрінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z88" w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z88" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектінің қызметкерлерімен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z89" w:id="88"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z89" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) күзет қызметкерлерімен жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z90" w:id="89"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z90" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Объект персоналы қатарындағы күзет қызметкерлерімен және жұмыскерлермен профилактикалық және оқу іс-шараларын жоспарлауды объектінің терроризмге қарсы қорғанысы жөніндегі іс-шараларды өткізуді қамтамасыз ететін адам жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z91" w:id="90"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z91" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Осы іс-шараларды өткізуге объект орналасқан жердегі әкімшілік-аумақтық бірліктің терроризмге қарсы комиссиясымен келісім бойынша мемлекеттік және жергілікті атқарушы органдардың өкілдері, сондай-ақ объектінің неғұрлым дайындалған қызметкерлері тартылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z92" w:id="91"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z92" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. Терроризмге қарсы қауіпсіздік мәселелері жөніндегі профилактикалық және оқу іс-шаралары тақырыптарының нұсқалары осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> келтірілген.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z93" w:id="92"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z93" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Күзет қызметтерін көрсету туралы шарт жасасқан күзет қызметі субъектісінің қызметкерлері қатарынан күзет қызметкерлерімен профилактикалық және оқу іс-шараларын жоспарлауды күзет қызметі субъектісінің басшысы ұйымдастырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z94" w:id="93"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z94" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Күзет қызметкерлерімен терроризмге қарсы қорғаудың инженерлік-техникалық құралдарын пайдалану дағдыларын алу және (немесе) жетілдіру, үй-жайларды қарап тексеру техникасы, жарылғыш құрылғылардың орнатылуы мүмкін орындарды анықтау бойынша қосымша сабақтар өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z95" w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z95" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Сабақтар (практикалық және теориялық) меншік иесі, иеленуші, денсаулық сақтау объектісінің басшысы немесе күзет қызметі субъектісінің басшысы бекіткен өткізу кестелеріне сәйкес жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z96" w:id="95"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z96" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Терроризмге қарсы қорғалу жөніндегі іс-шараларды өткізуге жауапты адам қызметкерлердің жекелеген топтары үшін олардың қызметін ескере отырып, іс-шаралар кестесін жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z97" w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z97" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Теориялық сабақтар қызметкерлер, денсаулық сақтау объектілерін қорғау қызметкерлері арасында терроризм идеологиясының таралуының алдын алуға, терроризм идеологиясының әртүрлі көріністерінде, қауіпсіздік мәдениетінде қабылданбауын қалыптастыруға бағытталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z98" w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z98" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Практикалық сабақтар қызметкерлердің, денсаулық сақтау объектілерін күзету қызметкерлері іс-қимылдарының барынша үйлесімділігін және анықтығын қамтамасыз етуге бағытталады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z99" w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z99" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Объектінің үй-жайларында және аумағында терроризм актісін жасау қаупі туындаған кездегі іс-қимылдар бойынша практикалық сабақтар объектінің барлық ұжымын қамти отырып, терроризмге қарсы комиссияның үйлестіруі кезінде жылына кемінде бір рет өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z100" w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z100" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Объектінің барлық ұжымын қамти отырып, практикалық сабақтарды өткізу алдында осы Нұсқаулыққа 4-қосымшаға сәйкес террористік сипаттағы ықтимал қауіп-қатерлерге объектілердің әртүрлі адамдар тобының іс-қимыл алгоритмдерін білуін қалыптастыруға бағытталған қызметкерлердің, күзет қызметкерлерінің жекелеген топтарымен теориялық сабақтар, жоспарлы нұсқамалар өткізу жүргізіледі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z101" w:id="100"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z101" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Нұсқама жүргізу қызметкерлерді лаңкестікке қарсы қауіпсіздіктің негізгі ережелерімен таныстыруға, сауатты және ұтымды мінез-құлық дағдыларын дамытуға арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z102" w:id="101"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z102" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. Жоспарлы нұсқама нысана ұжымының әрбір тобы (жұмыскерлер, күзет қызметкерлері) үшін жылына кемінде екі рет өткізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z103" w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z103" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38. Жоспардан тыс нұсқама:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Терроризм актісі қатерінің туындауы туралы ақпарат мониторингінің және халықты хабардар етудің мемлекеттік жүйесінің ұйымдастырылуы мен жұмыс істеу қағидаларын бекіту туралы" Қазақстан Республикасы Президентінің 2013 жылғы 9 тамыздағы № 611 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жарлығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (бұдан әрі – хабардар ету қағидалары) сәйкес объект орналасқан өңірде террористік қауіптілік деңгейінің бірін енгізу бойынша: бірқалыпты ("сары")), жоғары ("қызғылт сары"), қауіпті ("қызыл") объектінің терроризмге қарсы қорғалуы жөніндегі іс-шараларды өткізуді қамтамасыз ететін адамды үйлестіру кезінде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z104" w:id="103"/>
+    <w:bookmarkStart w:name="z104" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектінің терроризмге қарсы қорғалуы жөніндегі іс-шараларды өткізуді қамтамасыз ететін адамды үйлестіру кезінде объектіде терроризм актісін жасаудың ықтимал қатері туралы ақпараттың болуы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z105" w:id="104"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z105" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) терроризмге қарсы күрес жөніндегі жедел штабты үйлестіру кезінде терроризмге қарсы оқуға, жаттығуларға, денсаулық сақтау объектісін бағалауға дайындық;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z106" w:id="105"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z106" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасы Мемлекеттік күзет қызметін үйлестіру кезінде күзет іс-шараларын өткізуге дайындық.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z107" w:id="106"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z107" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. Жоспардан тыс нұсқаманың мазмұны оны жүргізу қажеттілігін тудырған себептер мен жағдайларға байланысты әрбір нақты жағдайда айқындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z108" w:id="107"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z108" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Ұйымда немесе жеке жұмыс істейтін қызметкерлер тобы үшін (жұмысқа түскен адамдар үшін) нұсқама жүргізуге жол беріледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z109" w:id="108"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z109" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. Профилактикалық және оқу іс-шараларын өткізу үшін барлық немесе қызметкерлердің белгілі бір тобын сыйғызатын үй-жай пайдаланылады, онда арнайы көрнекі ақпаратты (стендтер, плакаттар), тақырыптық слайдтарды көрсету үшін проектор, аудиотехниканы немесе бейнетехниканы пайдалану үшін орындар бөлінеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z110" w:id="109"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z110" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Іс – шара аяқталғаннан кейін оның нәтижелері осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша терроризмге қарсы дайындық жөніндегі оқу іс-шараларын есепке алу журналына (бұдан әрі-журнал) енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z111" w:id="110"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z111" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Журнал тігіледі және мөрмен, сондай-ақ бірінші басшының қолымен бекітіледі. Журналды толтыру қатаң жүйелілікті сақтай отырып жүргізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z112" w:id="111"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z112" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Журналды жүргізу және объектінің терроризмге қарсы қорғалуы жөніндегі іс-шараларды өткізу үшін денсаулық сақтау объектісінің бірінші басшысы жауапты тұлғаны айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z113" w:id="112"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z113" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Нұсқама немесе сабақ өткізу кезінде көрсетілген іс-шараны құжаттау хаттама түрінде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z114" w:id="113"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z114" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Террористік көріністерге әрекет ету, сондай-ақ жасалған терроризм актісінің нәтижесінде туындаған техногендік сипаттағы қатерлерді жою мәселелері бойынша өзара іс-қимылды ұйымдастыруға қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z115" w:id="114"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z115" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46. Өзара іс-қимыл терроризм актілерінің профилактикасы және алдын алу, объектіде терроризм актісі қаупі төнген немесе жасалған жағдайдағы іс-әрекеттерге қызметкерлерді, объектіні күзету қызметкерлерін оқыту және даярлау мақсатында ұйымдастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z116" w:id="115"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z116" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47. Терроризмге қарсы комиссиямен өзара іс-қимыл объект үшін террористік сипаттағы неғұрлым ықтимал қатерлерді нақтылау арқылы профилактикалық және оқу-жаттығу іс-шараларын жоспарлау кезеңінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z117" w:id="116"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z117" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Объектідегі террористік сипаттағы неғұрлым ықтимал қатерлерге, объектінің ерекшеліктеріне (объектінің түрі, іске асырылатын оқыту бағдарламалары, қызметкерлер мен күзет қызметкерлерінің саны, объектінің орналасуы) сүйене отырып, объектіде осы Нұсқаулыққа 4-қосымшада келтірілген объект адамдарының әртүрлі тобының террористік сипаттағы ықтимал қатерлерге әрекет ету алгоритмдері нақтыланады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z118" w:id="117"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z118" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Аталған алгоритмдер уәкілетті мемлекеттік органдардың қатысуымен өткізілетін практикалық сабақтар, сондай-ақ терроризмге қарсы күрес жөніндегі жедел штабтардың жоспарларына сәйкес өткізілетін терроризмге қарсы әртүрлі деңгейдегі оқу-жаттығуларды, жаттығуларды дайындау мен өткізу, объектінің терроризмге қарсы қорғалуын бағалау (эксперимент) барысында пысықталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z119" w:id="118"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z119" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       50. Терроризмге қарсы күрес жөніндегі жедел штаб объектіні терроризмге қарсы оқу-жаттығулар, жаттығулар өткізуге, терроризм актісінің жасалуына кедергі келтіруге және оның салдарларын барынша азайтуға (жоюға) денсаулық сақтау объектісіне бағалау жүргізуге жұмылдырған жағдайда, объектінің басшысы, сондай-ақ объектіге күзет қызметтерін көрсету туралы шарт жасасқан күзет қызметі субъектісінің басшысы объектіге жәрдем көрсетеді, көрсетілген іс-шараларды өткізуге қызметкерлердің, күзет қызметкерлерінің қажетті топтарын тартуды және олардың қатысуын қамтамасыз етеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z120" w:id="119"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z120" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Терроризмге қарсы оқу-жаттығуларды өткізу, объектінің терроризмге қарсы қорғалуын бағалау (эксперимент) қорытындылары бойынша тиісті жоспарларға, графиктерге және алгоритмдерге түзетулер енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z121" w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z121" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Террористік көріністерге ден қою мәселелері бойынша өзара іс-қимыл міндеттерінің бірі Қазақстан Республикасының аумақтық ішкі істер және ұлттық қауіпсіздік органдарын терроризм актілерін дайындау фактілері мен белгілері туралы уақтылы хабардар ету және оларға жол бермеуге бағытталған шараларды іске асыру болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z122" w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z122" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. Терроризм актісін (актілерін) жасау немесе жасау қауіптеріне әрекет ету дайындығын қамтамасыз ету шеңберінде объектіге күзет қызметтерін көрсету туралы шарт жасасқан объектілердің басшылары, күзет қызметі субъектілерінің басшылары алғашқы әрекет ету алгоритмдерін әзірлейді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z123" w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z123" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) терроризм актісінің (актілері) жасалу қатері немесе жасалуы туралы Қазақстан Республикасының аумақтық ішкі істер және ұлттық қауіпсіздік органдарын дереу хабардар ету бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z124" w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z124" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) терроризм актісінің (актілері) жасалу қаупі немесе жасалуы туралы уәкілетті мемлекеттік органдардан ақпарат алған кезде;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z125" w:id="124"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z125" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қызметкерлердің, күзет қызметкерлерінің қаруды, қолдан жасалған жарылғыш құрылғыларды дайындауға арналған бөлшектерді ұрлаудың, заңсыз сатып алудың белгілі болған фактілері туралы, сондай-ақ олардың сақталатын орындары туралы аумақтық ішкі істер органдарын уақтылы хабардар ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z126" w:id="125"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z126" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       54. Денсаулық сақтау объектілерінің басшылары, қызметкерлері, күзет қызметкерлері терроризм актісін жасау кезінде немесе оның жасалу қаупі туралы аумақтық ұлттық қауіпсіздік органдарын, ішкі істер органдарының бөлімшелерін және өзге де мүдделі тұлғаларды осы Нұсқаулыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшада</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ұсынылған террористік сипаттағы болжамды қатерлерге объектілердегі әртүрлі тұлғаларының іс-қимыл алгоритмдерге сәйкес хабардар етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ақпаратты ұсынған кезде терроризм актісінің жасалғаны туралы немесе оның жасалу қаупі туралы алынған мәліметтер, объектінің атауы мен мекенжайы, оқиғаның уақыты, зардап шеккендердің бар-жоғы, олардың орналасқан жері мен жай-күйі, хабар беруші адамның тегі, аты және әкесінің аты (болған кезде) және оның лауазымы көрсетіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Толық деректердің жоқтығы жауапты тұлғаларды тез арада баяндама жасаудан босатпайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z127" w:id="126"/>
+    <w:bookmarkStart w:name="z127" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Террористік қауіптіліктің белгіленген деңгейіне сәйкес террористік тұрғыдан осал денсаулық сақтау объектілерінің меншік иелері, иеленушілері, басшылары немесе лауазымды адамдары хабардар ету Қағидаларына сәйкес мынадай қауіпсіздік шараларын қолданады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z128" w:id="127"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z128" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) террористік қауіптіліктің "сары" деңгейінде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       денсаулық сақтау объектісінде өткізу режимін күшейту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4179,70 +4403,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       персоналды терроризм актісінің жасалу қаупі және қажетті іс-қимылдар туралы хабардар ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       шұғыл немесе шұғыл нысанда медициналық көмек көрсету, сондай-ақ терроризм актісі нәтижесінде физикалық зиян келтірілген адамдарды медициналық эвакуациялауды ұйымдастыру бойынша объектінің мүмкіндіктерін бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z129" w:id="128"/>
+    <w:bookmarkStart w:name="z129" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) террористік қауіптіліктің жоғары ("қызғылт сары") деңгейінде (террористік қауіптіліктің "сары" деңгейі белгіленген кезде қабылданатын шаралармен қатар):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объект персоналы мен бөлімшелерінің қауіпті жағдайларды оқшаулау жөніндегі функцияларды жүзеге асыратын дайындығын тексеру және олардың терроризм актісінің жолын кесу және адамдарды құтқару жөніндегі ықтимал іс-қимылдарын пысықтау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4271,242 +4495,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объект аумағы бойынша көлік құралдарының жүруін бақылауды күшейту, қару мен жарылғыш заттарды анықтаудың техникалық құралдарын қолдана отырып, көлік құралдарына тексеріп қарауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       терроризм актісі нәтижесінде физикалық және моральдық залал келтірілген адамдарды қабылдауға объектінің жоғары дайындық режиміне келтіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="129"/>
+    <w:bookmarkStart w:name="z130" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) террористік қауіптіліктің шекті ("қызыл") деңгейі белгіленген кезде (террористік қауіптіліктің "сары" және "қызғылт сары" деңгейлері енгізілген кезде қолданылатын шаралармен қатар):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       адамдарды құтқару жөнінде шұғыл шаралар қабылдау, құтқару қызметтері мен құралымдарының үздіксіз жұмыс істеуіне жәрдемдесу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектіні төтенше режим жағдайына аудару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="130"/>
+    <w:bookmarkStart w:name="z131" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Террористік тұрғыдан осал объектінің терроризмге қарсы қорғалуы паспортын әзірлеуге және оның айналымына қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z132" w:id="131"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z132" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Паспорт терроризмге қарсы іс-қимылды жүзеге асыратын мүдделі органдар объектідегі терроризм актілерінің алдын алу, жолын кесу, салдарларын барынша азайту және (немесе) жою жөніндегі іс-шараларды жоспарлаған кезде оларды пайдалануға арналған.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z133" w:id="132"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z133" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. Паспорт қолжетімділігі шектеулі ақпаратты қамтитын құжат болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денсаулық сақтау объектілерінде объектілердің басшылары оны әзірлеуге жұмылдырылмаған адамдардың паспортқа қол жеткізуін шектеу, объектінің терроризмге қарсы қорғалуын қамтамасыз ету, объектілердің терроризмге қарсы қорғалуының жай-күйін бақылау, терроризмге қарсы күрес жөніндегі жедел штабтың қызметі бойынша шаралар қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="133"/>
+    <w:bookmarkStart w:name="z134" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Объектінің басшысы болып паспортты әзірлеуге, оның сақталуына және паспорттың деректерін уақтылы жаңартуға жауапты (жауапты) адам (адамдар) тағайындалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z135" w:id="134"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z135" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Паспорт Қазақстан Республикасы Ішкі істер министрінің 2023 жылғы 14 маусымдағы № 481 және Қазақстан Республикасы Ұлттық қауіпсіздік комитеті Төрағасының 2023 жылғы 26 маусымдағы № 51/қе (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32950 болып тіркелген) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бірлескен бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген террористік тұрғыдан осал объектілердің терроризмге қарсы қорғалуының үлгілік паспортына сәйкес электрондық нұсқада бір уақытта әзірлене отырып, екі данада әзірленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -4525,320 +4749,320 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z136" w:id="135"/>
+    <w:bookmarkStart w:name="z136" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Объект бірнеше құқық иеленушісі бар ғимаратта, құрылыста (ғимараттар мен құрылыстар кешенінде) орналасқан жағдайларда, паспорт жасау олардың арасындағы жазбаша келісім бойынша: объектілердің барлық құқық иеленушілерімен немесе олардың бірімен бірлесіп жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z137" w:id="136"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z137" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Паспорттың жобасы объектінің басшысы объектіні террористік тұрғыдан осал объектілердің, облыстың, республикалық маңызы бар қаланың, астананың тізбесіне (бұдан әрі – аумақтық тізбе) енгізу туралы тиісті хабарламаны алған кезден бастап қырық бес жұмыс күні ішінде жасалады</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z138" w:id="137"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z138" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Паспортты 61-тармақта көрсетілген мерзімде әзірлеу мүмкін болмаған жағдайда (объектінің күрделілігін ескере отырып) объектінің басшысы терроризмге қарсы комиссияның аппаратына (бөліміне) паспортты жасау мерзімін ұзарту туралы негізделген өтініш жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z139" w:id="138"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z139" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Әзірленген паспорттың жобасы объектінің орналасқан жері бойынша аумақтық ішкі істер органының басшыларымен жасалғаннан кейін күнтізбелік он күн ішінде келісіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Паспорт жобасын келісу мерзімі үлгі паспортта көрсетілген лауазымды адамға паспорт келіп түскен күннен бастап он бес жұмыс күнінен аспайды.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Келісуші тұлғадан паспорттың жобасына ескертулер болған жағдайда, пысықтау мерзімі қайтарылған күннен бастап он бес жұмыс күнінен, ал қайта қайтарылған кезде – жеті жұмыс күнінен аспайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z140" w:id="139"/>
+    <w:bookmarkStart w:name="z140" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       64. Келісілгеннен кейін он жұмыс күні ішінде паспортты объектінің басшысы бекітеді (оның ішінде оны жаңарту кезінде). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бірлесіп жасаған кезде паспортты объектілердің барлық құқық иеленушілері бекітуге тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бір құқық иеленуші жасаған кезде паспортты ол объектінің басқа құқық иеленушілерімен келісім бойынша бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z141" w:id="140"/>
+    <w:bookmarkStart w:name="z141" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       65. Паспорттың бірінші данасы (түпнұсқасы) әзірленіп, бекітілгеннен кейін оның сақталуына және паспорттың деректерін уақтылы жаңартуға жауапты тұлғада сақталуға тиіс. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z142" w:id="141"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z142" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       66. Терроризм актілерінің салдарын жоюға және азайтуға тартылған органдарға паспортты уақтылы беруді қамтамасыз ету мақсатында паспортқа екі данада тізімдеме жасалады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тізімдеменің бір данасы паспортпен бірге қажет болған жағдайда терроризмге қарсы операцияға басшылықты жүзеге асыратын жедел штабқа беріледі. Тізімдеменің екінші данасы паспортты сақтауға жауапты адамда қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z143" w:id="142"/>
+    <w:bookmarkStart w:name="z143" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       67. Паспорттың екінші данасы және паспорттың электрондық нұсқасы (PDF форматында электрондық ақпарат тасығышта) ол бекітілген немесе түзетілген күннен бастап күнтізбелік он күннен кешіктірілмейтін мерзімде сақтау үшін Қазақстан Республикасы ішкі істер органдарының аумақтық бөлімшелеріне жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z144" w:id="143"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z144" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       68. Паспорт төмендегі жағдайлар өзгерген кезде түзетуге жатады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkEnd w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) меншік құқығы;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -4921,70 +5145,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) объектінің ықтимал қауіпті учаскелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) объектінің терроризмге қарсы қорғалуын қамтамасыз ету үшін тартылатын техникалық құралдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z145" w:id="144"/>
+    <w:bookmarkStart w:name="z145" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       69. Өзгерістер түзету үшін негіздер туындағаннан кейін күнтізбелік жиырма күн ішінде енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Паспортты әзірлеу, оған түзетулер енгізу мерзімдерін ұлғайту қажет болған кезде объект басшысы терроризмге қарсы комиссияға тиісті өтінішпен жүгінеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5049,224 +5273,224 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кемінде бес жылда бір рет;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) паспорт мәтіні тармақтарының жартысынан астамына түзетулер енгізген жағдайда толық ауыстыруға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="145"/>
+    <w:bookmarkStart w:name="z146" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       70. Паспорт тиісті акт жасала отырып, комиссиялық тәртіппен жойылуға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акт объектінің құқық иеленушісі болып табылатын ұйымда қалады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Актінің көшірмесі паспорттың екінші данасын сақтау орны бойынша жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z147" w:id="146"/>
+    <w:bookmarkStart w:name="z147" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6-тарау. Денсаулық сақтау объектілерін инженерлік-техникалық жабдықпен жарақтандыруға қойылатын талаптар</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z148" w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z148" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       71. Терроризм актісін жасаудың ықтимал салдарларын және инженерлік-техникалық жабдыққа қойылатын сараланған талаптарды айқындауды ескере отырып, объектілердің мынадай топтары белгіленеді: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z149" w:id="148"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z149" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) бірінші топтағы денсаулық сақтау объектілері – денсаулық сақтау саласындағы уәкілетті органның және оның комитеттерінің әкімшілік ғимараттары мен объектілері, әкімшілік ғимараттар және олардың аумақтық бөлімшелерінің объектілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z150" w:id="149"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z150" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) екінші топтағы денсаулық сақтау объектілері – мемлекеттік материалдық резервтері бар объектілер (медициналық препараттар мен медициналық бұйымдарды сақтау жөніндегі қоймалар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z151" w:id="150"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z151" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) үшінші топтағы денсаулық сақтау объектілері – ықтимал қауіпті химиялық және биологиялық (бактериологиялық, улы) заттарды әзірлеуге, өндіруге, сынауға, зерттеуге және сақтауға тартылған объектілер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z152" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) төртінші топтағы денсаулық сақтау объектілері - білім алушылардың және персоналдың нақты саны 100 (жүз) және одан да көп адам болатын денсаулық сақтау саласындағы білім беру ұйымдары, бір ауысымда 200 (екі жүз) және одан да көп адам қабылдауға есептелген денсаулық сақтау ұйымдары; 200 (екі жүз) және одан да көп төсекке есептелген стационарлық көмек көрсететін ұйымдар (егер олар басқа өлшемшарттарға жатпайтын болса, ведомстволық денсаулық сақтау объектілері).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5302,187 +5526,207 @@
         </w:rPr>
         <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 71-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 14.10.2024 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 71-тармаққа өзгерістер енгізілді - ҚР Денсаулық сақтау министрінің 14.10.2024 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z154" w:id="152"/>
+    <w:bookmarkStart w:name="z154" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       72. Барлық денсаулық сақтау объектілері осы Нұсқаулықтың 71-тармағында көрсетілген топтар бойынша бөлуге қарамастан міндетті түрде телевизиялық күзет жүйелерімен және хабардар ету жүйелерімен жарақтандырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z155" w:id="153"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z155" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       73. Мемлекеттік күзетуге жататын денсаулық сақтау объектілерін жарақтандыру осы Нұсқаулықтың 71-тармағында көрсетілген топтарға бөлінуіне қарамастан, "Мемлекеттік күзетуге жататын объектілердің кейбір мәселелері" туралы Қазақстан Республикасы Үкіметінің 2011 жылғы 7 қазандағы № 1151 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қаулысына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бекітілген мемлекеттік күзетуге жататын объектілердің инженерлік-техникалық нығайтылуы жөніндегі талаптарға сәйкес қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z156" w:id="154"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z156" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       74. Бірінші топтың объектілерін жарақтандыру үшін осы Нұсқаулықтың 72-тармағында көзделген іс-шараларға қосымша мынадай инженерлік-техникалық құралдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z157" w:id="155"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z157" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектінің периметрін жабдықтау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бақылау-өткізу пункттері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5490,91 +5734,91 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттар мен құрылыстардың нығайтылуы (ғимараттар қабырғаларының, объекті құрылыстарының, оның терезе ойықтарының нығайтылуы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кіруді бақылау және нығайту жүйелері;</w:t>
+      кіруді бақылау және басқару жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таранға қарсы құрылғылар (периметрі бойынша қауіптілігі жоғары учаскелер болған кезде);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z158" w:id="156"/>
+    <w:bookmarkStart w:name="z158" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектідегі жағдайды бақылау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkEnd w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5585,128 +5829,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзет және дабыл сигнализациясы жүйелері (оның ішінде дабыл берудің мобилдік немесе стационарлық құралдары);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық тексеру құралдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="157"/>
+    <w:bookmarkStart w:name="z159" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қауіпсіздік жүйесінің жұмысын қамтамасыз ететін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkEnd w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       резервтік, үздіксіз электрмен жабдықтау жүйелері мен құралдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z160" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 74-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       75. Екінші топтың объектілерін жарақтандыру үшін осы Нұсқаулықтың 72-тармағында көзделген іс-шараларға қосымша мынадай инженерлік-техникалық құралдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z161" w:id="159"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z161" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектінің периметрін жабдықтау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ережелер Жинағына 3.02-142-2014 (Сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер, кәсіпорындардың, ғимараттар мен құрылыстардың алаңдары мен учаскелерінің қоршауларын жобалау) сәйкес периметрді қоршау (физикалық тосқауыл);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5732,109 +6038,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттар мен құрылыстардың нығайтылуы (ғимараттар қабырғаларының, объекті құрылыстарының, оның терезе ойықтарының нығайтылуы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кіруді бақылау және нығайту жүйелері;</w:t>
+      кіруді бақылау және басқару жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таранға қарсы құрылғылар (периметрі бойынша қауіптілігі жоғары учаскелер болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзеттік жарықтандыру жүйелері және күзет сигнализациясы жүйесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="160"/>
+    <w:bookmarkStart w:name="z162" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектідегі жағдайды бақылау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5845,128 +6151,190 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзет және дабыл сигнализациясы жүйелері (оның ішінде дабыл берудің ұтқыр не стационарлық құралдары);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық тексеру құралдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z163" w:id="161"/>
+    <w:bookmarkStart w:name="z163" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қауіпсіздік жүйесінің жұмысын қамтамасыз ететін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       резервтік, үздіксіз электрмен жабдықтау жүйелері мен құралдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z164" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 75-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z164" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       76. Үшінші топтың объектілерін жарақтандыру үшін осы Нұсқаулықтың 72-тармағында көзделген іс-шараларға қосымша мынадай инженерлік-техникалық құралдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z165" w:id="163"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z165" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектінің периметрін жабдықтау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkEnd w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Ережелер Жинағына 3.02-142-2014 (Сәулет, қала құрылысы және құрылыс саласындағы мемлекеттік нормативтер, кәсіпорындардың, ғимараттар мен құрылыстардың алаңдары мен учаскелерінің қоршауларын жобалау) сәйкес периметрді қоршау (физикалық тосқауыл); </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6010,109 +6378,109 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ғимараттар мен құрылыстардың нығайтылуы (ғимараттар қабырғаларының, объекті құрылыстарының, оның терезе ойықтарының нығайтылуы);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кіруді бақылау және нығайту жүйелері;</w:t>
+      кіруді бақылау және басқару жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       таранға қарсы құрылғылар (периметрі бойынша қауіптілігі жоғары учаскелер болған кезде);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзеттік жарықтандыру және күзеттік дабыл сигнализация жүйелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="164"/>
+    <w:bookmarkStart w:name="z166" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектідегі жағдайды бақылау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       байланыс жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6123,1162 +6491,1116 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзет және дабыл сигнализациясы жүйелері (оның ішінде дабыл берудің ұтқыр не стационарлық құралдары);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық тексеру құралдары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="165"/>
+    <w:bookmarkStart w:name="z167" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қауіпсіздік жүйесінің жұмысын қамтамасыз ететін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       резервтік, үздіксіз электрмен жабдықтау жүйелері мен құралдары.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z168" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 76-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z168" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       77. Төртінші топтағы объектілерді жарақтандыру үшін осы Нұсқаулықтың 72-тармағында көзделген іс-шараларға қосымша мынадай инженерлік-техникалық құралдар пайдаланылады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z169" w:id="167"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z169" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) объектінің периметрін жабдықтау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Ережелер Жинағына 3.02-142-2014 (Сәулет, қала құрылыс саласындағы мемлекеттік нормативтер, кәсіпорын, ғимарат және имарат алаңдары мен телімдерінің қоршауларын жобалау) сәйкес периметрді қоршауы (физикалық тосқауыл);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      кіруді бақылау және нығайту жүйелері (ұсынылады);</w:t>
+      кіруді бақылау және басқару жүйелері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзеттік жарықтандыру жүйелері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z170" w:id="168"/>
+    <w:bookmarkStart w:name="z170" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектідегі жағдайды бақылау бойынша:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күзет және дабыл сигнализациясы жүйелері (оның ішінде дабыл берудің ұтқыр немесе стационарлық құралдары).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="169"/>
-[...223 lines deleted...]
-    <w:bookmarkStart w:name="z175" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 77-тармаққа өзгеріс енгізілді - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">78. Алып тасталды - ҚР Денсаулық сақтау министрінің 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 170</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z175" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       79. Бейнебақылау жүйесі объектідегі жағдайға байқау жүргізу, сондай-ақ жағдайды бағалау және құқық бұзушылардың іс-әрекеттерін тіркеу үшін рұқсатсыз кіру фактісін көзбен шолып растау мақсатында белгіленеді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z176" w:id="174"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z176" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       80. Жеке ғимаратта (ғимараттар кешенінде) орналасқан объектіде бейнебақылау жүйесімен </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z177" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объектіге іргелес жатқан аумақтың периметрі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z178" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бақылау-өткізу пункттері (бар болса);</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z177" w:id="175"/>
-[...15 lines deleted...]
-      1) объектіге іргелес жатқан аумақтың периметрі;</w:t>
+    <w:bookmarkStart w:name="z179" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бас және қосалқы кіру есіктері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z178" w:id="176"/>
-[...15 lines deleted...]
-      2) бақылау-өткізу пункттері (бар болса);</w:t>
+    <w:bookmarkStart w:name="z180" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) объектіде адамдар көп болуы мүмкін орындар.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z179" w:id="177"/>
-[...15 lines deleted...]
-      3) бас және қосалқы кіру есіктері;</w:t>
+    <w:bookmarkStart w:name="z181" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) денсаулық сақтау ұйымы басшысының (меншік иесінің) қалауы бойынша басқа да үй-жайлар жабдықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z180" w:id="178"/>
-[...15 lines deleted...]
-      4) объектіде адамдар көп болуы мүмкін орындар.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жапсарлас-жанастыра салынған ғимараттар үшін бейнебақылау жүйесімен қамтылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z182" w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) объектіде адамдардың жаппай болуы мүмкін орындары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z181" w:id="179"/>
-[...15 lines deleted...]
-      5) денсаулық сақтау ұйымы басшысының (меншік иесінің) қалауы бойынша басқа да үй-жайлар жабдықталады.</w:t>
+    <w:bookmarkStart w:name="z183" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) бас және қосалқы кіру есіктері (бар болса) жабдықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:p>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z184" w:id="182"/>
+    <w:bookmarkStart w:name="z184" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       81. Объектінің бейнебақылау жүйелеріне қойылатын техникалық талаптар "Ұлттық бейнемониторинг жүйесінің жұмыс істеу қағидаларын бекіту туралы" Қазақстан Республикасы Ұлттық қауіпсіздік комитеті төрағасының 2020 жылғы 27 қазандағы № 69 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығымен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21693 болып тіркелген) бекітілген Ұлттық бейнемониторинг жүйесінің жұмыс істеу қағидаларында (бұдан әрі – ұлттық бейнемониторинг жүйесінің жұмыс істеу қағидалары) көзделген бейнебақылау жүйелерінің ең төмен техникалық талаптарына сәйкес келу керек. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z185" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      82. Бейнебақылау жүйесі мыналарды қамтамасыз етеді:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z186" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) бейнебақылау камераларынан көрнекі ақпаратты техникалық құралға немесе жинаудың техникалық құралдарының жиынтығына беру. Күзет қызметкерінің бекетінде орнатылған алынған ақпаратты өңдеу, көрсету және тіркеу</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z185" w:id="183"/>
-[...15 lines deleted...]
-      82. Бейнебақылау жүйесі мыналарды қамтамасыз етеді:</w:t>
+    <w:bookmarkStart w:name="z187" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) автоматтандырылған режимдегі жұмыс істеуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z186" w:id="184"/>
-[...15 lines deleted...]
-      1) бейнебақылау камераларынан көрнекі ақпаратты техникалық құралға немесе жинаудың техникалық құралдарының жиынтығына беру. Күзет қызметкерінің бекетінде орнатылған алынған ақпаратты өңдеу, көрсету және тіркеу</w:t>
+    <w:bookmarkStart w:name="z188" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нақты уақыт режимінде объектідегі жағдайды бағалау мүмкіндігі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z187" w:id="185"/>
-[...15 lines deleted...]
-      2) автоматтандырылған режимдегі жұмыс істеуді;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ақпаратты кемінде 30 тәулік мерзімінде сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z188" w:id="186"/>
-[...15 lines deleted...]
-      3) нақты уақыт режимінде объектідегі жағдайды бағалау мүмкіндігі;</w:t>
+    <w:bookmarkStart w:name="z190" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Ұлттық бейнемониторинг жүйесінің жұмыс істеу қағидаларында айқындалған тәртіппен және шарттарда Ұлттық бейнемониторинг жүйесіне қосылу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z189" w:id="187"/>
-[...15 lines deleted...]
-      4) ақпаратты кемінде 30 тәулік мерзімінде сақтау;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      83. Бейнекамералар аумақтың бүкіл периметрін қамтиды, бақылау камераларының шолуына объектінің және аумақтың барлық кіру-шығу жолдары кіреді. Камералардың бейнесі анық, яғни бұрмалаусыз болу керек.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z190" w:id="188"/>
-[...15 lines deleted...]
-      5) Ұлттық бейнемониторинг жүйесінің жұмыс істеу қағидаларында айқындалған тәртіппен және шарттарда Ұлттық бейнемониторинг жүйесіне қосылу.</w:t>
+    <w:bookmarkStart w:name="z192" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      84. Орталықтандырылған бақылау пултін күзеттің қызметтік құрылымдық бөлімшесі бөлмесінде немесе арнайы осы мақсатта жарақтандырылған бөлмеде орналастыру қажет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z191" w:id="189"/>
-[...15 lines deleted...]
-      83. Бейнекамералар аумақтың бүкіл периметрін қамтиды, бақылау камераларының шолуына объектінің және аумақтың барлық кіру-шығу жолдары кіреді. Камералардың бейнесі анық, яғни бұрмалаусыз болу керек.</w:t>
+    <w:bookmarkStart w:name="z193" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      85. Объектілер штаттан тыс жағдайдың туындауы (терроризм актісінің жасалу қаупі немесе жасалуы және туындаған салдарлар туралы) және олардың іс-қимылдарын үйлестіру туралы жұмыскерлер мен объектіге келушілерді жедел хабардар ету мақсатында хабардар ету жүйелерімен және құралдарымен жарақтандырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z192" w:id="190"/>
-[...15 lines deleted...]
-      84. Орталықтандырылған бақылау пултін күзеттің қызметтік құрылымдық бөлімшесі бөлмесінде немесе арнайы осы мақсатта жарақтандырылған бөлмеде орналастыру қажет.</w:t>
+    <w:bookmarkStart w:name="z194" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      86. Жұмыскерлерді, объектіге келушілерді хабардар ету алдын ала әзірленген жоспарға сәйкес басқа да техникалық және жылжымалы байланыс құралдарының (сигнализация) көмегімен ішкі байланыс желілері бойынша жүзеге асырылады, олар мыналарды қамтамасыз ету керек:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z193" w:id="191"/>
-[...15 lines deleted...]
-      85. Объектілер штаттан тыс жағдайдың туындауы (терроризм актісінің жасалу қаупі немесе жасалуы және туындаған салдарлар туралы) және олардың іс-қимылдарын үйлестіру туралы жұмыскерлер мен объектіге келушілерді жедел хабардар ету мақсатында хабардар ету жүйелерімен және құралдарымен жарақтандырылады.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ғимараттарға, үй-жайларға, адамдар тұрақты немесе уақытша болатын объекті аумағындағы учаскелерге дыбыстық (жарық сигналдарын) беру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z194" w:id="192"/>
-[...15 lines deleted...]
-      86. Жұмыскерлерді, объектіге келушілерді хабардар ету алдын ала әзірленген жоспарға сәйкес басқа да техникалық және жылжымалы байланыс құралдарының (сигнализация) көмегімен ішкі байланыс желілері бойынша жүзеге асырылады, олар мыналарды қамтамасыз ету керек:</w:t>
+    <w:bookmarkStart w:name="z196" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сөйлеу ақпаратын автоматты режимде де (бұрын жазылған мәтінді оқу), сондай-ақ қауіп сипаты, объектілерде үй-жайларда эвакуациялауды немесе бұғаттауды жүзеге асыру қажеттілігі мен тәртібі, объектінің персоналы, білім алушылары мен келушілерінің қауіпсіздігін қамтамасыз етуге бағытталған басқа да іс-қимылдар туралы микрофон көмегімен де трансляциялау. Эвакуациялау және үй-жайларды бұғаттау туралы хабарлау жүйесі сигналдармен ерекшеленеді.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z195" w:id="193"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z197" w:id="195"/>
+    <w:bookmarkStart w:name="z197" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       87. Хабарлағыштардың саны және олардың қуаты адамдар тұрақты немесе уақытша болатын барлық жерлерде қажетті естілуді, эвакуация жүргізілген жағдайда оны жүргізу үшін қажетті есептік уақыт ішінде әрекет етуді қамтамасыз ету керек. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z198" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      88. Дабыл беру құралы (ұтқыр немесе стационарлық) күзет қызметі субъектілерінің орталықтандырылған бақылау пультіне жасырын сигнал беруге мүмкіндік береді объектіде терроризм актісінің жасалу қаупі туралы уәкілетті органдарды уақтылы хабардар ету мақсатында белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z199" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      89. Дабыл беру құралымен міндетті түрде күзет қызметкерінің бекеті және жаппай өткізуге арналған объектіге кіру есіктері жабдықталады.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z198" w:id="196"/>
-[...15 lines deleted...]
-      88. Дабыл беру құралы (ұтқыр немесе стационарлық) күзет қызметі субъектілерінің орталықтандырылған бақылау пультіне жасырын сигнал беруге мүмкіндік береді объектіде терроризм актісінің жасалу қаупі туралы уәкілетті органдарды уақтылы хабардар ету мақсатында белгіленеді.</w:t>
+    <w:bookmarkStart w:name="z200" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      90. Дабыл беру құралы аумақтық полиция органдарының кезекші бөлімдеріне не күзет қызметі субъектілерінің орталықтандырылған бақылау пультіне жасырын сигнал беру мүмкіндігін қамтамасыз етуге тиісті.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z199" w:id="197"/>
-[...15 lines deleted...]
-      89. Дабыл беру құралымен міндетті түрде күзет қызметкерінің бекеті және жаппай өткізуге арналған объектіге кіру есіктері жабдықталады.</w:t>
+    <w:bookmarkStart w:name="z201" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      91. Объектіге рұқсатсыз кіруді болдырмау мақсатында оның кіру есіктері кіруді бақылау және басқару жүйелерімен жабдықталады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z200" w:id="198"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z202" w:id="200"/>
+    <w:bookmarkStart w:name="z202" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       92. Кіруді бақылау және басқару құралы өткізу және объектішілік режимді ұйымдастыру тәртібімен айқындалған кіру аймақтарын ескере отырып, объектінің аумағына және оның бір бөлігіне қызметкерлердің, объектіге келушілердің кіруін қамтамасыз ету керек. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z203" w:id="201"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z203" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       93. Объектіге рұқсатсыз әкелуге тыйым салынған заттар мен заттарды табу мақсатында объектінің күзет бекеттері барлық кіреберістерде техникалық тексеру құралдарымен жарақталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z204" w:id="202"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z204" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       94. Тексерудің техникалық құралдарына стационарлық және қол металл детекторлары, сондай-ақ тыйым салынған заттар мен заттарды анықтауға ықпал ететін техникалық құралдар жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z205" w:id="203"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z205" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       95. Автокөлік қозғалысының жылдамдығын төмендету гүл құмыраларын, сәулет және ландшафт элементтерін, боллардтарды және басқа құралдарды қолдану арқылы қамтамасыз етіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z206" w:id="204"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z206" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       96. Меншік иесінің, иеленушінің шешімі бойынша объектіде объектінің терроризмге қарсы қорғалу деңгейін арттыруға ықпал ететін қосымша инженерлік-техникалық жабдық орнатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z207" w:id="205"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z207" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       97. Объектінің инженерлік-техникалық жабдығы жұмыс жағдайында ұсталады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z208" w:id="206"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z208" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       98. Көлемді террористік тұрғыдан осал объектілердің тізбесіне енгізгеннен кейін алты ай ішінде инженерлік-техникалық жабдықпен жабдықтау мүмкін болмаған жағдайда, объект басшылығы объектіні жарақтандыруға арналған республикалық және (немесе) жергілікті бюджеттердің, бюджеттен тыс көздердің қаражатын жоспарлау үшін шаралар қабылдайды, ал терроризмге қарсы комиссияға объектіні инженерлік-техникалық жарақтандыру жөніндегі іс-шаралар жоспарының жобасы келісуге ұсынылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7409,360 +7731,360 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z210" w:id="207"/>
+    <w:bookmarkStart w:name="z210" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау объектілері үшін терроризмге қарсы қорғау саласындағы ұсынылатын құжаттар тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z211" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Ұйымда терроризмге қарсы қорғау іс-шараларын ұйымдастыруға және өткізуге жауапты адамдарды тағайындау туралы бұйрық (функционалдық міндеттерін көрсете отырып) не лауазымдық нұсқаулық, оның ішінде терроризмге қарсы қорғау жөніндегі нұсқамаларды өткізуге жауапты адамдарды тағайындау туралы бұйрық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z212" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Терроризмге қарсы дайындық бойынша оқу іс-шараларын есепке алу журналы.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z211" w:id="208"/>
-[...15 lines deleted...]
-      1. Ұйымда терроризмге қарсы қорғау іс-шараларын ұйымдастыруға және өткізуге жауапты адамдарды тағайындау туралы бұйрық (функционалдық міндеттерін көрсете отырып) не лауазымдық нұсқаулық, оның ішінде терроризмге қарсы қорғау жөніндегі нұсқамаларды өткізуге жауапты адамдарды тағайындау туралы бұйрық.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Бастапқы әрекет ету алгоритмдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) терроризм актісінің (актілерінің) жасалу қатері немесе жасалуы туралы Қазақстан Республикасының аумақтық ішкі істер және Ұлттық қауіпсіздік органдарын дереу хабардар ету бойынша;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) терроризм актісінің (актілерінің) жасалу қаупі немесе жасалуы туралы уәкілетті мемлекеттік органдардан ақпарат алған кезде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) қызметкерлердің, күзет қызметкерлерінің қаруды, қолдан жасалған жарылғыш құрылғыларды дайындауға арналған бөлшектерді ұрлаудың, заңсыз сатып алудың белгілі болған фактілері туралы, сондай-ақ олардың сақталатын орындары туралы аумақтық ішкі істер органдарын уақтылы хабардар ету қағидаттарына негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z213" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Террористік сипаттағы қауіп-қатерлерге объектінің әр түрлі тұлғаларының іс-қимыл алгоритмдері.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z212" w:id="209"/>
-[...111 lines deleted...]
-    <w:bookmarkStart w:name="z214" w:id="211"/>
+    <w:bookmarkStart w:name="z214" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Күзет бөлімшелерінің, күзетшілердің (вахтерлердің) (ол болған кезде) кезекшілікті қабылдау, тапсыру, аумақты, үй-жайларды аралау журналы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z215" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Мекеменің қауіпсіздік паспорты, қауіпсіздік паспортын сақтауға жауапты адамды тағайындау туралы бұйрық.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z216" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Өрт кезінде, терроризм актісінің қаупі және өзге де төтенше жағдайлар туралы ақпарат алған жағдайда мекеме қызметкерлері мен келушілерін эвакуациялау жоспарлары мен тәртібі.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z215" w:id="212"/>
-[...15 lines deleted...]
-      6. Мекеменің қауіпсіздік паспорты, қауіпсіздік паспортын сақтауға жауапты адамды тағайындау туралы бұйрық.</w:t>
+    <w:bookmarkStart w:name="z217" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Жаттығуларды өткізу кестесімен ғимараттардан (құрылыстардан) жұмыскерлер мен келушілерді қауіпсіз және уақтылы эвакуациялау бойынша оқу-жаттығуларды, жаттығуларды өткізу туралы бұйрық.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z216" w:id="213"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z218" w:id="215"/>
+    <w:bookmarkStart w:name="z218" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Террористік акт жасау қаупі төнген немесе ол жасалған кезде мекеме қызметкерлерін қорғау тәсілдері мен іс-қимылдарға оқыту бағдарламалары, хаттамалары. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z219" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мекемені күзетуге арналған шарттар (бірінші кіші түрдің күзет қызметін жүзеге асыруға, "күзет қызметінің барлық түрлері, оның ішінде террористік тұрғыдан осал объектілерді күзету" лицензияларының көшірмелері), күзет сигнализациясы, бейнебақылау жүйелеріне, дабыл сигнализациясы түймелеріне қызмет көрсету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z220" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Террористік қауіптілік деңгейлерін белгілеу кезінде объектілер басшыларының (меншік иелерінің) іс-қимылдары жөніндегі нұсқаулық.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z219" w:id="216"/>
-[...15 lines deleted...]
-      10. Мекемені күзетуге арналған шарттар (бірінші кіші түрдің күзет қызметін жүзеге асыруға, "күзет қызметінің барлық түрлері, оның ішінде террористік тұрғыдан осал объектілерді күзету" лицензияларының көшірмелері), күзет сигнализациясы, бейнебақылау жүйелеріне, дабыл сигнализациясы түймелеріне қызмет көрсету.</w:t>
+    <w:bookmarkStart w:name="z221" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Террористік қауіптілік деңгейін белгілеу кезінде мекеме қызметкерлерін хабардар ету схемасы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z220" w:id="217"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7893,362 +8215,362 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z223" w:id="219"/>
+    <w:bookmarkStart w:name="z223" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Денсаулық сақтау объектілеріне алып өтуге тыйым салынған нәрселер мен заттардың тізбесі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z224" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Қару:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) атыс қаруы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) травматикалық, газды және жарық-дыбыстық әсер ететін патрондары бар ұңғысыз;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) суық қару, сондай-ақ суық қаруға жатпайтын әртүрлі пышақтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) лақтыратын қару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) пневматикалық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) газды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) электрлік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) белгі беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) зақымдаушы әсері радиоактивті сәулелену мен биологиялық әсерді пайдалануға негізделген қару мен заттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) зақымдайтын әсері электромагниттік, жарық, жылу, инфрадыбыстық немесе ультрадыбыстық сәулеленуді пайдалануға негізделген қару мен заттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) жоғарыда санамаланған қару түрлерін имитациялайтын заттар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) қару ретінде пайдаланылатын заттар (соққы-жару, лақтыру және тесу-кесу әрекеттері);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) қаруға оқ-дәрілер және оның құрамдас бөліктері.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Механикалық және аэрозольдік тозаңдатқыштар және адам ағзасына жас ағызатын, тітіркендіретін және теріс әсер ететін құралдармен жарақталған құрылғылар.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z224" w:id="220"/>
-[...15 lines deleted...]
-      1. Қару:</w:t>
+    <w:bookmarkStart w:name="z226" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Заттар:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="220"/>
-    <w:p>
-[...272 lines deleted...]
-    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жарылғыш;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8505,236 +8827,236 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z228" w:id="223"/>
+    <w:bookmarkStart w:name="z228" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сабақ тақырыптарының нұсқалары</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z229" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Оқу сабақтары (теориялық) тақырыптарының нұсқалары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терроризмге қарсы қауіпсіздік мәселелері жөніндегі заңнаманың негізгі талаптары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терроризмнің мәні мен қоғамдық қауіптілігі, террористік сипаттағы әрекеттерді жасағаны үшін жауапкершілік;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      террористік қауіптің ықтимал көздері туралы хабарлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      террористік сипаттағы ықтимал қауіп-қатерлерге денсаулық сақтау объектілерінің әр түрлі тұлғаларының іс-қимыл алгоритмдерін тағайындау және олармен жалпы танысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Нұсқаулық тақырыптарының нұсқалары:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z229" w:id="224"/>
-[...15 lines deleted...]
-      1. Оқу сабақтары (теориялық) тақырыптарының нұсқалары:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектінің әрбір қызметкерін терроризм актісін жасау немесе объект аумағы шегінде оның жасалу қаупі жағдайында дербес мінез-құлық тәртібімен және іс-қимылдармен егжей-тегжейлі таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      эвакуациялау кезіндегі қауіпсіздік шаралары туралы пациенттерді, білім алушыларды және объектіге келушілерді таныстыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z231" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Практикалық сабақтар тақырыптарының нұсқалары:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="224"/>
-    <w:p>
-[...146 lines deleted...]
-    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Денсаулық сақтау объектісі қызметкерлерінің, күзет қызметкерлерінің практикалық іс-қимылдарын пысықтау:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8991,2592 +9313,2592 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>жөніндегі нұсқаулыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z233" w:id="227"/>
+    <w:bookmarkStart w:name="z233" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Террористік сипаттағы ықтимал қауіп-қатерлерге объектілердің әртүрлі тұлғаларының іс-қимыл алгоритмдері</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z234" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-Бөлім. Нысанға келушілер мен қызметкерлерге қарулы шабуыл кезіндегі іс-қимыл алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z235" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Келушілердің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z234" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғану: ғимараттан тыныш кету немесе бөлмеде жасырыну, есікті құлыптау, құқық қорғау органдарының қызметкерлерінің келуін күту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау және (немесе) арнаулы мемлекеттік органдарды, күзетті, персоналды, объект басшылығын қарулы шабуылдың фактісі мен мән-жайлары туралы мүмкіндігінше кез келген тәсілмен хабардар ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Персоналдың әрекеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау және (немесе) арнаулы мемлекеттік органдарды, күзетті, персоналды, объект басшылығын қарулы шабуылдың фактісі мен мән-жайлары туралы мүмкіндігінше кез келген тәсілмен хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше пациенттерді эвакуациялауды жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тасымалдауға келмейтін пациенттерді зембілдердем қауіпсіз орынға ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғану: ғимараттан тыныш кету немесе бөлмеде жасырыну, есікті құлыптау, құқық қорғау органдарының қызметкерлерінің келуін күту.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Объект күзетінің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарулы шабуылдаушыны анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше объектіде адамдардың жаппай болу орындарына оның жылжуын бұғаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объект басшылығына, құқық қорғау және (немесе) арнаулы мемлекеттік органдарға қарулы шабуыл жасау фактісі туралы ақпарат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектідегі адамдардың қауіпсіздігін қамтамасыз етуге шаралар қабылдау (эвакуациялау, ішкі кедергілерді оқшаулау және басқалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке қауіпсіздігін қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z238" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Объект басшылығының іс-әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау және (немесе) арнаулы мемлекеттік органдарды қарулы шабуылдың фактілері мен мән-жайлары туралы дереу хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектідегі адамдардың қауіпсіздігін қамтамасыз ету шараларын ұйымдастыру (эвакуациялау, ішкі кедергілерді оқшаулау, объектідегі штаттан тыс жағдай туралы хабарлау және басқалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терроризмге қарсы күрес жөніндегі жедел штабтың келген күштерімен өзара іс-қимыл жасау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-Бөлім. Нысанға келушілер мен қызметкерлерге қарулы шабуыл кезіндегі іс-қимыл алгоритмі</w:t>
-[...22 lines deleted...]
-    <w:bookmarkEnd w:id="229"/>
+        <w:t xml:space="preserve"> 2-Бөлім. Кепілге алу кезіндегі іс-қимыл алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z240" w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Келушілердің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="232"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғану: тұтқынға түсуді болдырмау, ғимараттан тыныш кету немесе үй-жайға жасырыну, есікті құлыптау, құқық қорғау органдарының қызметкерлері келгенге дейін немесе ғимараттан шығу үшін қауіпсіздікті сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау және (немесе) арнайы мемлекеттік органдарға кепілге алынған адамдар мен қаскүнемдердің басып алыну мән-жайлары (саны, қару-жарағы, жарақтандырылуы, жасы, лақап аты, ұлты және басқалары) туралы мүмкіндігінше кез келген қолжетімді тәсілмен және өз қауіпсіздігін кепілдік берілген қамтамасыз ету шартымен ғана хабарлау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z241" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Объект қызметкерлерінің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғану: тұтқынға түсуді болдырмау, ғимараттан тыныш кету немесе үй-жайға жасырыну, есікті құлыптау, құқық қорғау органдарының қызметкерлері келгенге дейін немесе ғимараттан шығу үшін қауіпсіздікті сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау және (немесе) арнайы мемлекеттік органдарға кепілге алынған адамдар мен қаскүнемдердің басып алыну мән-жайлары (саны, қару-жарағы, жарақтандырылуы, жасы, лақап аты, ұлты және басқалары) туралы мүмкіндігінше кез келген қолжетімді тәсілмен және өз қауіпсіздігін кепілдік берілген қамтамасыз ету шартымен ғана хабарлау.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Объектіні күзетінің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қарулы қаскүнемді (-лерді) анықтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше оны/олардың объектідегі адамдардың жаппай болу орындарына жылжуын бұғаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамдарды кепілге алуға оқталудың фактілері мен мән-жайлары туралы объект басшылығына, құқық қорғау және (немесе) арнайы мемлекеттік органдарға кез келген қолжетімді тәсілмен хабарлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектідегі адамдардың қауіпсіздігін қамтамасыз етуге шаралар қабылдау (эвакуациялау, зиянкестер жолындағы ішкі кедергілерді оқшаулау және басқалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке қауіпсіздікті қамтамасыз ету (тұтқынға түсуді болдырмау және басқалар).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Объект басшылығының іс-әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау, арнаулы мемлекеттік органдарды және (немесе) үшінші тұлғаларды кепілге алуға әрекет жасау фактілері мен мән-жайлары туралы қолжетімді тәсілмен дереу хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше объектідегі адамдардың қауіпсіздігін қамтамасыз ету шараларын ұйымдастыру (эвакуациялау, ішкі кедергілерді оқшаулау, объектідегі штаттан тыс жағдай туралы хабарлау және басқалар);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше терроризмге қарсы күрес жөніндегі жедел штабтың келген күштерімен өзара іс-қимылды ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Кепілге алу кезіндегі іс-әрекеттер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      тыныштану, үрейленбеу. Баяу дауыспен сөйлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқыншылардың көзіне қарамау, әдепсіз әрекет етпеу. Басқыншыларды дене күшін немесе қаруды қолдануға итермелейтін әрекеттерге жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқыншылардың талаптарын орындау, оларға қайшы келмеу, қобалжулар мен үрейге жол бермеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қатты сынаққа физикалық және моральдық тұрғыдан дайындалу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқыншыларға өшпенділік пен немқұрайлылық танытпау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басынан бастап (әсіресе бірінші сағатта) басқыншылардың барлық нұсқауларын орындау. Басқыншылардан кез келген іс-әрекет жасауға рұқсат сұрау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқыншылардың назарын өз мінез-құлқымен аудармау, белсенді қарсылық көрсетпеу. Бұл сіздің жағдайыңызды нашарлатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер қашудың сәттілігіне толық сенім болмаса, жүгіруге тырыспау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      басқыншылар туралы мүмкіндігінше көп ақпаратты есте сақтау (саны, қару-жарақ, сыртқы келбеті, физикасы, екпіні, әңгіме тақырыбы, темпераменті, мінез-құлқы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өзінің орналасқан (қамалған)жерін анықтауға тырысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндік болған жағдайда, кез келген қолжетімді байланыс тәсілін пайдалана отырып, өмірге қауіп төндірмей, сақтық таныта отырып, болған жағдай туралы құқық қорғау органдарына немесе арнайы органдарға, қауіпсіздік бөлімшесіне немесе объектінің күзет қызметіне хабарлауға тырысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қандай болмасын, тағамды таңдамау. Бұл күш пен денсаулықты сақтауға көмектеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарақат алған жағдайда, өзіңізге алғашқы медициналық көмек көрсетуге тырысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ең бастысы, басқыншылар бақылауды тоқтатса да, үрейленбеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терезелерден, есіктерден және басқыншылардың өзінен алыс орналасу. Бұл үй-жайға шабуыл жасаған кезде, басқыншыларға тигізу үшін мергендердің ату жағдайында сіздің қауіпсіздігіңізді қамтамасыз ету үшін қажет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арнайы бөлімше қызметкерлері кепілге алынған адамдарды босату жөніндегі операцияны жүргізген кезде мынадай талаптарды сақтау қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қабырғаға жабысып еденге төмен қарап жату, басты қолмен жауып қозғалмай жату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      арнайы бөлімше қызметкерлеріне қарсы жүгірмеу немесе олардан қашпау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкін болса, есіктер мен терезелердің саңылауларынан алыс болу керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      егер шабуыл жасау және басып алу кезінде (жеке басын анықтағанға дейін) ықтимал басқыншы сияқты біршама дұрыс әрекет етпесе, ашуланбау. Босатылған кепілге алынған адамды тінтуге, қолдарына кісен салуға, байлауға, эмоциялық немесе физикалық жарақат келтіруге, жауап алуға болады. Бұған түсіністікпен қарау керек, өйткені мұндай жағдайларда арнайы күштердің мұндай әрекеттері (барлық адамдарды түпкілікті сәйкестендіргенге және шынайы қылмыскерлерді анықтағанға дейін) негізделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z245" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3-Бөлім. Жарылғыш құрылғылар мен жарылғыш заттарды қою кезіндегі іс-әрекет алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z246" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Жарылғыш құрылғыны көрсететін белгілер:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      табылған затта сымдардың, арқандардың, изолентаның болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      зат шығаратын күдікті дыбыстар, шертулер, сағаттың тықылдауы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      заттан бадамның тән иісі немесе басқа ерекше иіс шығады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      табылған заттың ерекше орналасуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      табылған затқа әр түрлі қуат көздері орнатылған, сыртқы белгілері бойынша антеннаға ұқсас сым.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z247" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Келушілердің күдікті затты тапқан кездегі іс-әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолмен ұстамау, жақындамау, жылжытпау керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иесіз заттың ықтимал иесін анықтау үшін айналадағылармен сұхбаттасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиобайланыс құралдарын, оның ішінде ұялы байланыс құралдарын осы заттың жанында пайдаланудан бас тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше анықтау уақыты мен орнын белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күзетке күдікті заттың табылғаны туралы объект персоналына не аумақтық ішкі істер және ұлттық қауіпсіздік органдарының кезекші бөлімдеріне дереу хабарлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарылғыш құрылғыға ұқсас заттың сыртқы түрін және оны анықтаудың маңызды жағдайларын сипаттауға дайын болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүрбелең туғызбау үшін не болғанын білу керек адамдардан басқа ешкімге жарылыс қаупі туралы хабарламау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғанысты қамтамасыз ететін заттардың артына тығылу (ғимараттың бұрышы, бағана, қалың ағаш, автомашина және басқалары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектінің, құқық қорғау және (немесе) арнаулы мемлекеттік органдардың күзетін күдікті тұлға/тұлғалар туралы хабардар ету (Саны, ЖҚҚ, қарудың болуы сыртқы белгілері, жарақтандырылуы, жасы, лақап аты, ұлты және басқалары);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысаннан кету, мүмкін болмаған жағдайда – күрделі құрылыстың артына және қажетті қашықтықта жасырыну.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z248" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Күдікті зат табылған кездегі персоналдың іс-қимылы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қолмен ұстамау, жақындамау, жылжытпау керек;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иесіз заттың ықтимал иесін анықтау үшін айналадағылармен сұхбаттасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиобайланыс құралдарын, оның ішінде ұялы байланыс құралдарын осы заттың жанында пайдаланудан бас тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше анықтау уақыты мен орнын белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күзетте күдікті заттың табылғаны туралы объект персоналына не ұлттық қауіпсіздік және ішкі істер аумақтық органдарының кезекші бөлімдеріне дереу хабарлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарылғыш құрылғыға ұқсас заттың сыртқы түрін және оны анықтаудың маңызды жағдайларын сипаттауға дайын болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүрбелең туғызбау үшін не болғанын білу керек адамдардан басқа ешкімге жарылыс қаупі туралы хабарламау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше күзетпен бөгде адамдардың күдікті зат пен қауіпті аймаққа кіруін шектеуді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қауіпті аймаққа іргелес аумақтан адамдарды ұйымдасқан түрде эвакуациялауды қамтамасыз етуге көмектесу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажет болған жағдайда қорғанысты қамтамасыз ететін заттарға (ғимараттың бұрышы, бағана, қалың ағаш, автомашина және басқалары) жасырынып бақылау жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күдікті адам немесе өзімен бірге жарылғыш құрылғылары немесе жарылғыш заттары болуы мүмкін адамдар тобы (саны, ЖҚҚ, қарудың болуы сыртқы белгілері, жарақтандырылуы, жасы, лақап аты, ұлты және басқалары) анықталған жағдайда, объектіні, құқық қорғау және (немесе)арнаулы мемлекеттік органдарды күзетуді хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келушілерді эвакуациялауды ұйымдастыруда басшылық пен күзетке жәрдем көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нысаннан кету, мүмкін болмаған жағдайда – күрделі құрылыстың артына және қажетті қашықтықта жасырыну.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z249" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Күдікті зат табылған кездегі күзеттің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ұстама жоқ, жақындауға емес, жылжытуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иесіз заттың ықтимал иесін анықтау үшін айналаңыздағылармен сұхбаттасу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      радиобайланыс құралдарын, оның ішінде ұялы байланыс құралдарын осы заттың жанында пайдаланудан бас тарту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше анықтау уақыты мен орнын белгілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күзетке күдікті заттың табылғаны туралы объект персоналына не ұлттық қауіпсіздік және ішкі істер аумақтық органдарының кезекші бөлімдеріне дереу хабарлау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жарылғыш құрылғыға ұқсас заттың сыртқы түрін және оны анықтаудың маңызды жағдайларын сипаттауға дайын болу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дүрбелең туғызбау үшін не болғанын білу керек адамдардан басқа ешкімге жарылыс қаупі туралы хабарламау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажетті қашықтықта күдікті зат пен қауіпті аймаққа бөгде адамдардың кіруін шектеуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қауіпті аймаққа іргелес аумақтан адамдарды ұйымдасқан түрде эвакуациялауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қажет болған жағдайда қорғанысты қамтамасыз ететін заттарға (ғимараттың бұрышы, бағана, қалың ағаш, автомашина және басқалары) жасырынып бақылау жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күдікті адам немесе өзімен бірге жарылғыш құрылғылары немесе жарылғыш заттары болуы мүмкін адамдар тобы (саны, ЖҚҚ, қарудың сыртқы белгілері, жарақтандырылуы, жасы, лақап аты, ұлты және басқалары) анықталған жағдайда объектіні, құқық қорғау және (немесе) арнаулы мемлекеттік органдарды күзетуді хабардар ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z250" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Басшылықтың іс-әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау, арнаулы мемлекеттік органдарды күдікті адамның анықталғаны немесе иесіз заттың табылғаны туралы дереу хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      иесіз күдікті заттың табылған орнын қажетті қашықтықта қоршауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамдарды объектіден эвакуациялауды ұйымдастыру, объектідегі штаттан тыс жағдай туралы хабарлау және басқалар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күдікті заттарды табу мақсатында үй-жайларды аралап шығуды және аумақтарды қарауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      терроризмге қарсы күрес жөніндегі жедел штабтың келген күштерімен өзара іс-қимылды ұйымдастыру, қажетті ақпаратты ұсыну.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z251" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Жарылғыш құрылғы (ЖҚ) немесе ЖҚ-ға ұқсас зат табылған кезде аулақтану мен қоршап алудың қашықтықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      граната РГД-5 – 50 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      граната Ф-1 – 200 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салмағы 200 гтротил шашкасы – 45 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салмағы 400 г тротил шашкасы – 55 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      сыра банкісі 0,33 л – 60 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дипломат (кейс) – 230 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жол чемоданы – 350 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "жеңіл көлік" класындағы көлік – 460-580 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      автобус – 920 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүк көлігі (фургон) – 1240 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z252" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4-Бөлім. Өзін-өзі өлтірушілерді қолданумен жасалған шабуыл кезіндегі әрекеттер алгоритмі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z253" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Келушілердің әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қорғану: ғимараттан тыныш кету немесе бөлмеде жасырыну, есікті құлыптау, құқық қорғау органдарының қызметкерлерінің келуін күту;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       құқық қорғау және (немесе) арнаулы мемлекеттік органдарды, күзетті, персоналды, объект басшылығын қарулы шабуылдың фактісі мен мән-жайлары туралы мүмкіндігінше кез келген тәсілмен хабардар ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z236" w:id="230"/>
-[...162 lines deleted...]
-      объект басшылығына, құқық қорғау және (немесе) арнаулы мемлекеттік органдарға қарулы шабуыл жасау фактісі туралы ақпарат беру;</w:t>
+    <w:bookmarkStart w:name="z254" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Персоналдың әрекеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      қорғану: ғимараттан тыныш кету немесе бөлмеде жасырыну, есікті құлыптау, құқық қорғау органдарының қызметкерлерінің келуін күту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау және (немесе) арнаулы мемлекеттік органдарды, күзетті, персоналды, объект басшылығын қарулы шабуылдың фактісі мен мән-жайлары туралы мүмкіндігінше кез келген тәсілмен хабардар ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z255" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Күзет әрекеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүмкіндігінше оны/олардың объектідегі адамдардың жаппай болу орындарына жылжуын бұғаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      күдікті адамның немесе адамдар тобының анықталғаны туралы объект басшылығына, құқық қорғау және (немесе) арнаулы мемлекеттік органдарға кез келген тәсілмен ақпарат беру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектідегі адамдардың қауіпсіздігін қамтамасыз етуге шаралар қабылдау (эвакуациялау, ішкі кедергілерді оқшаулау және басқалар);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      жеке қауіпсіздігін қамтамасыз ету.</w:t>
-[...76 lines deleted...]
-    <w:bookmarkStart w:name="z239" w:id="233"/>
+      қажет болған жағдайда объект бойынша (жеке өзі не бейнебақылау жүйесі арқылы)күдікті адамның немесе адамдар тобының жүріп-тұруын байқауды ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке қауіпсіздікті қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z256" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басшылықтың іс-әрекеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      объектіде күдікті адамның немесе адамдар тобының анықталғаны туралы құқық қорғау және (немесе) арнаулы мемлекеттік органдарға ақпаратты дереу беру (оның ішінде адал ниетпен әрекет ету) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      құқық қорғау органдарының қызметкерлеріне қаскүнемді анықтау және ұстау уақытын қысқартатын күдікті адам туралы барынша толық ақпарат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      адамдарды ұйымдасқан эвакуациялауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жеке қауіпсіздікті қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z257" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2-Бөлім. Кепілге алу кезіндегі іс-қимыл алгоритмі</w:t>
-[...1935 lines deleted...]
-      18. Күзет әрекеті:</w:t>
+        <w:t xml:space="preserve"> 5-Бөлім. Телефон арқылы қауіп төнген кездегі әрекеттер алгоритмі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="249"/>
-    <w:p>
-[...105 lines deleted...]
-      19. Басшылықтың іс-әрекеттері:</w:t>
+    <w:bookmarkStart w:name="z258" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Телефон арқылы келген қауіп-қатер алушының іс-әрекеті (басшы, қызметкер, кезекші бөлімшенің қызметкері):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="250"/>
-    <w:p>
-[...108 lines deleted...]
-    <w:bookmarkEnd w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) әңгіме барысында қоңырау шалушының жынысын, жасын және оның сөйлеу ерекшеліктерін белгілеңіз:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>