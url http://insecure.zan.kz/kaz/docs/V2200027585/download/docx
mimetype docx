--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="45f4845" w14:textId="45f4845">
+    <w:p w14:paraId="7c7a688" w14:textId="7c7a688">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,147 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Екінші деңгейдегі банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың және төлем ұйымдарының интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызметтер көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты уәкілетті органға, сондай-ақ уәкілетті органның екінші деңгейдегі банктерге, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға және төлем ұйымдарының төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтерді беру қағидаларын, нысанын және мерзімдерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 14 сәуірдегі № 408 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 14 сәуірде № 27585 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 14 сәуірдегі № 408 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 14 сәуірде № 27585 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 03.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 664</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -214,182 +310,150 @@
         <w:t xml:space="preserve">
       1) Осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес екінші деңгейдегі банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың және төлем ұйымдарының интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызметтер көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты уәкілетті органға, сондай-ақ уәкілетті органның екінші деңгейдегі банктерге, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға және төлем ұйымдарының төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтерді беру қағидалары және мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызметтер көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты беру нысаны;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес төлемдерді және (немесе) ақша аударымдарын қабылдау үшін колданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтер нысаны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -400,70 +464,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынылуын қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -933,93 +997,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 408 Бұйрыққа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Екінші деңгейдегі банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың және төлем ұйымдарының интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызметтер көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты уәкілетті органға, сондай-ақ уәкілетті органның екінші деңгейдегі банктерге, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға және төлем ұйымдарының төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтерді беру қағидалары және мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z10" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Екінші деңгейдегі банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың және төлем ұйымдарының интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызметтер көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты уәкілетті органға, сондай-ақ уәкілетті органның екінші деңгейдегі банктерге, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға және төлем ұйымдарының төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтерді беру қағидалары және мерзімдері (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 24-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1034,232 +1092,222 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы Қағидалар мыналарды:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) екінші деңгейдегі банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың және төлем ұйымдарының (бұдан әрі – банктер мен ұйымдар) интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызмет көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған күнтізбелік жыл ішіндегі төлемдер мен аударымдардың жиынтық сомалары туралы ақпаратты Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитетіне (бұдан әрі – уәкілетті орган) ұсыну қағидалары және мерзімдері;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уәкілетті органның төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтерді банктерге және ұйымдарға беру қағидалары мен мерзімдерін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2 тарау. Интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызмет көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған күнтізбелік жыл үшіндегі төлемдер мен аударымдардың жиынтық сомалары туралы ақпаратты беру қағидалары мен мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Банктер мен ұйымдар есепті жылдан кейінгі екінші айдың 15-күнінен кешіктірмей уәкілетті органға интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызмет көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты (бұдан әрі – ақпарат), осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша ұсынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ақпарат уәкілетті органға электрондық жеткізгіште (Microsoft Excel форматында) ілеспе хатпен қазақ және орыс тілдерінде ұсынылады, оған банктің немесе ұйымның басшысы не оның орнындағы адам немесе банктің немесе ұйымның уәкілетті өкілі ішкі нормативтік құжат негізінде қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Деректер болмаған жағдайда мұндай ақпарат берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 тарау. Төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі бойынша мәліметтерді, оның ішінде мерчент ID деректерін жіберу қағидалары мен мерзімі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Ақпарат алу мақсатында уәкілетті орган Салық кодексінің 24-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1294,50 +1342,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес есепті жылдан кейінгі бірінші айдың 10-шы күнінен кешіктірмей электрондық жеткізгіште (MicrosoftExcel форматында) банктер мен ұйымдарға шетелдік компаниялар төлемдерді және (немесе) аударымдарды қабылдауы үшін қолданатын мерчент ID деректері туралы мәліметтерді ілеспе хатпен жібереді, оған осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес нысан бойынша уәкілетті органның басшысы не оны алмастыратын адам қол қояды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2309,75 +2358,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>сомалары туралы ақпарат"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызмет көрсететін шетелдік компаниялардың пайдасына және бөлігінде жүзеге асырылған күнтізбелік жыл ішіндегі төлемдер мен аударымдардың жиынтық сомалары туралы ақпарат" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызмет көрсететін шетелдік компаниялардың пайдасына және бөлігінде жүзеге асырылған күнтізбелік жыл ішіндегі төлемдер мен аударымдардың жиынтық сомалары туралы ақпарат" нысаны "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2392,130 +2435,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="11"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 1-бағанда - реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z22" w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2-бағанда - шетелдік коипанияның төлемдері және (немесе) ақша аударымдарын қабылдау үшін қолданатын мерчент ID деректері көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z23" w:id="13"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 3-бағанда - 2-бағанда көрсетілген шетелдік компанияның пайдасына жүзеге асырылған төлемдердің және (немесе) ақша аударымдарының жиынтық сомасы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z24" w:id="14"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z24" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. 4-бағанда - 2-бағанда көрсетілген шетелдік компанияның пайдасына жүзеге асырылған төлем және (немесе) ақша аударымы валютасының коды көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3272,75 +3316,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>деректері бойынша мәліметтер"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нысанына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтер" нысанын толтыру бойынша түсіндірме</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтер" нысаны "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 24-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3355,164 +3393,165 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>24-1-бабына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 1-бағанда – реттік нөмірі көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2-бағанда – интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызмет көрсететін шетелдік компаниялардың атауы көрсетіледі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 3-бағанда – төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын мерчент ID деректері көрсетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3838,31 +3877,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>