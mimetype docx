--- v1 (2025-12-27)
+++ v2 (2026-03-16)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7c7a688" w14:textId="7c7a688">
+    <w:p w14:paraId="6940bc9" w14:textId="6940bc9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Екінші деңгейдегі банктердің, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдардың және төлем ұйымдарының интернет-алаңы арқылы тауарлармен электрондық сауда жүзеге асырылатын және (немесе) электрондық нысанда қызметтер көрсететін шетелдік компаниялардың пайдасына және бөлінісінде жүзеге асырылған, күнтізбелік жыл ішіндегі төлемдері мен аударымдардың жиынтық сомалары туралы ақпаратты уәкілетті органға, сондай-ақ уәкілетті органның екінші деңгейдегі банктерге, банк операцияларының жекелеген түрлерін жүзеге асыратын ұйымдарға және төлем ұйымдарының төлемдерді және (немесе) ақша аударымдарын қабылдау үшін қолданылатын деректемелер тізбесі, оның ішінде мерчент ID деректері бойынша мәліметтерді беру қағидаларын, нысанын және мерзімдерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 14 сәуірдегі № 408 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 14 сәуірде № 27585 болып тіркелді.</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 14 сәуірдегі № 408 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 14 сәуірде № 27585 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 3 қарашадағы № 664 бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...9 lines deleted...]
-          <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 03.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 03.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 664</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -3495,63 +3497,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3873,35 +3897,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>