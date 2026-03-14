--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e75bf66" w14:textId="e75bf66">
+    <w:p w14:paraId="740d58e" w14:textId="740d58e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,1077 +85,1565 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Бақылау-касса машиналарын қолданудың кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 16 ақпандағы № 208 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 14 сәуірдегі № 411 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 14 сәуірде № 27571 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 14 сәуірдегі № 411 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 14 сәуірде № 27571 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 24 қазандағы № 626 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 24.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 626</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Бақылау-касса машиналарын қолданудың кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 16 ақпандағы № 208 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16508 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "Бақылау-касса машиналарын қолданудың кейбір мәселелері туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 16 ақпандағы № 208 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кіріспе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ""Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің 166-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 167-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 170-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>171-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген Бақылау-касса машиналарын қолдану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>кіріспе</w:t>
+        <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      ""Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің 166-бабы </w:t>
+      "1. Осы Бақылау-касса машиналарын қолдану қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің 166-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>8-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 167-бабының </w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының </w:t>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес </w:t>
-[...19 lines deleted...]
-        <w:t>:";</w:t>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және бақылау-касса машиналарын қолдану тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген Бақылау-касса машиналарын қолдану </w:t>
-[...19 lines deleted...]
-        <w:t>:</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>16-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "16. Көрсетілетін қызметті беруші бақылау-касса машинасын тіркеу есебіне қоюды фискалдық деректер операторының мәліметтерін не Салық кодексінің 167-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тармақшасында көзделген салықтық өтінішті алған күннен бастап 2 (екі) жұмыс күні ішінде жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фискалдық деректер операторы деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналары туралы мәліметтерді ұсынған кезде мәліметтерді өңдеу электрондық түрде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушы осы Қағидаларға мемлекеттік көрсетілетін қызмет стандартының 8-тармағында көзделген тізбеге сәйкес толық құжаттар топтамасын ұсынбаған деректерді бермей бақылау-касса машинасын есепке қою туралы салықтық өтінішті қағаз жеткізгіште ұсынған кезде көрсетілетін қызметті беруші, құжаттарды қабылдаудан бас тартады.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-тармақ</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+        <w:t>33-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> екінші бөлігі мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және бақылау-касса машиналарын қолдану тәртібін айқындайды.";</w:t>
+        <w:t>
+      "Осы тармақтың бірінші бөлігінің ережесі "Қазақстан Республикасындағы көлiк туралы" Қазақстан Республикасы Заңының 13-бабына сәйкес автоматтандырылған тәсілмен ресімделген пайдаланылмаған теміржол, автобус, әуе билеттері үшін ақшалай есеп айырысуларды қайтару операцияларына қолданылмайды.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>16-тармақ</w:t>
+        <w:t>43-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "16. Көрсетілетін қызметті беруші бақылау-касса машинасын тіркеу есебіне қоюды фискалдық деректер операторының мәліметтерін не Салық кодексінің 167-бабы </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 2) тармақшасында көзделген салықтық өтінішті алған күннен бастап 2 (екі) жұмыс күні ішінде жүзеге асырады.</w:t>
+      "43. Мемлекеттік қызметтерді тікелей көрсететін көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес оны тіркеген күнінен бастап 5 (екі) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Фискалдық деректер операторы деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналары туралы мәліметтерді ұсынған кезде мәліметтерді өңдеу электрондық түрде жүзеге асырылады.</w:t>
+      Мемлекеттік қызметтерді көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның атына келіп түскен көрсетілетін қызметті алушының шағымы оны тіркеген күннен бастап 15 (он бес) жұмыс күні ішінде қаралуға жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Көрсетілетін қызметті алушы осы Қағидаларға мемлекеттік көрсетілетін қызмет стандартының 8-тармағында көзделген тізбеге сәйкес толық құжаттар топтамасын ұсынбаған деректерді бермей бақылау-касса машинасын есепке қою туралы салықтық өтінішті қағаз жеткізгіште ұсынған кезде көрсетілетін қызметті беруші, құжаттарды қабылдаудан бас тартады.";</w:t>
+      Мемлекеттік қызметтер көрсету мәселелері бойынша шағымды қарауды жоғары тұрған әкімшілік орган, лауазымды адам, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті орган (бұдан әрі – шағымды қарайтын орган) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағымдар көрсетілетін қызметті берушіге және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған лауазымды адамға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалып отырған көрсетілетін қызметті беруші лауазымды адам шағым келіп түскен күннен бастап 3 (үш) жұмыс күнінен кешіктірмей оны және әкімшілік істі шағымды қарайтын органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл ретте көрсетілетін қызметті беруші және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағымды жібермеуге негіз бар. Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>33-тармақтың</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>44-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> алып тасталсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...2 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">
+      Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Бақылау-касса машиналарының модельдерін бақылау-касса машиналарының мемлекеттік тізіліміне (тізілімнен) енгізу (алып тастау) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>43-тармақ</w:t>
+        <w:t>1-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "43. Мемлекеттік қызметтерді тікелей көрсететін көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы Заңның 25-бабының </w:t>
+      "1. Осы Бақылау-касса машиналарының модельдерін бақылау-касса машиналарының мемлекеттік тізіліміне (тізілімнен) енгізу (алып тастау) қағидасы (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 170-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес оны тіркеген күнінен бастап 5 (екі) жұмыс күні ішінде қаралуға жатады.</w:t>
-[...89 lines deleted...]
-      Бұл ретте көрсетілетін қызметті беруші және (немесе) шешіміне, әрекетіне (әрекетсіздігіне) шағым жасалған лауазымды адам, егер ол 3 (үш) жұмыс күні ішінде шағымда көрсетілген талаптарды толық қанағаттандыратын шешім не өзге әкімшілік әрекет қабылдаса, шағымды қарайтын органға шағымды жібермеуге негіз бар. Егер заңда өзгеше көзделмесе, сотқа дейінгі тәртіппен шағым жасалғаннан кейін сотқа жүгінуге жол беріледі.";</w:t>
+        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" уірдегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және бақылау-касса машиналарының модельдерін бақылау-касса машиналарының мемлекеттік тізіліміне (тізілімнен) енгізу (алып тастау) тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>44-тармақ</w:t>
-[...11 lines deleted...]
-    </w:p>
+        <w:t>15-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "15. Мемлекеттік қызмет көрсету нәтижелерімен келіспеген жағдайларда көрсетілетін қызметті алушы Заңның </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-бабы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тармағының 6) тармақшасына сәйкес сотқа жүгінеді.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналарынан тауарларды өткізу, жұмыстарды орындау, қызметтерді көрсету кезінде жүзеге асырылатын ақшалай есеп айырысулар туралы мәліметтерді қабылдау, сақтау, сондай-ақ оларды мемлекеттік кірістер органдарына фискалдық деректер операторымен беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Қағидаларға </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын;</w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "1. Деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналарынан тауарларды өткізу, жұмыстарды орындау, қызметтерді көрсету кезінде жүзеге асырылатын ақшалай есеп айырысулар туралы мәліметтерді қабылдау, сақтау, сондай-ақ оларды мемлекеттік кірістер органдарына фискалдық деректер операторымен беру қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 167-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>171-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      көрсетілген бұйрықпен бекітілген, Бақылау-касса машиналарының модельдерін бақылау-касса машиналарының мемлекеттік тізіліміне (тізілімнен) енгізу (алып тастау) </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5-тармақтың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасы мынадай редакцияда жазылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) ақшалай есеп айырысулар – тауар сатып алу, жұмыстарды орындау, қызметтерді көрсету үшін қолма-қол ақша және (немесе) төлем карточкаларын және (немесе) мобильдік төлемдерді пайдалана отырып есеп айырысулар арқылы жүзеге асырылатын есеп айырысулар;";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      көрсетілген бұйрықпен бекітілген, Фискалдық деректер операторының мемлекеттік кірістер органдарына деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналары туралы мәліметтерді беру </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қағидаларында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1181,675 +1671,167 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      "1. Осы Бақылау-касса машиналарының модельдерін бақылау-касса машиналарының мемлекеттік тізіліміне (тізілімнен) енгізу (алып тастау) қағидасы (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) 170-бабы </w:t>
+      "1. Осы Фискалдық деректер операторының мемлекеттік кірістер органдарына деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналары туралы мәліметтерді беру қағидалары (бұдан әрі – Қағидалар) "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" (Салық кодексі) Қазақстан Республикасы Кодексінің 167-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және "Мемлекеттік көрсетілетін қызметтер туралы" уірдегі Қазақстан Республикасы Заңының (бұдан әрі – Заң) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> 1) тармақшасына сәйкес әзірленді және бақылау-касса машиналарының модельдерін бақылау-касса машиналарының мемлекеттік тізіліміне (тізілімнен) енгізу (алып тастау) тәртібін айқындайды.";</w:t>
+        <w:t xml:space="preserve"> сәйкес әзірленді және фискалдық деректер операторының мемлекеттік кірістер органдарына деректерді тіркеу және (немесе) беру функциясы бар бақылау-касса машиналары туралы мәліметтерді беру тәртібін айқындайды.";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>15-тармақ</w:t>
-[...486 lines deleted...]
-        </w:rPr>
         <w:t>10-тармақ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "10. МКК АЖ мен ФДО АЖ арасындағы ақпараттық алмасудың техникалық талаптары "Ақпараттандыру туралы" Қазақстан Республикасының Заңына сәйкес ЭҮСШ, ЭҮШ арқылы МКК АЖ-ның ФДО АЖ-мен интеграциясы бойынша жеке Келісіммен айқындалған.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="0"/>
+    <w:bookmarkStart w:name="z19" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1860,70 +1842,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="1"/>
+    <w:bookmarkStart w:name="z20" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -2198,88 +2180,68 @@
               </w:rPr>
               <w:t>"КЕЛІСІЛДІ"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
-            </w:r>
+              <w:t>Қазақстан Республикасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Республикасының</w:t>
-[...26 lines deleted...]
-              <w:t>фрлық даму, инновациялар</w:t>
+              <w:t>Цифрлық даму, инновациялар</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>және аэроғарыш өнеркәсібі</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2486,68 +2448,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қолдану қағидаларына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z22" w:id="2"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Бақылау-касса машиналарын (БКМ) есепке қою және есептен шығару" мемлекеттік көрсетілетін қызмет стандарты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4149,63 +4111,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -4527,35 +4511,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>