--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="cc73b19" w14:textId="cc73b19">
+    <w:p w14:paraId="2c7e3a5" w14:textId="2c7e3a5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,127 +93,207 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шарап материалын, сыраны және сыра сусынын қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен және темекі бұйымдарын акциздік маркалармен таңбалау (қайта таңбалау) қағидаларын, сондай-ақ акциздік және есепке алу-бақылау маркаларының нысанын, мазмұнын және қорғау элементтерін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 143 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 5 сәуірдегі № 366 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 сәуірде № 27426 болып тіркелді</w:t>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 5 сәуірдегі № 366 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 сәуірде № 27426 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 07.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 682</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қолданысқа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Шарап материалын, сыраны және сыра сусынын қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен және темекі бұйымдарын акциздік маркалармен таңбалау (қайта таңбалау) қағидаларын, сондай-ақ акциздік және есепке алу-бақылау маркаларының нысанын, мазмұнын және қорғау элементтерін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 143 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 16444 болып тіркелген) мынадай өзгерістер енгізілсін:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -414,128 +494,128 @@
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-тармақта</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) тармақша мынадай редакцияда жазылсын:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "1) осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) қағидалары;";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) тармақша алып тасталсын;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Шарап материалын, сыраны және сыра сусынын қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен және темекі бұйымдарын акциздік маркалармен таңбалау (қайта таңбалау) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -550,70 +630,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> осы бұйрыққа </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1-қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жаңа редакцияда жазылсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазақстан Республикасы Қаржы министрлігінің Мемлекеттік кірістер комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы бұйрықтың Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -624,70 +704,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы бұйрықтың Қазақстан Республикасы Қаржы министрлігінің интернет-ресурсында орналастырылуын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Қаржы министрлігінің Заң қызметі департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы бұйрық алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1039,323 +1119,302 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 143 бұйрығына</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) қағидалары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы Толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) қағидалары "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы" Қазақстан Республикасы Кодексінің (Салық кодексі) (бұдан әрі – Салық кодексі) 172-бабы 15-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес әзірленді және толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау (қайта таңбалау) тәртібін айқындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Алкоголь өнімін есепке алу-бақылау маркаларымен маркалармен таңбалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Толысылған шарап (шарап материалын) және сыра қайнату өнімдерін қоспағанда, нормативтік және техникалық құжаттамаға сәйкес тұтынушы ыдысына құйылған алкоголь өнімі есепке алу-бақылау маркаларымен таңбалауға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Есепке алу-бақылау маркасы тұтыну ыдысына төменгі бағытта голограммамен оны қайта пайдалануды болдырмау мақсатында тұтыну ыдысын ашқан кезде есепке алу-бақылау маркасының тұтастығы бұзылатындай етіп желімделеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепке алу-бақылау маркасы тұтыну ыдысына тығыз желімделеді және сәйкестендіруді және штрих-кодтық ақпаратты оқитын құрылғымен оқуды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Алкоголь өнімі өндірушілер Қазақстан Республикасының аумағында өткізуге арналған дайын өнімге есепке алу-бақылау маркалары желімдеуді өндіріс мекен-жайы бойынша жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Конкурстық және оңалту басқарушылары борышкердің мүліктерін (активтерін) өткізу кезінде алкоголь өнімін есепке алу-бақылау маркаларымен немесе таңбалауды олар сақталған мекен-жай бойынша жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қазақстан Республикасының аумағына импорталатын алкоголь өнімін есепке алу-бақылау маркаларымен таңбалау осы Қағиданың 7-тармағында көрсетілген жағдайлардан басқа, Қазақстан Республикасының аумағынан тысқары жерлерде жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Салық кодексінің 172-бабы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-тармағында</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көрсетілген алкоголь өнiмi, атап айтқанда:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасынан тыс жерге экспортталатын;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1402,151 +1461,146 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кедендік транзиттің кедендік рәсімінде Еуразиялық экономикалық одақтың кедендік аумағы арқылы өткізілетін, оның ішінде Еуразиялық экономикалық одаққа мүше мемлекеттерден Қазақстан Республикасының аумағы арқылы транзитпен өткізілетін;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының аумағына жиырма бір жасқа толған жеке тұлға 3 (үш) литрден аспайтын шекте әкелетін (жөнелтетін) алкоголь өнiмi, сыра қайнату өнімдері есепке алу-бақылау маркаларымен таңбалауға жатпайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Алкоголь өнімін есепке алу-бақылау маркаларымен қайта таңбалау тәртібі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Алкоголь өнімдерін жаңа үлгідегі есепке алу-бақылау маркаларымен қайта таңбалау ескі үлгідегі есепке алу-бақылау маркаларымен таңбаланған алкоголь өнімдеріне осы Қағиданың 3-тармағында белгіленген тәртіппен және Кодекстің 172-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-тармағына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес уәкілетті орган айқындайтын мерзімде жаңа үлгідегі есепке алу-бақылау маркаларын желімдеуді білдіреді.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл ретте бір есепке алу-бақылау маркасының үстіне екіншісін жабыстыруға жол берілмейді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Қайта таңбалау:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ескі үлгідегі есепке алу-бақылау маркалары желімделген алкоголь өнімдері, сондай-ақ пайдаланылмаған ескі үлгідегі есепке алу-бақылау маркалары түгендеуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1557,282 +1611,264 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жаңа үлгідегі есепке алу-бақылау маркаларымен алкоголь өнімдерін таңбалауды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) пайдаланылмаған ескі үлгідегі есепке алу-бақылау маркаларын есептен шығаруды және жоюды қамтиды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Түгендеу бір реттік сипатта болады және алкоголь өнімдері мен темекі бұйымдарын өндіруді немесе импорттауды жүзеге асыратын жеке және заңды тұлғалар, оның ішінде борышкердің мүлкін (активтерін) сататын конкурстық және оңалту басқарушылары (бұдан әрі – субъектілер) жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Түгендеу жүргізу үшін әрбір субъектіде құрамында комиссия төрағасы (субъектінің бірінші басшысы, оның міндетін атқаратын тұлға немесе оның орынбасары), субъектінің маркаларға материалдық-жауапты тұлғасы және субъектінің басқа да қызметкерлері болатын саны 3 (үш) адамнан кем емес комиссия (бұдан әрі – түгендеу комиссиясы) құрылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Түгендеудің уақтылы жүргізілуін және тәртібінің сақталуын, еркін нысанда тиісті түгендеу тізімдемесіне енгізілетін ескі үлгідегі есепке алу-бақылау маркалары желімделген алкоголь өнімдері нақты сандық қалдықтары бойынша түрлері мен атаулары бөлігінде олар туралы деректердің толықтығын, дәлдігін және дұрыстығын түгендеу комиссиясының төрағасы қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Түгендеу тізімдемесі әр бетте ескі үлгідегі есепке алу-бақылау маркалары желімделген алкоголь өнімдері мен пайдаланылмаған ескі үлгідегі есепке алу-бақылау маркалары жалпы саны (санмен және жазумен) көрсетіле отырып, ескі үлгідегі есепке алу-бақылау маркалар желімделген алкоголь өнімдері бойынша және пайдаланылмаған ескі үлгідегі есепке алу-бақылау маркалар бойынша бөлек жасалады. Түгендеу тізімдемесінің әр бетіне түгендеу комиссиясының барлық мүшелері қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Түгендеу тізімдемесі 2 (екі) данада жасалады, оның бірі тиісті мемлекеттік кірістер органына жіберіледі, екіншісі субъектінің өзінде қалады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Пайдаланылмаған ескі үлгідегі есепке алу-бақылау маркалары ескі үлгідегі есепке алу-бақылау маркалары бар субъектілер және мемлекеттік кірістер органдары жаңа үлгідегі есепке алу-бақылау маркалары енгізілген күннен бастап 3 (үш) ай ішінде ескі үлгідегі еспке алу-бақылау маркалары жою жөніндегі комиссия мүшелерінің қатысуымен есептен шығаруға және жоюға тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Есепке алу-бақылау маркаларымен таңбалауға жататын алкоголь өнімдері өндірісі бойынша салық төлеушінің қызметін тоқтатқан, және бұдан бұрын алынған есепке алу-бақылау маркаларын қабылдап алу-беру актісі бойынша мемлекеттік кірістер органдарына қайтарған кезде салық төлеушінің қызметі тоқтатылған күнінен бастап 3 (үш) ай ішінде маркаларды жою жөніндегі комиссия мүшелері қатыса отырып субъектілермен және мемлекеттік кірістер органдарымен жоюға жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Ескі үлгідегі есепке алу-бақылау маркалары есептен шығару және жою жөніндегі комиссияның құрамы және ескі үлгідегі есепке алу-бақылау маркалары жою орны мемлекеттік кірістер органы бірінші басшысының бұйрығымен бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Ескі үлгідегі есепке алу-бақылау маркаларды есептен шығару және жою жөніндегі комиссияның құрамына мемлекеттік кірістер органдарының бірінші басшылары, мемлекеттік кірістер органының есепке алу-бақылау маркалар үшін материалдық-жауапты адамдары және субъектінің уәкілетті өкілдері міндетті тәртіпте енеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Ескі үлгідегі есепке алу-бақылау маркалардың іс жүзінде есептен шығарылғаны және жойылғаны туралы осы Қағидаға қосымшаға сәйкес нысан бойынша жойылған есепке алу-бақылау маркаларының сериясы, нөмірлерінің диапазоны, түрі мен саны, ескі үлгідегі есепке алу-бақылау маркаларын есептен шығару және жою туралы актісі (бұдан әрі – акт) 2 (екі) данада жасалады. Актінің әрбір данасына комиссия мүшелері мен субъектінің уәкілетті өкілі қол қояды, сондай-ақ мемлекеттік кірістер органының мөрімен куәландырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Актінің бір данасы мемлекеттік кірістер органында қалады, актінің екінші данасы субъектіге беріледі.</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2402,55 +2438,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2776,31 +2812,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>