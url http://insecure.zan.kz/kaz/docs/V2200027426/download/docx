--- v1 (2025-12-14)
+++ v2 (2026-03-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c7e3a5" w14:textId="2c7e3a5">
+    <w:p w14:paraId="7a05f12" w14:textId="7a05f12">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,117 +85,117 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Шарап материалын, сыраны және сыра сусынын қоспағанда, алкоголь өнімін есепке алу-бақылау маркаларымен және темекі бұйымдарын акциздік маркалармен таңбалау (қайта таңбалау) қағидаларын, сондай-ақ акциздік және есепке алу-бақылау маркаларының нысанын, мазмұнын және қорғау элементтерін бекіту туралы" Қазақстан Республикасы Қаржы министрінің 2018 жылғы 8 ақпандағы № 143 бұйрығына өзгерістер енгізу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...28 lines deleted...]
-      </w:r>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Премьер-Министрінің орынбасары - Қаржы министрінің 2022 жылғы 5 сәуірдегі № 366 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2022 жылғы 5 сәуірде № 27426 болып тіркелді. Күші жойылды - Қазақстан Республикасы Қаржы министрінің 2025 жылғы 7 қарашадағы № 682 бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      ЗҚАИ-ның ескертпесі!</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">      Бұйрықтың күшін жою көзделген - ҚР Қаржы министрінің 07.11.2025 </w:t>
+        <w:t xml:space="preserve">
+      Ескерту. Бұйрықтың күші жойылды - ҚР Қаржы министрінің 07.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 682</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2026 бастап </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2430,63 +2432,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2808,35 +2832,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>